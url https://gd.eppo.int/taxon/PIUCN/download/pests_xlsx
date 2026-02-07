--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIUCN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>MELMME</t>
   </si>
   <si>
     <t>Melampsora medusae</t>
   </si>
   <si>
     <t>* Ziller WG (1974) The tree rusts of western Canada. Forest Service, British Columbia, Canada, Publications No. 1329, pp. 144-147. Forest Service, British Columbia, Canada.
 ------- aecial hosts of Melampsora medusae with reported infection in nature</t>
   </si>
@@ -593,50 +593,56 @@
 * Wood SL, Bright DE (1992) A catalog of Scolytidae and Platypodidae (Coleoptera), Part 2. Taxonomic Index Volumes A and B. Great Basin Naturalist Memoirs 13, 1-1553.</t>
   </si>
   <si>
     <t>CERSPD</t>
   </si>
   <si>
     <t>Pseudocercospora pini-densiflorae (as Pinus)</t>
   </si>
   <si>
     <t>* Ivory MH (1994) Records of foliage pathogens of Pinus species in tropical countries. Plant Pathology 43 (3), 511-518.</t>
   </si>
   <si>
     <t>EVETBU</t>
   </si>
   <si>
     <t>Rhyacionia buoliana (as Pinus)</t>
   </si>
   <si>
     <t>HELYBU</t>
   </si>
   <si>
     <t>Rotylenchus buxophilus (as Pinus)</t>
   </si>
   <si>
     <t>SIRXNO</t>
+  </si>
+  <si>
+    <t>Sirex noctilio</t>
+  </si>
+  <si>
+    <t>* Corley JC, Lantschner MV, Martínez AS, Fischbein D, Villacide JM (2019) Management of Sirex noctilio populations in exotic pine plantations: critical issues explaining invasion success and damage levels in South America. Journal of Pest Science 92(1), 131-142.</t>
   </si>
   <si>
     <t>Sirex noctilio (as Pinus)</t>
   </si>
   <si>
     <t>TETOGR</t>
   </si>
   <si>
     <t>Tetropium gracilicorne (as Pinus)</t>
   </si>
   <si>
     <t>THAUPR</t>
   </si>
   <si>
     <t>Thaumetopoea processionea (as Pinus)</t>
   </si>
   <si>
     <t xml:space="preserve">* Gomez-Bustillo MR (1978) Los Thaumetopoeidae de la Peninsula Iberica: nociones de sistematica, ecologica e importancia economica de la famila. Revista de Lepidopterologia 5, 283-290; 6, 113- 124. </t>
   </si>
   <si>
     <t>TOUMPA</t>
   </si>
   <si>
     <t>Toumeyella parvicornis</t>
   </si>
@@ -1098,51 +1104,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D93"/>
+  <dimension ref="A1:D94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="408.043" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2090,292 +2096,306 @@
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>16</v>
       </c>
       <c r="B74" t="s">
         <v>180</v>
       </c>
       <c r="C74" t="s">
         <v>181</v>
       </c>
       <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>16</v>
       </c>
       <c r="B75" t="s">
         <v>182</v>
       </c>
       <c r="C75" t="s">
         <v>183</v>
       </c>
-      <c r="D75"/>
+      <c r="D75" t="s">
+        <v>184</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>16</v>
       </c>
       <c r="B76" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C76" t="s">
         <v>185</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>16</v>
       </c>
       <c r="B77" t="s">
         <v>186</v>
       </c>
       <c r="C77" t="s">
         <v>187</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>16</v>
       </c>
       <c r="B78" t="s">
+        <v>188</v>
+      </c>
+      <c r="C78" t="s">
         <v>189</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>16</v>
       </c>
       <c r="B79" t="s">
+        <v>191</v>
+      </c>
+      <c r="C79" t="s">
         <v>192</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>16</v>
       </c>
       <c r="B80" t="s">
+        <v>194</v>
+      </c>
+      <c r="C80" t="s">
         <v>195</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>196</v>
       </c>
-      <c r="D80"/>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>16</v>
+      </c>
+      <c r="B81" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C81" t="s">
         <v>198</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>17</v>
       </c>
       <c r="C82" t="s">
         <v>200</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D82"/>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B83" t="s">
+        <v>201</v>
+      </c>
+      <c r="C83" t="s">
         <v>202</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B84" t="s">
+        <v>204</v>
+      </c>
+      <c r="C84" t="s">
         <v>205</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B85" t="s">
         <v>207</v>
       </c>
       <c r="C85" t="s">
         <v>208</v>
       </c>
-      <c r="D85"/>
+      <c r="D85" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B86" t="s">
         <v>209</v>
       </c>
       <c r="C86" t="s">
         <v>210</v>
       </c>
-      <c r="D86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B87" t="s">
-        <v>73</v>
+        <v>211</v>
       </c>
       <c r="C87" t="s">
         <v>212</v>
       </c>
       <c r="D87" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B88" t="s">
+        <v>73</v>
+      </c>
+      <c r="C88" t="s">
         <v>214</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B89" t="s">
+        <v>216</v>
+      </c>
+      <c r="C89" t="s">
         <v>217</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B90" t="s">
+        <v>219</v>
+      </c>
+      <c r="C90" t="s">
         <v>220</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B91" t="s">
+        <v>222</v>
+      </c>
+      <c r="C91" t="s">
         <v>223</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B92" t="s">
+        <v>225</v>
+      </c>
+      <c r="C92" t="s">
         <v>226</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>227</v>
       </c>
-      <c r="D92"/>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B93" t="s">
         <v>228</v>
       </c>
       <c r="C93" t="s">
         <v>229</v>
       </c>
-      <c r="D93" t="s">
+      <c r="D93"/>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>199</v>
+      </c>
+      <c r="B94" t="s">
         <v>230</v>
+      </c>
+      <c r="C94" t="s">
+        <v>231</v>
+      </c>
+      <c r="D94" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">