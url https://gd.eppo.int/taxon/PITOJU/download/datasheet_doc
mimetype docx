--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709568e6eea0af3ce" w:history="1">
+      <w:hyperlink r:id="rId665169020a48aa19f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188768e6eea0af572" w:history="1">
+            <w:hyperlink r:id="rId772869020a48aa34a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -353,51 +353,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326368e6eea0af5d6" w:history="1">
+            <w:hyperlink r:id="rId224669020a48aa3ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="773253" name="name485568e6eea0af6dd" descr="2946.jpg"/>
+                  <wp:docPr id="26018059" name="name429169020a48aa4d5" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId140968e6eea0af6db" cstate="print"/>
+                          <a:blip r:embed="rId977369020a48aa4d4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId604568e6eea0af819" w:history="1">
+            <w:hyperlink r:id="rId307769020a48aa5f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17031068" name="name199268e6eea0b0a88" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="43900020" name="name907369020a48ab926" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId242468e6eea0b0a85" cstate="print"/>
+                    <a:blip r:embed="rId104969020a48ab923" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId519068e6eea0b2053" w:history="1">
+      <w:hyperlink r:id="rId914269020a48acc3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233168e6eea0b214a" w:history="1">
+      <w:hyperlink r:id="rId405169020a48acd32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251768e6eea0b26f3" w:history="1">
+      <w:hyperlink r:id="rId236669020a48ad353" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432368e6eea0b27c1" w:history="1">
+      <w:hyperlink r:id="rId117269020a48ad436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352468e6eea0b2807" w:history="1">
+      <w:hyperlink r:id="rId200769020a48ad47f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId584968e6eea0b284c" w:history="1">
+      <w:hyperlink r:id="rId466569020a48ad4c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5507,81 +5507,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103568e6eea0b2afa" w:history="1">
+      <w:hyperlink r:id="rId630569020a48ad6ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82980126" name="name329768e6eea0b2de3" descr="eu_funding_250.png"/>
+            <wp:docPr id="52453199" name="name509169020a48ad743" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId928468e6eea0b2de2" cstate="print"/>
+                    <a:blip r:embed="rId199969020a48ad742" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27200221">
+  <w:abstractNum w:abstractNumId="90478084">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55054795">
+    <w:lvl w:ilvl="0" w:tplc="90729575">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55054795" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90729575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27200220">
+  <w:abstractNum w:abstractNumId="90478083">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86373698">
+    <w:lvl w:ilvl="0" w:tplc="26580237">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27200220">
-    <w:abstractNumId w:val="27200220"/>
+  <w:num w:numId="90478083">
+    <w:abstractNumId w:val="90478083"/>
   </w:num>
-  <w:num w:numId="27200221">
-    <w:abstractNumId w:val="27200221"/>
+  <w:num w:numId="90478084">
+    <w:abstractNumId w:val="90478084"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId938569390" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId584060865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId709568e6eea0af3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId188768e6eea0af572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId326368e6eea0af5d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId604568e6eea0af819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId519068e6eea0b2053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId233168e6eea0b214a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId251768e6eea0b26f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId432368e6eea0b27c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId352468e6eea0b2807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId584968e6eea0b284c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId103568e6eea0b2afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId140968e6eea0af6db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140968e6eea0af6db.jpg"/><Relationship Id="rId242468e6eea0b0a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId242468e6eea0b0a85.jpg"/><Relationship Id="rId928468e6eea0b2de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId928468e6eea0b2de2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId617411777" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId106923348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId665169020a48aa19f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId772869020a48aa34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId224669020a48aa3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId307769020a48aa5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId914269020a48acc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId405169020a48acd32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId236669020a48ad353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId117269020a48ad436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId200769020a48ad47f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId466569020a48ad4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId630569020a48ad6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId977369020a48aa4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977369020a48aa4d4.jpg"/><Relationship Id="rId104969020a48ab923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId104969020a48ab923.jpg"/><Relationship Id="rId199969020a48ad742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199969020a48ad742.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>