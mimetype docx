--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId665169020a48aa19f" w:history="1">
+      <w:hyperlink r:id="rId8233691f51051c64e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId772869020a48aa34a" w:history="1">
+            <w:hyperlink r:id="rId3320691f51051c800" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -353,51 +353,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224669020a48aa3ae" w:history="1">
+            <w:hyperlink r:id="rId7899691f51051c865" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26018059" name="name429169020a48aa4d5" descr="2946.jpg"/>
+                  <wp:docPr id="52339410" name="name6674691f51051cf2a" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId977369020a48aa4d4" cstate="print"/>
+                          <a:blip r:embed="rId3994691f51051cf28" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId307769020a48aa5f3" w:history="1">
+            <w:hyperlink r:id="rId6037691f51051d07a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43900020" name="name907369020a48ab926" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="55736805" name="name6943691f51051e495" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId104969020a48ab923" cstate="print"/>
+                    <a:blip r:embed="rId6254691f51051e492" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914269020a48acc3d" w:history="1">
+      <w:hyperlink r:id="rId9244691f51051f77d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405169020a48acd32" w:history="1">
+      <w:hyperlink r:id="rId1937691f51051f86d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236669020a48ad353" w:history="1">
+      <w:hyperlink r:id="rId4791691f51051fe25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117269020a48ad436" w:history="1">
+      <w:hyperlink r:id="rId9745691f51051fef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200769020a48ad47f" w:history="1">
+      <w:hyperlink r:id="rId9988691f51051ff39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466569020a48ad4c5" w:history="1">
+      <w:hyperlink r:id="rId4453691f51051ff7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5507,81 +5507,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630569020a48ad6ad" w:history="1">
+      <w:hyperlink r:id="rId3442691f51052013c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52453199" name="name509169020a48ad743" descr="eu_funding_250.png"/>
+            <wp:docPr id="72880396" name="name4886691f5105202c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId199969020a48ad742" cstate="print"/>
+                    <a:blip r:embed="rId5600691f5105202c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90478084">
+  <w:abstractNum w:abstractNumId="37365563">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90729575">
+    <w:lvl w:ilvl="0" w:tplc="10546058">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90729575" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10546058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90478083">
+  <w:abstractNum w:abstractNumId="37365562">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26580237">
+    <w:lvl w:ilvl="0" w:tplc="78610631">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90478083">
-    <w:abstractNumId w:val="90478083"/>
+  <w:num w:numId="37365562">
+    <w:abstractNumId w:val="37365562"/>
   </w:num>
-  <w:num w:numId="90478084">
-    <w:abstractNumId w:val="90478084"/>
+  <w:num w:numId="37365563">
+    <w:abstractNumId w:val="37365563"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId617411777" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId106923348" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId665169020a48aa19f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId772869020a48aa34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId224669020a48aa3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId307769020a48aa5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId914269020a48acc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId405169020a48acd32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId236669020a48ad353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId117269020a48ad436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId200769020a48ad47f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId466569020a48ad4c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId630569020a48ad6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId977369020a48aa4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977369020a48aa4d4.jpg"/><Relationship Id="rId104969020a48ab923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId104969020a48ab923.jpg"/><Relationship Id="rId199969020a48ad742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199969020a48ad742.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId725851389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId834744073" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8233691f51051c64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId3320691f51051c800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId7899691f51051c865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId6037691f51051d07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId9244691f51051f77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId1937691f51051f86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4791691f51051fe25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId9745691f51051fef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId9988691f51051ff39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId4453691f51051ff7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId3442691f51052013c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3994691f51051cf28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3994691f51051cf28.jpg"/><Relationship Id="rId6254691f51051e492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6254691f51051e492.jpg"/><Relationship Id="rId5600691f5105202c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5600691f5105202c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>