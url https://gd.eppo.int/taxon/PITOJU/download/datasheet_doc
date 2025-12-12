--- v2 (2025-11-20)
+++ v3 (2025-12-12)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8233691f51051c64e" w:history="1">
+      <w:hyperlink r:id="rId9851693c948b205eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3320691f51051c800" w:history="1">
+            <w:hyperlink r:id="rId5649693c948b20790" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -353,51 +353,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7899691f51051c865" w:history="1">
+            <w:hyperlink r:id="rId7969693c948b207f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52339410" name="name6674691f51051cf2a" descr="2946.jpg"/>
+                  <wp:docPr id="92262444" name="name1196693c948b210e7" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3994691f51051cf28" cstate="print"/>
+                          <a:blip r:embed="rId2150693c948b210e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6037691f51051d07a" w:history="1">
+            <w:hyperlink r:id="rId6038693c948b21237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55736805" name="name6943691f51051e495" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="86513493" name="name5466693c948b2281b" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6254691f51051e492" cstate="print"/>
+                    <a:blip r:embed="rId8052693c948b22818" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9244691f51051f77d" w:history="1">
+      <w:hyperlink r:id="rId6306693c948b23d38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1937691f51051f86d" w:history="1">
+      <w:hyperlink r:id="rId2968693c948b23e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4791691f51051fe25" w:history="1">
+      <w:hyperlink r:id="rId7260693c948b2442c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9745691f51051fef3" w:history="1">
+      <w:hyperlink r:id="rId9182693c948b24501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9988691f51051ff39" w:history="1">
+      <w:hyperlink r:id="rId5403693c948b24548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4453691f51051ff7f" w:history="1">
+      <w:hyperlink r:id="rId7416693c948b2458f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5507,81 +5507,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3442691f51052013c" w:history="1">
+      <w:hyperlink r:id="rId5817693c948b24755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72880396" name="name4886691f5105202c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="6168863" name="name9178693c948b247c9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5600691f5105202c1" cstate="print"/>
+                    <a:blip r:embed="rId5142693c948b247c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37365563">
+  <w:abstractNum w:abstractNumId="40959403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10546058">
+    <w:lvl w:ilvl="0" w:tplc="68728222">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10546058" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68728222" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37365562">
+  <w:abstractNum w:abstractNumId="40959402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78610631">
+    <w:lvl w:ilvl="0" w:tplc="24537849">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37365562">
-    <w:abstractNumId w:val="37365562"/>
+  <w:num w:numId="40959402">
+    <w:abstractNumId w:val="40959402"/>
   </w:num>
-  <w:num w:numId="37365563">
-    <w:abstractNumId w:val="37365563"/>
+  <w:num w:numId="40959403">
+    <w:abstractNumId w:val="40959403"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId725851389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId834744073" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8233691f51051c64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId3320691f51051c800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId7899691f51051c865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId6037691f51051d07a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId9244691f51051f77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId1937691f51051f86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId4791691f51051fe25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId9745691f51051fef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId9988691f51051ff39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId4453691f51051ff7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId3442691f51052013c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3994691f51051cf28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3994691f51051cf28.jpg"/><Relationship Id="rId6254691f51051e492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6254691f51051e492.jpg"/><Relationship Id="rId5600691f5105202c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5600691f5105202c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822264240" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256105295" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9851693c948b205eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId5649693c948b20790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId7969693c948b207f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId6038693c948b21237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId6306693c948b23d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId2968693c948b23e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId7260693c948b2442c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId9182693c948b24501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId5403693c948b24548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId7416693c948b2458f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId5817693c948b24755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2150693c948b210e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2150693c948b210e4.jpg"/><Relationship Id="rId8052693c948b22818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8052693c948b22818.jpg"/><Relationship Id="rId5142693c948b247c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5142693c948b247c7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>