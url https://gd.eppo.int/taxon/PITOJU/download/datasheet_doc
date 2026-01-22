--- v3 (2025-12-12)
+++ v4 (2026-01-22)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9851693c948b205eb" w:history="1">
+      <w:hyperlink r:id="rId4483697198e445bf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5649693c948b20790" w:history="1">
+            <w:hyperlink r:id="rId7972697198e445d9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -353,51 +353,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7969693c948b207f6" w:history="1">
+            <w:hyperlink r:id="rId8888697198e445e00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92262444" name="name1196693c948b210e7" descr="2946.jpg"/>
+                  <wp:docPr id="57156340" name="name9901697198e4462a7" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2150693c948b210e4" cstate="print"/>
+                          <a:blip r:embed="rId2483697198e4462a5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6038693c948b21237" w:history="1">
+            <w:hyperlink r:id="rId1976697198e4463cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86513493" name="name5466693c948b2281b" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="99117982" name="name7697697198e447407" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8052693c948b22818" cstate="print"/>
+                    <a:blip r:embed="rId3235697198e447403" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6306693c948b23d38" w:history="1">
+      <w:hyperlink r:id="rId2827697198e448810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2968693c948b23e34" w:history="1">
+      <w:hyperlink r:id="rId1159697198e44890f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7260693c948b2442c" w:history="1">
+      <w:hyperlink r:id="rId6134697198e448ec8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9182693c948b24501" w:history="1">
+      <w:hyperlink r:id="rId5906697198e448f98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5403693c948b24548" w:history="1">
+      <w:hyperlink r:id="rId6081697198e448fdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7416693c948b2458f" w:history="1">
+      <w:hyperlink r:id="rId3280697198e449023" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5485,103 +5485,103 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5817693c948b24755" w:history="1">
+      <w:hyperlink r:id="rId1800697198e4491e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6168863" name="name9178693c948b247c9" descr="eu_funding_250.png"/>
+            <wp:docPr id="41228730" name="name1846697198e449278" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5142693c948b247c7" cstate="print"/>
+                    <a:blip r:embed="rId9548697198e449277" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40959403">
+  <w:abstractNum w:abstractNumId="72037426">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68728222">
+    <w:lvl w:ilvl="0" w:tplc="95065140">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68728222" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95065140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40959402">
+  <w:abstractNum w:abstractNumId="72037425">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24537849">
+    <w:lvl w:ilvl="0" w:tplc="50783133">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40959402">
-    <w:abstractNumId w:val="40959402"/>
+  <w:num w:numId="72037425">
+    <w:abstractNumId w:val="72037425"/>
   </w:num>
-  <w:num w:numId="40959403">
-    <w:abstractNumId w:val="40959403"/>
+  <w:num w:numId="72037426">
+    <w:abstractNumId w:val="72037426"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId822264240" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256105295" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9851693c948b205eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId5649693c948b20790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId7969693c948b207f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId6038693c948b21237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId6306693c948b23d38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId2968693c948b23e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId7260693c948b2442c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId9182693c948b24501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId5403693c948b24548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId7416693c948b2458f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId5817693c948b24755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2150693c948b210e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2150693c948b210e4.jpg"/><Relationship Id="rId8052693c948b22818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8052693c948b22818.jpg"/><Relationship Id="rId5142693c948b247c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5142693c948b247c7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345035765" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId674595771" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4483697198e445bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId7972697198e445d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId8888697198e445e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId1976697198e4463cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId2827697198e448810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId1159697198e44890f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6134697198e448ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId5906697198e448f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId6081697198e448fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId3280697198e449023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId1800697198e4491e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2483697198e4462a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2483697198e4462a5.jpg"/><Relationship Id="rId3235697198e447403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3235697198e447403.jpg"/><Relationship Id="rId9548697198e449277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9548697198e449277.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>