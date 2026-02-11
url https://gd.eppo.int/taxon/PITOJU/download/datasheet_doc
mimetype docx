--- v4 (2026-01-22)
+++ v5 (2026-02-11)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4483697198e445bf8" w:history="1">
+      <w:hyperlink r:id="rId8181698c135e720a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7972697198e445d9d" w:history="1">
+            <w:hyperlink r:id="rId4013698c135e72244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -351,53 +351,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8888697198e445e00" w:history="1">
+            <w:hyperlink r:id="rId3776698c135e722a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57156340" name="name9901697198e4462a7" descr="2946.jpg"/>
+                  <wp:docPr id="11853122" name="name2529698c135e72371" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2483697198e4462a5" cstate="print"/>
+                          <a:blip r:embed="rId8026698c135e72370" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1976697198e4463cc" w:history="1">
+            <w:hyperlink r:id="rId4704698c135e72495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99117982" name="name7697697198e447407" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="69183576" name="name8570698c135e737f6" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3235697198e447403" cstate="print"/>
+                    <a:blip r:embed="rId6108698c135e737f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2827697198e448810" w:history="1">
+      <w:hyperlink r:id="rId4993698c135e74ae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1159697198e44890f" w:history="1">
+      <w:hyperlink r:id="rId6834698c135e74bdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6134697198e448ec8" w:history="1">
+      <w:hyperlink r:id="rId2891698c135e75205" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5906697198e448f98" w:history="1">
+      <w:hyperlink r:id="rId4655698c135e752e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6081697198e448fdd" w:history="1">
+      <w:hyperlink r:id="rId3772698c135e75332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3280697198e449023" w:history="1">
+      <w:hyperlink r:id="rId9463698c135e75379" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5507,81 +5507,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1800697198e4491e8" w:history="1">
+      <w:hyperlink r:id="rId7608698c135e7553e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41228730" name="name1846697198e449278" descr="eu_funding_250.png"/>
+            <wp:docPr id="72549939" name="name4139698c135e75598" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9548697198e449277" cstate="print"/>
+                    <a:blip r:embed="rId3791698c135e75597" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72037426">
+  <w:abstractNum w:abstractNumId="27630133">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95065140">
+    <w:lvl w:ilvl="0" w:tplc="63591534">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95065140" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63591534" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72037425">
+  <w:abstractNum w:abstractNumId="27630132">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50783133">
+    <w:lvl w:ilvl="0" w:tplc="79001192">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72037425">
-    <w:abstractNumId w:val="72037425"/>
+  <w:num w:numId="27630132">
+    <w:abstractNumId w:val="27630132"/>
   </w:num>
-  <w:num w:numId="72037426">
-    <w:abstractNumId w:val="72037426"/>
+  <w:num w:numId="27630133">
+    <w:abstractNumId w:val="27630133"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345035765" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId674595771" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4483697198e445bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId7972697198e445d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId8888697198e445e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId1976697198e4463cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId2827697198e448810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId1159697198e44890f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId6134697198e448ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId5906697198e448f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId6081697198e448fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId3280697198e449023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId1800697198e4491e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2483697198e4462a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2483697198e4462a5.jpg"/><Relationship Id="rId3235697198e447403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3235697198e447403.jpg"/><Relationship Id="rId9548697198e449277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9548697198e449277.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId237905478" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376572979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8181698c135e720a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId4013698c135e72244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId3776698c135e722a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId4704698c135e72495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId4993698c135e74ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId6834698c135e74bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2891698c135e75205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId4655698c135e752e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId3772698c135e75332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId9463698c135e75379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId7608698c135e7553e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8026698c135e72370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8026698c135e72370.jpg"/><Relationship Id="rId6108698c135e737f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6108698c135e737f3.jpg"/><Relationship Id="rId3791698c135e75597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3791698c135e75597.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>