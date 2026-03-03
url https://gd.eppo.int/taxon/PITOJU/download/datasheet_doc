--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8181698c135e720a3" w:history="1">
+      <w:hyperlink r:id="rId585669a698ac70a46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4013698c135e72244" w:history="1">
+            <w:hyperlink r:id="rId636469a698ac70bed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -353,51 +353,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3776698c135e722a9" w:history="1">
+            <w:hyperlink r:id="rId342969a698ac70c53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11853122" name="name2529698c135e72371" descr="2946.jpg"/>
+                  <wp:docPr id="55168160" name="name311869a698ac715a9" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8026698c135e72370" cstate="print"/>
+                          <a:blip r:embed="rId547569a698ac715a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4704698c135e72495" w:history="1">
+            <w:hyperlink r:id="rId451369a698ac71705" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69183576" name="name8570698c135e737f6" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="87465965" name="name693269a698ac72a80" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6108698c135e737f3" cstate="print"/>
+                    <a:blip r:embed="rId152269a698ac72a7d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4993698c135e74ae9" w:history="1">
+      <w:hyperlink r:id="rId533969a698ac73e14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6834698c135e74bdb" w:history="1">
+      <w:hyperlink r:id="rId223369a698ac73f0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2891698c135e75205" w:history="1">
+      <w:hyperlink r:id="rId204269a698ac744ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4655698c135e752e7" w:history="1">
+      <w:hyperlink r:id="rId769069a698ac745c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3772698c135e75332" w:history="1">
+      <w:hyperlink r:id="rId541269a698ac7460d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9463698c135e75379" w:history="1">
+      <w:hyperlink r:id="rId969369a698ac74654" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5507,81 +5507,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7608698c135e7553e" w:history="1">
+      <w:hyperlink r:id="rId173269a698ac74819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72549939" name="name4139698c135e75598" descr="eu_funding_250.png"/>
+            <wp:docPr id="60500174" name="name362469a698ac749ae" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3791698c135e75597" cstate="print"/>
+                    <a:blip r:embed="rId866469a698ac749ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27630133">
+  <w:abstractNum w:abstractNumId="36306341">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63591534">
+    <w:lvl w:ilvl="0" w:tplc="52271191">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63591534" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52271191" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27630132">
+  <w:abstractNum w:abstractNumId="36306340">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79001192">
+    <w:lvl w:ilvl="0" w:tplc="83971215">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27630132">
-    <w:abstractNumId w:val="27630132"/>
+  <w:num w:numId="36306340">
+    <w:abstractNumId w:val="36306340"/>
   </w:num>
-  <w:num w:numId="27630133">
-    <w:abstractNumId w:val="27630133"/>
+  <w:num w:numId="36306341">
+    <w:abstractNumId w:val="36306341"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId237905478" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId376572979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8181698c135e720a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId4013698c135e72244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId3776698c135e722a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId4704698c135e72495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId4993698c135e74ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId6834698c135e74bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2891698c135e75205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId4655698c135e752e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId3772698c135e75332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId9463698c135e75379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId7608698c135e7553e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8026698c135e72370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8026698c135e72370.jpg"/><Relationship Id="rId6108698c135e737f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6108698c135e737f3.jpg"/><Relationship Id="rId3791698c135e75597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3791698c135e75597.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288472880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762946902" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId585669a698ac70a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId636469a698ac70bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId342969a698ac70c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId451369a698ac71705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId533969a698ac73e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId223369a698ac73f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId204269a698ac744ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId769069a698ac745c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId541269a698ac7460d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId969369a698ac74654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId173269a698ac74819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId547569a698ac715a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId547569a698ac715a6.jpg"/><Relationship Id="rId152269a698ac72a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId152269a698ac72a7d.jpg"/><Relationship Id="rId866469a698ac749ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866469a698ac749ac.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>