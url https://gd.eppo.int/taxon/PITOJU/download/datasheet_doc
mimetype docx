--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -93,51 +93,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its associated fungus </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585669a698ac70a46" w:history="1">
+      <w:hyperlink r:id="rId262469c1a41a227b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Geosmithia morbida</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -293,51 +293,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Scolytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> walnut twig beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId636469a698ac70bed" w:history="1">
+            <w:hyperlink r:id="rId501469c1a41a22955" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -353,51 +353,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342969a698ac70c53" w:history="1">
+            <w:hyperlink r:id="rId579769c1a41a229b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -411,86 +411,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PITOJU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55168160" name="name311869a698ac715a9" descr="2946.jpg"/>
+                  <wp:docPr id="64631160" name="name779569c1a41a235dd" descr="2946.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2946.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId547569a698ac715a6" cstate="print"/>
+                          <a:blip r:embed="rId608169c1a41a235da" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId451369a698ac71705" w:history="1">
+            <w:hyperlink r:id="rId183069c1a41a2377f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1258,63 +1258,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014). In Italy the species quickly spread in most of the central-northern regions, such as Veneto, Friuli Venezia Giulia, Lombardy, Piedmont, Emilia Romagna and Tuscany.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87465965" name="name693269a698ac72a80" descr="PITOJU_distribution_map.jpg"/>
+            <wp:docPr id="22874438" name="name758169c1a41a24ead" descr="PITOJU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PITOJU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId152269a698ac72a7d" cstate="print"/>
+                    <a:blip r:embed="rId916369c1a41a24ea4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3957,51 +3957,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cranshaw W, Tisserat N (2012) Questions and answers about Thousand Cankers Disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Bioagricultural Sciences and Pest Management, Colorado State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533969a698ac73e14" w:history="1">
+      <w:hyperlink r:id="rId252969c1a41a2761d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4105,51 +4105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223369a698ac73f0a" w:history="1">
+      <w:hyperlink r:id="rId110369c1a41a2777b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. in eastern Tennessee. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Master’s Thesis, University of Tennessee, 2013. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204269a698ac744ef" w:history="1">
+      <w:hyperlink r:id="rId641269c1a41a27d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://trace.tennessee.edu/utk_gradthes/1656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5150,133 +5150,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Dallara PL, Hishinuma SM, Flint ML (2012) Detecting and identifying the walnut twig beetle: Monitoring guidelines for the invasive vector of thousand cankers disease of walnut. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California Agriculture and Natural Resources, Statewide Integrated Pest Management Program, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11 pp. URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769069a698ac745c4" w:history="1">
+      <w:hyperlink r:id="rId603269c1a41a27e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seybold SJ, Haugen D, Graves A, (2013) Pest alert. Thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">United States Department of Agriculture, Forest Service, North-eastern Area State and Private Forestry, NA–PR–02–10.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541269a698ac7460d" w:history="1">
+      <w:hyperlink r:id="rId147469c1a41a27e67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.na.fs.fed.us</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tisserat N, Cranshaw W, Leatherman D, Utley C, Alexander K (2009) Black walnut mortality in Colorado caused by the walnut twig beetle and thousand cankers disease. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId969369a698ac74654" w:history="1">
+      <w:hyperlink r:id="rId631969c1a41a27eac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2009-0811-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5507,81 +5507,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pityophthorus juglandis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId173269a698ac74819" w:history="1">
+      <w:hyperlink r:id="rId380569c1a41a28085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60500174" name="name362469a698ac749ae" descr="eu_funding_250.png"/>
+            <wp:docPr id="19043130" name="name681269c1a41a285ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId866469a698ac749ac" cstate="print"/>
+                    <a:blip r:embed="rId491969c1a41a285aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5679,137 +5679,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36306341">
+  <w:abstractNum w:abstractNumId="24289917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52271191">
+    <w:lvl w:ilvl="0" w:tplc="91776343">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52271191" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91776343" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36306340">
+  <w:abstractNum w:abstractNumId="24289916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83971215">
+    <w:lvl w:ilvl="0" w:tplc="81447847">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6561,55 +6561,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36306340">
-    <w:abstractNumId w:val="36306340"/>
+  <w:num w:numId="24289916">
+    <w:abstractNumId w:val="24289916"/>
   </w:num>
-  <w:num w:numId="36306341">
-    <w:abstractNumId w:val="36306341"/>
+  <w:num w:numId="24289917">
+    <w:abstractNumId w:val="24289917"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18159,51 +18159,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId288472880" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId762946902" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId585669a698ac70a46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId636469a698ac70bed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId342969a698ac70c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId451369a698ac71705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId533969a698ac73e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId223369a698ac73f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId204269a698ac744ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId769069a698ac745c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId541269a698ac7460d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId969369a698ac74654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId173269a698ac74819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId547569a698ac715a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId547569a698ac715a6.jpg"/><Relationship Id="rId152269a698ac72a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId152269a698ac72a7d.jpg"/><Relationship Id="rId866469a698ac749ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866469a698ac749ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId236422466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId198738294" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId262469c1a41a227b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/GEOHMO/datasheet" TargetMode="External"/><Relationship Id="rId501469c1a41a22955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/" TargetMode="External"/><Relationship Id="rId579769c1a41a229b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/categorization" TargetMode="External"/><Relationship Id="rId183069c1a41a2377f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PITOJU/photos" TargetMode="External"/><Relationship Id="rId252969c1a41a2761d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uaex.edu/environment-nature/ar-invasives/invasive-diseases/docs/Questions%20and%20Answers%20Revision%20April%202012.pdf" TargetMode="External"/><Relationship Id="rId110369c1a41a2777b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId641269c1a41a27d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://trace.tennessee.edu/utk_gradthes/1656" TargetMode="External"/><Relationship Id="rId603269c1a41a27e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipm.ucdavis.edu/PMG/menu.thousandcankers.html" TargetMode="External"/><Relationship Id="rId147469c1a41a27e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.na.fs.fed.us" TargetMode="External"/><Relationship Id="rId631969c1a41a27eac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2009-0811-01-RS" TargetMode="External"/><Relationship Id="rId380569c1a41a28085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId608169c1a41a235da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608169c1a41a235da.jpg"/><Relationship Id="rId916369c1a41a24ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId916369c1a41a24ea4.jpg"/><Relationship Id="rId491969c1a41a285aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491969c1a41a285aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>