--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Sleeper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId972368e52b7eaa6bf" w:history="1">
+            <w:hyperlink r:id="rId8370690bbe2ee088c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125468e52b7eaa703" w:history="1">
+            <w:hyperlink r:id="rId8634690bbe2ee08d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -926,63 +926,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1995).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77423033" name="name984168e52b7eabb32" descr="PISOZI_distribution_map.jpg"/>
+            <wp:docPr id="71468643" name="name2935690bbe2ee1a6e" descr="PISOZI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOZI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId109468e52b7eabb30" cstate="print"/>
+                    <a:blip r:embed="rId7721690bbe2ee1a6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2627,51 +2627,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapela G (2012) Competitividad de las empresas sociales forestales en México. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855068e52b7eac8e0" w:history="1">
+      <w:hyperlink r:id="rId1169690bbe2ee27e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2684,51 +2684,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893368e52b7eac951" w:history="1">
+      <w:hyperlink r:id="rId5091690bbe2ee284d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2957,51 +2957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710268e52b7eacb1e" w:history="1">
+      <w:hyperlink r:id="rId7709690bbe2ee2a36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3145,51 +3145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219968e52b7eacc78" w:history="1">
+      <w:hyperlink r:id="rId3180690bbe2ee2b7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3264,51 +3264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904668e52b7eacd4e" w:history="1">
+      <w:hyperlink r:id="rId9326690bbe2ee2c47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3321,63 +3321,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48219513" name="name174168e52b7eace0a" descr="eu_funding_250.png"/>
+            <wp:docPr id="66086438" name="name5432690bbe2ee2d21" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId630168e52b7eace09" cstate="print"/>
+                    <a:blip r:embed="rId9721690bbe2ee2d1f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3475,137 +3475,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22118282">
+  <w:abstractNum w:abstractNumId="81961170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66796893">
+    <w:lvl w:ilvl="0" w:tplc="74293221">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66796893" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74293221" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22118281">
+  <w:abstractNum w:abstractNumId="81961169">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19808327">
+    <w:lvl w:ilvl="0" w:tplc="89845447">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4357,55 +4357,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22118281">
-    <w:abstractNumId w:val="22118281"/>
+  <w:num w:numId="81961169">
+    <w:abstractNumId w:val="81961169"/>
   </w:num>
-  <w:num w:numId="22118282">
-    <w:abstractNumId w:val="22118282"/>
+  <w:num w:numId="81961170">
+    <w:abstractNumId w:val="81961170"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15955,51 +15955,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432191895" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId875332967" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId972368e52b7eaa6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId125468e52b7eaa703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId855068e52b7eac8e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId893368e52b7eac951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId710268e52b7eacb1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId219968e52b7eacc78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId904668e52b7eacd4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId109468e52b7eabb30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId109468e52b7eabb30.jpg"/><Relationship Id="rId630168e52b7eace09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630168e52b7eace09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId353056165" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316656501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8370690bbe2ee088c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId8634690bbe2ee08d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId1169690bbe2ee27e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId5091690bbe2ee284d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId7709690bbe2ee2a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId3180690bbe2ee2b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId9326690bbe2ee2c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7721690bbe2ee1a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7721690bbe2ee1a6b.jpg"/><Relationship Id="rId9721690bbe2ee2d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9721690bbe2ee2d1f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>