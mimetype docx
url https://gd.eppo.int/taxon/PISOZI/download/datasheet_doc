--- v1 (2025-11-05)
+++ v2 (2025-11-28)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Sleeper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8370690bbe2ee088c" w:history="1">
+            <w:hyperlink r:id="rId6794692922a477b93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8634690bbe2ee08d2" w:history="1">
+            <w:hyperlink r:id="rId9843692922a477bd8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -926,63 +926,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1995).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71468643" name="name2935690bbe2ee1a6e" descr="PISOZI_distribution_map.jpg"/>
+            <wp:docPr id="13710737" name="name1961692922a478e53" descr="PISOZI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOZI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7721690bbe2ee1a6b" cstate="print"/>
+                    <a:blip r:embed="rId1385692922a478e51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2627,51 +2627,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapela G (2012) Competitividad de las empresas sociales forestales en México. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1169690bbe2ee27e2" w:history="1">
+      <w:hyperlink r:id="rId8045692922a479b71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2684,51 +2684,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5091690bbe2ee284d" w:history="1">
+      <w:hyperlink r:id="rId3969692922a479bd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2957,51 +2957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7709690bbe2ee2a36" w:history="1">
+      <w:hyperlink r:id="rId1081692922a479d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3145,51 +3145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3180690bbe2ee2b7d" w:history="1">
+      <w:hyperlink r:id="rId8677692922a479ec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3264,51 +3264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9326690bbe2ee2c47" w:history="1">
+      <w:hyperlink r:id="rId4386692922a479f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3321,63 +3321,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66086438" name="name5432690bbe2ee2d21" descr="eu_funding_250.png"/>
+            <wp:docPr id="49539878" name="name2184692922a47a025" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9721690bbe2ee2d1f" cstate="print"/>
+                    <a:blip r:embed="rId4748692922a47a024" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3475,137 +3475,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81961170">
+  <w:abstractNum w:abstractNumId="52228435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74293221">
+    <w:lvl w:ilvl="0" w:tplc="21911366">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74293221" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21911366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81961169">
+  <w:abstractNum w:abstractNumId="52228434">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89845447">
+    <w:lvl w:ilvl="0" w:tplc="93687921">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4357,55 +4357,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81961169">
-    <w:abstractNumId w:val="81961169"/>
+  <w:num w:numId="52228434">
+    <w:abstractNumId w:val="52228434"/>
   </w:num>
-  <w:num w:numId="81961170">
-    <w:abstractNumId w:val="81961170"/>
+  <w:num w:numId="52228435">
+    <w:abstractNumId w:val="52228435"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15955,51 +15955,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId353056165" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316656501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8370690bbe2ee088c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId8634690bbe2ee08d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId1169690bbe2ee27e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId5091690bbe2ee284d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId7709690bbe2ee2a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId3180690bbe2ee2b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId9326690bbe2ee2c47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7721690bbe2ee1a6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7721690bbe2ee1a6b.jpg"/><Relationship Id="rId9721690bbe2ee2d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9721690bbe2ee2d1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId364819012" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259251752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6794692922a477b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId9843692922a477bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId8045692922a479b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId3969692922a479bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId1081692922a479d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId8677692922a479ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId4386692922a479f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1385692922a478e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1385692922a478e51.jpg"/><Relationship Id="rId4748692922a47a024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4748692922a47a024.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>