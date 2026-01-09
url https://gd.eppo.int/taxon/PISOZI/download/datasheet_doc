--- v2 (2025-11-28)
+++ v3 (2026-01-09)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Sleeper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6794692922a477b93" w:history="1">
+            <w:hyperlink r:id="rId87726960805b41edf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9843692922a477bd8" w:history="1">
+            <w:hyperlink r:id="rId58146960805b41f24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -926,63 +926,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1995).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13710737" name="name1961692922a478e53" descr="PISOZI_distribution_map.jpg"/>
+            <wp:docPr id="53249938" name="name79066960805b42f11" descr="PISOZI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOZI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1385692922a478e51" cstate="print"/>
+                    <a:blip r:embed="rId85166960805b42f0f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2627,51 +2627,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapela G (2012) Competitividad de las empresas sociales forestales en México. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8045692922a479b71" w:history="1">
+      <w:hyperlink r:id="rId97406960805b43c07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2684,51 +2684,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3969692922a479bd4" w:history="1">
+      <w:hyperlink r:id="rId77346960805b43c6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2957,51 +2957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1081692922a479d8e" w:history="1">
+      <w:hyperlink r:id="rId91296960805b43e1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3145,51 +3145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8677692922a479ec7" w:history="1">
+      <w:hyperlink r:id="rId43356960805b43f77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3242,73 +3242,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4386692922a479f8b" w:history="1">
+      <w:hyperlink r:id="rId13616960805b4403d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3321,63 +3321,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49539878" name="name2184692922a47a025" descr="eu_funding_250.png"/>
+            <wp:docPr id="19324337" name="name30926960805b440d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4748692922a47a024" cstate="print"/>
+                    <a:blip r:embed="rId50866960805b440d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3475,137 +3475,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52228435">
+  <w:abstractNum w:abstractNumId="92816061">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21911366">
+    <w:lvl w:ilvl="0" w:tplc="85256514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21911366" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85256514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52228434">
+  <w:abstractNum w:abstractNumId="92816060">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93687921">
+    <w:lvl w:ilvl="0" w:tplc="49466459">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4357,55 +4357,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52228434">
-    <w:abstractNumId w:val="52228434"/>
+  <w:num w:numId="92816060">
+    <w:abstractNumId w:val="92816060"/>
   </w:num>
-  <w:num w:numId="52228435">
-    <w:abstractNumId w:val="52228435"/>
+  <w:num w:numId="92816061">
+    <w:abstractNumId w:val="92816061"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15955,51 +15955,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId364819012" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259251752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6794692922a477b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId9843692922a477bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId8045692922a479b71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId3969692922a479bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId1081692922a479d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId8677692922a479ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId4386692922a479f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1385692922a478e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1385692922a478e51.jpg"/><Relationship Id="rId4748692922a47a024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4748692922a47a024.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537864128" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId149199498" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87726960805b41edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId58146960805b41f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId97406960805b43c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId77346960805b43c6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId91296960805b43e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId43356960805b43f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId13616960805b4403d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85166960805b42f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85166960805b42f0f.jpg"/><Relationship Id="rId50866960805b440d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50866960805b440d8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>