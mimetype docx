--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Sleeper</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87726960805b41edf" w:history="1">
+            <w:hyperlink r:id="rId389469962638997c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58146960805b41f24" w:history="1">
+            <w:hyperlink r:id="rId71836996263899811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -926,63 +926,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1995).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53249938" name="name79066960805b42f11" descr="PISOZI_distribution_map.jpg"/>
+            <wp:docPr id="82768859" name="name9270699626389a94b" descr="PISOZI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOZI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85166960805b42f0f" cstate="print"/>
+                    <a:blip r:embed="rId4874699626389a949" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2627,51 +2627,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapela G (2012) Competitividad de las empresas sociales forestales en México. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97406960805b43c07" w:history="1">
+      <w:hyperlink r:id="rId9313699626389b875" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2684,51 +2684,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77346960805b43c6b" w:history="1">
+      <w:hyperlink r:id="rId1784699626389b8db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2957,51 +2957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91296960805b43e1d" w:history="1">
+      <w:hyperlink r:id="rId4015699626389bbc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3145,51 +3145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43356960805b43f77" w:history="1">
+      <w:hyperlink r:id="rId7539699626389bd19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 November 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3264,51 +3264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13616960805b4403d" w:history="1">
+      <w:hyperlink r:id="rId6554699626389bde4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3321,63 +3321,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19324337" name="name30926960805b440d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="33321707" name="name5867699626389be92" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50866960805b440d8" cstate="print"/>
+                    <a:blip r:embed="rId1689699626389be91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3475,137 +3475,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="92816061">
+  <w:abstractNum w:abstractNumId="84427624">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85256514">
+    <w:lvl w:ilvl="0" w:tplc="42109633">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85256514" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42109633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="92816060">
+  <w:abstractNum w:abstractNumId="84427623">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49466459">
+    <w:lvl w:ilvl="0" w:tplc="31277181">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4357,55 +4357,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="92816060">
-    <w:abstractNumId w:val="92816060"/>
+  <w:num w:numId="84427623">
+    <w:abstractNumId w:val="84427623"/>
   </w:num>
-  <w:num w:numId="92816061">
-    <w:abstractNumId w:val="92816061"/>
+  <w:num w:numId="84427624">
+    <w:abstractNumId w:val="84427624"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15955,51 +15955,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537864128" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId149199498" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87726960805b41edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId58146960805b41f24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId97406960805b43c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId77346960805b43c6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId91296960805b43e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId43356960805b43f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId13616960805b4403d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85166960805b42f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85166960805b42f0f.jpg"/><Relationship Id="rId50866960805b440d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50866960805b440d8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643512641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874589741" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId389469962638997c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/" TargetMode="External"/><Relationship Id="rId71836996263899811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOZI/categorization" TargetMode="External"/><Relationship Id="rId9313699626389b875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ccmss.org.mx/wpcontent/uploads/2014/10/Problemas_y_oportunidades_en_el_mercado_para_las_empresas_sociales_forestales_en_Mexico.pdf" TargetMode="External"/><Relationship Id="rId1784699626389b8db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId4015699626389bbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId7539699626389bd19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId6554699626389bde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4874699626389a949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4874699626389a949.jpg"/><Relationship Id="rId1689699626389be91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1689699626389be91.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>