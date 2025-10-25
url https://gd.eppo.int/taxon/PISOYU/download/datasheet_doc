--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317768ddfa943ac6e" w:history="1">
+            <w:hyperlink r:id="rId378668fd39710e144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162968ddfa943acb6" w:history="1">
+            <w:hyperlink r:id="rId969168fd39710e189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29050279" name="name936668ddfa943ad90" descr="12864.jpg"/>
+                  <wp:docPr id="12831907" name="name226668fd39710e28e" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId205668ddfa943ad8f" cstate="print"/>
+                          <a:blip r:embed="rId647968fd39710e28c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId629868ddfa943afa7" w:history="1">
+            <w:hyperlink r:id="rId578468fd39710e3a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69103498" name="name288868ddfa943bf3a" descr="PISOYU_distribution_map.jpg"/>
+            <wp:docPr id="81512331" name="name485768fd39710f220" descr="PISOYU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOYU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId492168ddfa943bf30" cstate="print"/>
+                    <a:blip r:embed="rId582368fd39710f21d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1614,51 +1614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId154668ddfa943c873" w:history="1">
+      <w:hyperlink r:id="rId990968fd39710f943" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2339,51 +2339,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633868ddfa943cea3" w:history="1">
+      <w:hyperlink r:id="rId983268fd39710fe17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564068ddfa943d3ad" w:history="1">
+      <w:hyperlink r:id="rId244468fd39711029d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3156,51 +3156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942668ddfa943d48f" w:history="1">
+      <w:hyperlink r:id="rId941868fd397110319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3295,51 +3295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695468ddfa943d5ac" w:history="1">
+      <w:hyperlink r:id="rId347168fd3971103fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3352,63 +3352,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75141847" name="name106468ddfa943d649" descr="eu_funding_250.png"/>
+            <wp:docPr id="56640267" name="name557768fd3971104c2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId313368ddfa943d647" cstate="print"/>
+                    <a:blip r:embed="rId630268fd3971104c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3506,137 +3506,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75975187">
+  <w:abstractNum w:abstractNumId="31545700">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76554584">
+    <w:lvl w:ilvl="0" w:tplc="24427203">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76554584" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24427203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75975186">
+  <w:abstractNum w:abstractNumId="31545699">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69785027">
+    <w:lvl w:ilvl="0" w:tplc="16390452">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4388,55 +4388,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75975186">
-    <w:abstractNumId w:val="75975186"/>
+  <w:num w:numId="31545699">
+    <w:abstractNumId w:val="31545699"/>
   </w:num>
-  <w:num w:numId="75975187">
-    <w:abstractNumId w:val="75975187"/>
+  <w:num w:numId="31545700">
+    <w:abstractNumId w:val="31545700"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15986,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId274327587" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId591069444" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId317768ddfa943ac6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId162968ddfa943acb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId629868ddfa943afa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId154668ddfa943c873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId633868ddfa943cea3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId564068ddfa943d3ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId942668ddfa943d48f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId695468ddfa943d5ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId205668ddfa943ad8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId205668ddfa943ad8f.jpg"/><Relationship Id="rId492168ddfa943bf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId492168ddfa943bf30.jpg"/><Relationship Id="rId313368ddfa943d647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId313368ddfa943d647.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787363102" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId152080597" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId378668fd39710e144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId969168fd39710e189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId578468fd39710e3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId990968fd39710f943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId983268fd39710fe17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId244468fd39711029d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId941868fd397110319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId347168fd3971103fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId647968fd39710e28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647968fd39710e28c.jpg"/><Relationship Id="rId582368fd39710f21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId582368fd39710f21d.jpg"/><Relationship Id="rId630268fd3971104c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630268fd3971104c1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>