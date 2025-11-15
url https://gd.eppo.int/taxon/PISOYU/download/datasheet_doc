--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378668fd39710e144" w:history="1">
+            <w:hyperlink r:id="rId18846918613c3bb00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId969168fd39710e189" w:history="1">
+            <w:hyperlink r:id="rId36686918613c3bb44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12831907" name="name226668fd39710e28e" descr="12864.jpg"/>
+                  <wp:docPr id="86122904" name="name71706918613c3c0ab" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId647968fd39710e28c" cstate="print"/>
+                          <a:blip r:embed="rId79676918613c3c0aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId578468fd39710e3a4" w:history="1">
+            <w:hyperlink r:id="rId29276918613c3c17f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81512331" name="name485768fd39710f220" descr="PISOYU_distribution_map.jpg"/>
+            <wp:docPr id="82132938" name="name51606918613c3ceab" descr="PISOYU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOYU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId582368fd39710f21d" cstate="print"/>
+                    <a:blip r:embed="rId48456918613c3cea8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1614,51 +1614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990968fd39710f943" w:history="1">
+      <w:hyperlink r:id="rId84836918613c3d5aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2339,51 +2339,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983268fd39710fe17" w:history="1">
+      <w:hyperlink r:id="rId94696918613c3dad3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244468fd39711029d" w:history="1">
+      <w:hyperlink r:id="rId58866918613c3df6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3156,51 +3156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941868fd397110319" w:history="1">
+      <w:hyperlink r:id="rId98386918613c3dfe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3295,51 +3295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId347168fd3971103fa" w:history="1">
+      <w:hyperlink r:id="rId33906918613c3e0ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3352,63 +3352,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56640267" name="name557768fd3971104c2" descr="eu_funding_250.png"/>
+            <wp:docPr id="25921734" name="name57136918613c3e15e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId630268fd3971104c1" cstate="print"/>
+                    <a:blip r:embed="rId86506918613c3e15d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3506,137 +3506,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="31545700">
+  <w:abstractNum w:abstractNumId="46254583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24427203">
+    <w:lvl w:ilvl="0" w:tplc="61777564">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24427203" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61777564" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31545699">
+  <w:abstractNum w:abstractNumId="46254582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16390452">
+    <w:lvl w:ilvl="0" w:tplc="89999741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4388,55 +4388,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="31545699">
-    <w:abstractNumId w:val="31545699"/>
+  <w:num w:numId="46254582">
+    <w:abstractNumId w:val="46254582"/>
   </w:num>
-  <w:num w:numId="31545700">
-    <w:abstractNumId w:val="31545700"/>
+  <w:num w:numId="46254583">
+    <w:abstractNumId w:val="46254583"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15986,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787363102" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId152080597" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId378668fd39710e144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId969168fd39710e189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId578468fd39710e3a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId990968fd39710f943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId983268fd39710fe17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId244468fd39711029d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId941868fd397110319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId347168fd3971103fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId647968fd39710e28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647968fd39710e28c.jpg"/><Relationship Id="rId582368fd39710f21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId582368fd39710f21d.jpg"/><Relationship Id="rId630268fd3971104c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId630268fd3971104c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845998127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId566191987" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18846918613c3bb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId36686918613c3bb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId29276918613c3c17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId84836918613c3d5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId94696918613c3dad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId58866918613c3df6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId98386918613c3dfe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId33906918613c3e0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79676918613c3c0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79676918613c3c0aa.jpg"/><Relationship Id="rId48456918613c3cea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48456918613c3cea8.jpg"/><Relationship Id="rId86506918613c3e15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86506918613c3e15d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>