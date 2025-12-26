--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18846918613c3bb00" w:history="1">
+            <w:hyperlink r:id="rId2402694de26a3be9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36686918613c3bb44" w:history="1">
+            <w:hyperlink r:id="rId2119694de26a3bee2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86122904" name="name71706918613c3c0ab" descr="12864.jpg"/>
+                  <wp:docPr id="80216859" name="name2099694de26a3c58f" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId79676918613c3c0aa" cstate="print"/>
+                          <a:blip r:embed="rId5171694de26a3c58d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId29276918613c3c17f" w:history="1">
+            <w:hyperlink r:id="rId7274694de26a3c6b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82132938" name="name51606918613c3ceab" descr="PISOYU_distribution_map.jpg"/>
+            <wp:docPr id="17748376" name="name8037694de26a3d7bc" descr="PISOYU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOYU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48456918613c3cea8" cstate="print"/>
+                    <a:blip r:embed="rId6642694de26a3d7b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1614,51 +1614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84836918613c3d5aa" w:history="1">
+      <w:hyperlink r:id="rId6794694de26a3df0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2339,51 +2339,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94696918613c3dad3" w:history="1">
+      <w:hyperlink r:id="rId7937694de26a3e3f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58866918613c3df6a" w:history="1">
+      <w:hyperlink r:id="rId6355694de26a3e8aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3156,51 +3156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98386918613c3dfe9" w:history="1">
+      <w:hyperlink r:id="rId9146694de26a3e929" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3295,51 +3295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33906918613c3e0ca" w:history="1">
+      <w:hyperlink r:id="rId8627694de26a3ea0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3352,63 +3352,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25921734" name="name57136918613c3e15e" descr="eu_funding_250.png"/>
+            <wp:docPr id="84907357" name="name9171694de26a3ed73" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86506918613c3e15d" cstate="print"/>
+                    <a:blip r:embed="rId1844694de26a3ed72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3506,137 +3506,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46254583">
+  <w:abstractNum w:abstractNumId="48652133">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61777564">
+    <w:lvl w:ilvl="0" w:tplc="45759914">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61777564" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45759914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46254582">
+  <w:abstractNum w:abstractNumId="48652132">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89999741">
+    <w:lvl w:ilvl="0" w:tplc="83777090">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4388,55 +4388,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46254582">
-    <w:abstractNumId w:val="46254582"/>
+  <w:num w:numId="48652132">
+    <w:abstractNumId w:val="48652132"/>
   </w:num>
-  <w:num w:numId="46254583">
-    <w:abstractNumId w:val="46254583"/>
+  <w:num w:numId="48652133">
+    <w:abstractNumId w:val="48652133"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15986,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId845998127" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId566191987" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18846918613c3bb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId36686918613c3bb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId29276918613c3c17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId84836918613c3d5aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId94696918613c3dad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId58866918613c3df6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId98386918613c3dfe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId33906918613c3e0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79676918613c3c0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79676918613c3c0aa.jpg"/><Relationship Id="rId48456918613c3cea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48456918613c3cea8.jpg"/><Relationship Id="rId86506918613c3e15d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86506918613c3e15d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId818312768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500235206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2402694de26a3be9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId2119694de26a3bee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId7274694de26a3c6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId6794694de26a3df0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId7937694de26a3e3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId6355694de26a3e8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId9146694de26a3e929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId8627694de26a3ea0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5171694de26a3c58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5171694de26a3c58d.jpg"/><Relationship Id="rId6642694de26a3d7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6642694de26a3d7b9.jpg"/><Relationship Id="rId1844694de26a3ed72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1844694de26a3ed72.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>