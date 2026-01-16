--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2402694de26a3be9c" w:history="1">
+            <w:hyperlink r:id="rId57746969d084b7dad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2119694de26a3bee2" w:history="1">
+            <w:hyperlink r:id="rId52786969d084b7e03" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80216859" name="name2099694de26a3c58f" descr="12864.jpg"/>
+                  <wp:docPr id="8639293" name="name72296969d084b8411" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5171694de26a3c58d" cstate="print"/>
+                          <a:blip r:embed="rId54566969d084b840f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7274694de26a3c6b4" w:history="1">
+            <w:hyperlink r:id="rId27146969d084b853c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17748376" name="name8037694de26a3d7bc" descr="PISOYU_distribution_map.jpg"/>
+            <wp:docPr id="93595330" name="name55006969d084b931f" descr="PISOYU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOYU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6642694de26a3d7b9" cstate="print"/>
+                    <a:blip r:embed="rId14426969d084b931d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1614,51 +1614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6794694de26a3df0e" w:history="1">
+      <w:hyperlink r:id="rId62486969d084b9a0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2339,51 +2339,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7937694de26a3e3f4" w:history="1">
+      <w:hyperlink r:id="rId25286969d084b9ec6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6355694de26a3e8aa" w:history="1">
+      <w:hyperlink r:id="rId77116969d084ba350" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3156,51 +3156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9146694de26a3e929" w:history="1">
+      <w:hyperlink r:id="rId26856969d084ba3cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3273,73 +3273,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8627694de26a3ea0d" w:history="1">
+      <w:hyperlink r:id="rId17576969d084ba4ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3352,63 +3352,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84907357" name="name9171694de26a3ed73" descr="eu_funding_250.png"/>
+            <wp:docPr id="59986579" name="name99906969d084ba655" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1844694de26a3ed72" cstate="print"/>
+                    <a:blip r:embed="rId32476969d084ba654" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3506,137 +3506,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48652133">
+  <w:abstractNum w:abstractNumId="67396028">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45759914">
+    <w:lvl w:ilvl="0" w:tplc="52715495">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45759914" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52715495" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48652132">
+  <w:abstractNum w:abstractNumId="67396027">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83777090">
+    <w:lvl w:ilvl="0" w:tplc="29371716">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4388,55 +4388,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48652132">
-    <w:abstractNumId w:val="48652132"/>
+  <w:num w:numId="67396027">
+    <w:abstractNumId w:val="67396027"/>
   </w:num>
-  <w:num w:numId="48652133">
-    <w:abstractNumId w:val="48652133"/>
+  <w:num w:numId="67396028">
+    <w:abstractNumId w:val="67396028"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15986,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId818312768" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId500235206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2402694de26a3be9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId2119694de26a3bee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId7274694de26a3c6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId6794694de26a3df0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId7937694de26a3e3f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId6355694de26a3e8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId9146694de26a3e929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId8627694de26a3ea0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5171694de26a3c58d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5171694de26a3c58d.jpg"/><Relationship Id="rId6642694de26a3d7b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6642694de26a3d7b9.jpg"/><Relationship Id="rId1844694de26a3ed72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1844694de26a3ed72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId993263998" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159979523" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57746969d084b7dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId52786969d084b7e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId27146969d084b853c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId62486969d084b9a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId25286969d084b9ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId77116969d084ba350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId26856969d084ba3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId17576969d084ba4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54566969d084b840f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54566969d084b840f.jpg"/><Relationship Id="rId14426969d084b931d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14426969d084b931d.jpg"/><Relationship Id="rId32476969d084ba654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32476969d084ba654.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>