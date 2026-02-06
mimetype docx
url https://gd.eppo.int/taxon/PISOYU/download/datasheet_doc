--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57746969d084b7dad" w:history="1">
+            <w:hyperlink r:id="rId14686985cd4a56d65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52786969d084b7e03" w:history="1">
+            <w:hyperlink r:id="rId95246985cd4a56da8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8639293" name="name72296969d084b8411" descr="12864.jpg"/>
+                  <wp:docPr id="46190930" name="name78136985cd4a572d2" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54566969d084b840f" cstate="print"/>
+                          <a:blip r:embed="rId10736985cd4a572d0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27146969d084b853c" w:history="1">
+            <w:hyperlink r:id="rId92646985cd4a573ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -753,100 +753,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1999; Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Guizhou, Sichuan, Yunnan)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1614,51 +1582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62486969d084b9a0f" w:history="1">
+      <w:hyperlink r:id="rId34036985cd4a57e69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2339,51 +2307,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25286969d084b9ec6" w:history="1">
+      <w:hyperlink r:id="rId60786985cd4a5833d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3077,51 +3045,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77116969d084ba350" w:history="1">
+      <w:hyperlink r:id="rId28576985cd4a587ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3156,51 +3124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26856969d084ba3cc" w:history="1">
+      <w:hyperlink r:id="rId82566985cd4a5886c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3295,51 +3263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17576969d084ba4ad" w:history="1">
+      <w:hyperlink r:id="rId53386985cd4a58950" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3352,63 +3320,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59986579" name="name99906969d084ba655" descr="eu_funding_250.png"/>
+            <wp:docPr id="58701718" name="name27196985cd4a589da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32476969d084ba654" cstate="print"/>
+                    <a:blip r:embed="rId60686985cd4a589d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3506,137 +3474,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67396028">
+  <w:abstractNum w:abstractNumId="18338814">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52715495">
+    <w:lvl w:ilvl="0" w:tplc="96697402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52715495" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96697402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67396027">
+  <w:abstractNum w:abstractNumId="18338813">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29371716">
+    <w:lvl w:ilvl="0" w:tplc="79534851">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4388,55 +4356,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67396027">
-    <w:abstractNumId w:val="67396027"/>
+  <w:num w:numId="18338813">
+    <w:abstractNumId w:val="18338813"/>
   </w:num>
-  <w:num w:numId="67396028">
-    <w:abstractNumId w:val="67396028"/>
+  <w:num w:numId="18338814">
+    <w:abstractNumId w:val="18338814"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15986,51 +15954,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId993263998" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159979523" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57746969d084b7dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId52786969d084b7e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId27146969d084b853c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId62486969d084b9a0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId25286969d084b9ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId77116969d084ba350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId26856969d084ba3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId17576969d084ba4ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId54566969d084b840f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54566969d084b840f.jpg"/><Relationship Id="rId14426969d084b931d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14426969d084b931d.jpg"/><Relationship Id="rId32476969d084ba654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32476969d084ba654.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId284007348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679751037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14686985cd4a56d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId95246985cd4a56da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId92646985cd4a573ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId34036985cd4a57e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId60786985cd4a5833d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId28576985cd4a587ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId82566985cd4a5886c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId53386985cd4a58950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10736985cd4a572d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10736985cd4a572d0.jpg"/><Relationship Id="rId60686985cd4a589d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60686985cd4a589d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>