--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14686985cd4a56d65" w:history="1">
+            <w:hyperlink r:id="rId311969a09545e5d73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95246985cd4a56da8" w:history="1">
+            <w:hyperlink r:id="rId447469a09545e5db6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46190930" name="name78136985cd4a572d2" descr="12864.jpg"/>
+                  <wp:docPr id="2236149" name="name954969a09545e6415" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10736985cd4a572d0" cstate="print"/>
+                          <a:blip r:embed="rId139969a09545e6413" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92646985cd4a573ca" w:history="1">
+            <w:hyperlink r:id="rId139069a09545e6554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -753,68 +753,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1999; Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="43197471" name="name952569a09545e73f3" descr="PISOYU_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="PISOYU_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId112469a09545e73f0" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Guizhou, Sichuan, Yunnan)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1582,51 +1614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34036985cd4a57e69" w:history="1">
+      <w:hyperlink r:id="rId558369a09545e7b23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2307,51 +2339,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60786985cd4a5833d" w:history="1">
+      <w:hyperlink r:id="rId879769a09545e7fe2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3045,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28576985cd4a587ec" w:history="1">
+      <w:hyperlink r:id="rId348469a09545e84a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3124,51 +3156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82566985cd4a5886c" w:history="1">
+      <w:hyperlink r:id="rId366569a09545e8521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3263,51 +3295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53386985cd4a58950" w:history="1">
+      <w:hyperlink r:id="rId956069a09545e8607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3320,63 +3352,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58701718" name="name27196985cd4a589da" descr="eu_funding_250.png"/>
+            <wp:docPr id="77810343" name="name633869a09545e86f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60686985cd4a589d9" cstate="print"/>
+                    <a:blip r:embed="rId244269a09545e86f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3474,137 +3506,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18338814">
+  <w:abstractNum w:abstractNumId="50561221">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96697402">
+    <w:lvl w:ilvl="0" w:tplc="93240455">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96697402" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93240455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18338813">
+  <w:abstractNum w:abstractNumId="50561220">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79534851">
+    <w:lvl w:ilvl="0" w:tplc="77624986">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4356,55 +4388,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18338813">
-    <w:abstractNumId w:val="18338813"/>
+  <w:num w:numId="50561220">
+    <w:abstractNumId w:val="50561220"/>
   </w:num>
-  <w:num w:numId="18338814">
-    <w:abstractNumId w:val="18338814"/>
+  <w:num w:numId="50561221">
+    <w:abstractNumId w:val="50561221"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15954,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId284007348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679751037" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14686985cd4a56d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId95246985cd4a56da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId92646985cd4a573ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId34036985cd4a57e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId60786985cd4a5833d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId28576985cd4a587ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId82566985cd4a5886c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId53386985cd4a58950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10736985cd4a572d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10736985cd4a572d0.jpg"/><Relationship Id="rId60686985cd4a589d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60686985cd4a589d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186887607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839825550" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId311969a09545e5d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId447469a09545e5db6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId139069a09545e6554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId558369a09545e7b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId879769a09545e7fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId348469a09545e84a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId366569a09545e8521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId956069a09545e8607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId139969a09545e6413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139969a09545e6413.jpg"/><Relationship Id="rId112469a09545e73f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId112469a09545e73f0.jpg"/><Relationship Id="rId244269a09545e86f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244269a09545e86f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>