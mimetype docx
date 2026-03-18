--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yunnan pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311969a09545e5d73" w:history="1">
+            <w:hyperlink r:id="rId993769bb3727ce567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447469a09545e5db6" w:history="1">
+            <w:hyperlink r:id="rId151669bb3727ce5b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOYU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2236149" name="name954969a09545e6415" descr="12864.jpg"/>
+                  <wp:docPr id="19988780" name="name649769bb3727ceb10" descr="12864.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12864.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId139969a09545e6413" cstate="print"/>
+                          <a:blip r:embed="rId261669bb3727ceb0e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId139069a09545e6554" w:history="1">
+            <w:hyperlink r:id="rId292169bb3727cec2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -758,63 +758,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43197471" name="name952569a09545e73f3" descr="PISOYU_distribution_map.jpg"/>
+            <wp:docPr id="77650339" name="name588569bb3727cfcdd" descr="PISOYU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOYU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId112469a09545e73f0" cstate="print"/>
+                    <a:blip r:embed="rId135669bb3727cfcda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1614,51 +1614,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1999) for adult diagnosis or Williams and Langor (2011) for identification of mature larvae. DNA barcodes can be used to confirm identity of this species (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2007; GenBank: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558369a09545e7b23" w:history="1">
+      <w:hyperlink r:id="rId738369bb3727d044a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2339,51 +2339,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 102-110 [In Mandarin].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879769a09545e7fe2" w:history="1">
+      <w:hyperlink r:id="rId705069bb3727d08ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3077,51 +3077,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348469a09545e84a0" w:history="1">
+      <w:hyperlink r:id="rId221069bb3727d0d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41494</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3156,51 +3156,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366569a09545e8521" w:history="1">
+      <w:hyperlink r:id="rId126669bb3727d0e0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 June 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3295,51 +3295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes yunnanensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId956069a09545e8607" w:history="1">
+      <w:hyperlink r:id="rId972569bb3727d0ef1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3352,63 +3352,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77810343" name="name633869a09545e86f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="34107277" name="name553369bb3727d0f9f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId244269a09545e86f8" cstate="print"/>
+                    <a:blip r:embed="rId406969bb3727d0f9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3506,137 +3506,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50561221">
+  <w:abstractNum w:abstractNumId="39144225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93240455">
+    <w:lvl w:ilvl="0" w:tplc="89091126">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93240455" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89091126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50561220">
+  <w:abstractNum w:abstractNumId="39144224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77624986">
+    <w:lvl w:ilvl="0" w:tplc="87798665">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4388,55 +4388,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50561220">
-    <w:abstractNumId w:val="50561220"/>
+  <w:num w:numId="39144224">
+    <w:abstractNumId w:val="39144224"/>
   </w:num>
-  <w:num w:numId="50561221">
-    <w:abstractNumId w:val="50561221"/>
+  <w:num w:numId="39144225">
+    <w:abstractNumId w:val="39144225"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15986,51 +15986,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186887607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId839825550" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId311969a09545e5d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId447469a09545e5db6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId139069a09545e6554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId558369a09545e7b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId879769a09545e7fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId348469a09545e84a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId366569a09545e8521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId956069a09545e8607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId139969a09545e6413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139969a09545e6413.jpg"/><Relationship Id="rId112469a09545e73f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId112469a09545e73f0.jpg"/><Relationship Id="rId244269a09545e86f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244269a09545e86f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId735199864" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId916971548" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId993769bb3727ce567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/" TargetMode="External"/><Relationship Id="rId151669bb3727ce5b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/categorization" TargetMode="External"/><Relationship Id="rId292169bb3727cec2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOYU/photos" TargetMode="External"/><Relationship Id="rId738369bb3727d044a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId705069bb3727d08ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId221069bb3727d0d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41494" TargetMode="External"/><Relationship Id="rId126669bb3727d0e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId972569bb3727d0ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId261669bb3727ceb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261669bb3727ceb0e.jpg"/><Relationship Id="rId135669bb3727cfcda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId135669bb3727cfcda.jpg"/><Relationship Id="rId406969bb3727d0f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406969bb3727d0f9d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>