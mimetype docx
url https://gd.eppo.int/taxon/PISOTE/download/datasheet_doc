--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526268e03e0d15c73" w:history="1">
+            <w:hyperlink r:id="rId757668fcd23685c4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321968e03e0d15cde" w:history="1">
+            <w:hyperlink r:id="rId462668fcd23685cc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58441875" name="name293268e03e0d15dc3" descr="14895.jpg"/>
+                  <wp:docPr id="54094987" name="name900668fcd2368649c" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId610468e03e0d15dc2" cstate="print"/>
+                          <a:blip r:embed="rId391168fcd2368649a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId263568e03e0d15ef1" w:history="1">
+            <w:hyperlink r:id="rId662668fcd23686590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90639806" name="name372668e03e0d16ff8" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="57456469" name="name405868fcd23687622" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId729668e03e0d16ff5" cstate="print"/>
+                    <a:blip r:embed="rId431868fcd2368761f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903068e03e0d181d2" w:history="1">
+      <w:hyperlink r:id="rId739768fcd2368874c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476768e03e0d18235" w:history="1">
+      <w:hyperlink r:id="rId530168fcd236887af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4505,51 +4505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977368e03e0d189dc" w:history="1">
+      <w:hyperlink r:id="rId714468fcd23688f5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612968e03e0d18b63" w:history="1">
+      <w:hyperlink r:id="rId501668fcd236890d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8926526" name="name122668e03e0d18bcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="61800000" name="name235968fcd23689150" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId882668e03e0d18bcc" cstate="print"/>
+                    <a:blip r:embed="rId298168fcd2368914f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75036892">
+  <w:abstractNum w:abstractNumId="44716911">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94817524">
+    <w:lvl w:ilvl="0" w:tplc="71210575">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94817524" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71210575" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75036891">
+  <w:abstractNum w:abstractNumId="44716910">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13279453">
+    <w:lvl w:ilvl="0" w:tplc="96300076">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75036891">
-    <w:abstractNumId w:val="75036891"/>
+  <w:num w:numId="44716910">
+    <w:abstractNumId w:val="44716910"/>
   </w:num>
-  <w:num w:numId="75036892">
-    <w:abstractNumId w:val="75036892"/>
+  <w:num w:numId="44716911">
+    <w:abstractNumId w:val="44716911"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId388831336" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId208895344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId526268e03e0d15c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId321968e03e0d15cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId263568e03e0d15ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId903068e03e0d181d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId476768e03e0d18235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId977368e03e0d189dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId612968e03e0d18b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId610468e03e0d15dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId610468e03e0d15dc2.jpg"/><Relationship Id="rId729668e03e0d16ff5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId729668e03e0d16ff5.jpg"/><Relationship Id="rId882668e03e0d18bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId882668e03e0d18bcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId615275359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721545333" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId757668fcd23685c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId462668fcd23685cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId662668fcd23686590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId739768fcd2368874c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId530168fcd236887af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId714468fcd23688f5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId501668fcd236890d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId391168fcd2368649a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391168fcd2368649a.jpg"/><Relationship Id="rId431868fcd2368761f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431868fcd2368761f.jpg"/><Relationship Id="rId298168fcd2368914f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId298168fcd2368914f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>