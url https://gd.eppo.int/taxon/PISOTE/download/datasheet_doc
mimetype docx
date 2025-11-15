--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId757668fcd23685c4c" w:history="1">
+            <w:hyperlink r:id="rId34846918613894675" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462668fcd23685cc0" w:history="1">
+            <w:hyperlink r:id="rId545869186138946ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54094987" name="name900668fcd2368649c" descr="14895.jpg"/>
+                  <wp:docPr id="80385953" name="name43926918613894db3" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId391168fcd2368649a" cstate="print"/>
+                          <a:blip r:embed="rId61336918613894db1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId662668fcd23686590" w:history="1">
+            <w:hyperlink r:id="rId61926918613894e78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57456469" name="name405868fcd23687622" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="49092943" name="name22996918613895dcf" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId431868fcd2368761f" cstate="print"/>
+                    <a:blip r:embed="rId39526918613895dcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739768fcd2368874c" w:history="1">
+      <w:hyperlink r:id="rId90426918613896f11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530168fcd236887af" w:history="1">
+      <w:hyperlink r:id="rId92636918613896f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4505,51 +4505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714468fcd23688f5a" w:history="1">
+      <w:hyperlink r:id="rId17906918613897713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501668fcd236890d4" w:history="1">
+      <w:hyperlink r:id="rId91976918613897885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61800000" name="name235968fcd23689150" descr="eu_funding_250.png"/>
+            <wp:docPr id="98400249" name="name75876918613897902" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId298168fcd2368914f" cstate="print"/>
+                    <a:blip r:embed="rId52976918613897901" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44716911">
+  <w:abstractNum w:abstractNumId="73936613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71210575">
+    <w:lvl w:ilvl="0" w:tplc="31191220">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71210575" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31191220" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44716910">
+  <w:abstractNum w:abstractNumId="73936612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96300076">
+    <w:lvl w:ilvl="0" w:tplc="87854804">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44716910">
-    <w:abstractNumId w:val="44716910"/>
+  <w:num w:numId="73936612">
+    <w:abstractNumId w:val="73936612"/>
   </w:num>
-  <w:num w:numId="44716911">
-    <w:abstractNumId w:val="44716911"/>
+  <w:num w:numId="73936613">
+    <w:abstractNumId w:val="73936613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId615275359" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId721545333" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId757668fcd23685c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId462668fcd23685cc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId662668fcd23686590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId739768fcd2368874c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId530168fcd236887af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId714468fcd23688f5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId501668fcd236890d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId391168fcd2368649a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391168fcd2368649a.jpg"/><Relationship Id="rId431868fcd2368761f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId431868fcd2368761f.jpg"/><Relationship Id="rId298168fcd2368914f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId298168fcd2368914f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId920474675" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209536629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34846918613894675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId545869186138946ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId61926918613894e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId90426918613896f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId92636918613896f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId17906918613897713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91976918613897885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId61336918613894db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61336918613894db1.jpg"/><Relationship Id="rId39526918613895dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39526918613895dcc.jpg"/><Relationship Id="rId52976918613897901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52976918613897901.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>