--- v2 (2025-11-15)
+++ v3 (2025-12-28)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34846918613894675" w:history="1">
+            <w:hyperlink r:id="rId19926950b11d7ea8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId545869186138946ea" w:history="1">
+            <w:hyperlink r:id="rId81646950b11d7eaf8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80385953" name="name43926918613894db3" descr="14895.jpg"/>
+                  <wp:docPr id="15858176" name="name14776950b11d7f301" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61336918613894db1" cstate="print"/>
+                          <a:blip r:embed="rId17816950b11d7f2ff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId61926918613894e78" w:history="1">
+            <w:hyperlink r:id="rId84736950b11d7f41f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49092943" name="name22996918613895dcf" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="24035769" name="name70116950b11d8043f" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39526918613895dcc" cstate="print"/>
+                    <a:blip r:embed="rId16896950b11d8043d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90426918613896f11" w:history="1">
+      <w:hyperlink r:id="rId55646950b11d815bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92636918613896f73" w:history="1">
+      <w:hyperlink r:id="rId26266950b11d8161e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4505,51 +4505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17906918613897713" w:history="1">
+      <w:hyperlink r:id="rId41526950b11d81dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91976918613897885" w:history="1">
+      <w:hyperlink r:id="rId56636950b11d81f67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98400249" name="name75876918613897902" descr="eu_funding_250.png"/>
+            <wp:docPr id="4366626" name="name64396950b11d81fc9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52976918613897901" cstate="print"/>
+                    <a:blip r:embed="rId61186950b11d81fc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73936613">
+  <w:abstractNum w:abstractNumId="99300977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31191220">
+    <w:lvl w:ilvl="0" w:tplc="91090165">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31191220" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91090165" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73936612">
+  <w:abstractNum w:abstractNumId="99300976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87854804">
+    <w:lvl w:ilvl="0" w:tplc="81884010">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73936612">
-    <w:abstractNumId w:val="73936612"/>
+  <w:num w:numId="99300976">
+    <w:abstractNumId w:val="99300976"/>
   </w:num>
-  <w:num w:numId="73936613">
-    <w:abstractNumId w:val="73936613"/>
+  <w:num w:numId="99300977">
+    <w:abstractNumId w:val="99300977"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId920474675" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209536629" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34846918613894675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId545869186138946ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId61926918613894e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId90426918613896f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId92636918613896f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId17906918613897713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91976918613897885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId61336918613894db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61336918613894db1.jpg"/><Relationship Id="rId39526918613895dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39526918613895dcc.jpg"/><Relationship Id="rId52976918613897901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52976918613897901.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId521460214" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339933198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19926950b11d7ea8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId81646950b11d7eaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId84736950b11d7f41f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId55646950b11d815bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId26266950b11d8161e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId41526950b11d81dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56636950b11d81f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId17816950b11d7f2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17816950b11d7f2ff.jpg"/><Relationship Id="rId16896950b11d8043d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16896950b11d8043d.jpg"/><Relationship Id="rId61186950b11d81fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61186950b11d81fc8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>