--- v3 (2025-12-28)
+++ v4 (2026-01-18)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19926950b11d7ea8e" w:history="1">
+            <w:hyperlink r:id="rId5534696c249e5a578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81646950b11d7eaf8" w:history="1">
+            <w:hyperlink r:id="rId7679696c249e5a5c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15858176" name="name14776950b11d7f301" descr="14895.jpg"/>
+                  <wp:docPr id="2507328" name="name1653696c249e5aa01" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17816950b11d7f2ff" cstate="print"/>
+                          <a:blip r:embed="rId5180696c249e5a9ff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId84736950b11d7f41f" w:history="1">
+            <w:hyperlink r:id="rId3104696c249e5aab7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24035769" name="name70116950b11d8043f" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="97662790" name="name1406696c249e5b59d" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16896950b11d8043d" cstate="print"/>
+                    <a:blip r:embed="rId6783696c249e5b59b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55646950b11d815bc" w:history="1">
+      <w:hyperlink r:id="rId1168696c249e5c228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26266950b11d8161e" w:history="1">
+      <w:hyperlink r:id="rId3931696c249e5c26f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4483,73 +4483,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41526950b11d81dda" w:history="1">
+      <w:hyperlink r:id="rId7802696c249e5c7ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56636950b11d81f67" w:history="1">
+      <w:hyperlink r:id="rId5011696c249e5c8d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4366626" name="name64396950b11d81fc9" descr="eu_funding_250.png"/>
+            <wp:docPr id="1090436" name="name7271696c249e5dbe1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61186950b11d81fc8" cstate="print"/>
+                    <a:blip r:embed="rId6117696c249e5dbdf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99300977">
+  <w:abstractNum w:abstractNumId="83757250">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91090165">
+    <w:lvl w:ilvl="0" w:tplc="47590877">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91090165" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47590877" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99300976">
+  <w:abstractNum w:abstractNumId="83757249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81884010">
+    <w:lvl w:ilvl="0" w:tplc="42748993">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99300976">
-    <w:abstractNumId w:val="99300976"/>
+  <w:num w:numId="83757249">
+    <w:abstractNumId w:val="83757249"/>
   </w:num>
-  <w:num w:numId="99300977">
-    <w:abstractNumId w:val="99300977"/>
+  <w:num w:numId="83757250">
+    <w:abstractNumId w:val="83757250"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId521460214" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339933198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId19926950b11d7ea8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId81646950b11d7eaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId84736950b11d7f41f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId55646950b11d815bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId26266950b11d8161e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId41526950b11d81dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56636950b11d81f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId17816950b11d7f2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17816950b11d7f2ff.jpg"/><Relationship Id="rId16896950b11d8043d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16896950b11d8043d.jpg"/><Relationship Id="rId61186950b11d81fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61186950b11d81fc8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101417409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288759175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5534696c249e5a578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId7679696c249e5a5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId3104696c249e5aab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId1168696c249e5c228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3931696c249e5c26f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId7802696c249e5c7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5011696c249e5c8d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId5180696c249e5a9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5180696c249e5a9ff.jpg"/><Relationship Id="rId6783696c249e5b59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6783696c249e5b59b.jpg"/><Relationship Id="rId6117696c249e5dbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6117696c249e5dbdf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>