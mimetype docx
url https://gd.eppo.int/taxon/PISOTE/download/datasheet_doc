--- v4 (2026-01-18)
+++ v5 (2026-02-11)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5534696c249e5a578" w:history="1">
+            <w:hyperlink r:id="rId7994698c3ed9cd4c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7679696c249e5a5c5" w:history="1">
+            <w:hyperlink r:id="rId5357698c3ed9cd52f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2507328" name="name1653696c249e5aa01" descr="14895.jpg"/>
+                  <wp:docPr id="50006771" name="name4631698c3ed9cdba8" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5180696c249e5a9ff" cstate="print"/>
+                          <a:blip r:embed="rId5461698c3ed9cdba5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3104696c249e5aab7" w:history="1">
+            <w:hyperlink r:id="rId5853698c3ed9cdce7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97662790" name="name1406696c249e5b59d" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="1643687" name="name4019698c3ed9cebc1" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6783696c249e5b59b" cstate="print"/>
+                    <a:blip r:embed="rId6459698c3ed9cebbe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1168696c249e5c228" w:history="1">
+      <w:hyperlink r:id="rId7625698c3ed9d02c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3931696c249e5c26f" w:history="1">
+      <w:hyperlink r:id="rId8990698c3ed9d0344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4505,51 +4505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7802696c249e5c7ca" w:history="1">
+      <w:hyperlink r:id="rId9241698c3ed9d0bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5011696c249e5c8d2" w:history="1">
+      <w:hyperlink r:id="rId1766698c3ed9d0d9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1090436" name="name7271696c249e5dbe1" descr="eu_funding_250.png"/>
+            <wp:docPr id="49863230" name="name6897698c3ed9d0e4f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6117696c249e5dbdf" cstate="print"/>
+                    <a:blip r:embed="rId1820698c3ed9d0e4d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83757250">
+  <w:abstractNum w:abstractNumId="55729822">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47590877">
+    <w:lvl w:ilvl="0" w:tplc="92429136">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47590877" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92429136" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83757249">
+  <w:abstractNum w:abstractNumId="55729821">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42748993">
+    <w:lvl w:ilvl="0" w:tplc="55978990">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83757249">
-    <w:abstractNumId w:val="83757249"/>
+  <w:num w:numId="55729821">
+    <w:abstractNumId w:val="55729821"/>
   </w:num>
-  <w:num w:numId="83757250">
-    <w:abstractNumId w:val="83757250"/>
+  <w:num w:numId="55729822">
+    <w:abstractNumId w:val="55729822"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101417409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId288759175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5534696c249e5a578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId7679696c249e5a5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId3104696c249e5aab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId1168696c249e5c228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3931696c249e5c26f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId7802696c249e5c7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5011696c249e5c8d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId5180696c249e5a9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5180696c249e5a9ff.jpg"/><Relationship Id="rId6783696c249e5b59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6783696c249e5b59b.jpg"/><Relationship Id="rId6117696c249e5dbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6117696c249e5dbdf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320025416" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493676337" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7994698c3ed9cd4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId5357698c3ed9cd52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId5853698c3ed9cdce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId7625698c3ed9d02c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8990698c3ed9d0344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId9241698c3ed9d0bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1766698c3ed9d0d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId5461698c3ed9cdba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5461698c3ed9cdba5.jpg"/><Relationship Id="rId6459698c3ed9cebbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6459698c3ed9cebbe.jpg"/><Relationship Id="rId1820698c3ed9d0e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1820698c3ed9d0e4d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>