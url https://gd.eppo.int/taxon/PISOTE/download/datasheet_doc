--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7994698c3ed9cd4c4" w:history="1">
+            <w:hyperlink r:id="rId310469a6c66f7ce94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5357698c3ed9cd52f" w:history="1">
+            <w:hyperlink r:id="rId414069a6c66f7cefe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50006771" name="name4631698c3ed9cdba8" descr="14895.jpg"/>
+                  <wp:docPr id="37976358" name="name493669a6c66f7d47b" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5461698c3ed9cdba5" cstate="print"/>
+                          <a:blip r:embed="rId307369a6c66f7d478" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5853698c3ed9cdce7" w:history="1">
+            <w:hyperlink r:id="rId730969a6c66f7d5a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1643687" name="name4019698c3ed9cebc1" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="32638923" name="name565469a6c66f7e34e" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6459698c3ed9cebbe" cstate="print"/>
+                    <a:blip r:embed="rId207369a6c66f7e34b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7625698c3ed9d02c9" w:history="1">
+      <w:hyperlink r:id="rId893469a6c66f7f522" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8990698c3ed9d0344" w:history="1">
+      <w:hyperlink r:id="rId441069a6c66f7f586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4505,51 +4505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9241698c3ed9d0bf2" w:history="1">
+      <w:hyperlink r:id="rId200069a6c66f7fd48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1766698c3ed9d0d9b" w:history="1">
+      <w:hyperlink r:id="rId465869a6c66f7fedd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49863230" name="name6897698c3ed9d0e4f" descr="eu_funding_250.png"/>
+            <wp:docPr id="8348622" name="name224069a6c66f80073" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1820698c3ed9d0e4d" cstate="print"/>
+                    <a:blip r:embed="rId217869a6c66f80071" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55729822">
+  <w:abstractNum w:abstractNumId="28533093">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92429136">
+    <w:lvl w:ilvl="0" w:tplc="38209306">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92429136" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38209306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55729821">
+  <w:abstractNum w:abstractNumId="28533092">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55978990">
+    <w:lvl w:ilvl="0" w:tplc="89341410">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55729821">
-    <w:abstractNumId w:val="55729821"/>
+  <w:num w:numId="28533092">
+    <w:abstractNumId w:val="28533092"/>
   </w:num>
-  <w:num w:numId="55729822">
-    <w:abstractNumId w:val="55729822"/>
+  <w:num w:numId="28533093">
+    <w:abstractNumId w:val="28533093"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId320025416" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId493676337" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7994698c3ed9cd4c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId5357698c3ed9cd52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId5853698c3ed9cdce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId7625698c3ed9d02c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8990698c3ed9d0344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId9241698c3ed9d0bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1766698c3ed9d0d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId5461698c3ed9cdba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5461698c3ed9cdba5.jpg"/><Relationship Id="rId6459698c3ed9cebbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6459698c3ed9cebbe.jpg"/><Relationship Id="rId1820698c3ed9d0e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1820698c3ed9d0e4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId266907728" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId598836227" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId310469a6c66f7ce94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId414069a6c66f7cefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId730969a6c66f7d5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId893469a6c66f7f522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId441069a6c66f7f586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId200069a6c66f7fd48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId465869a6c66f7fedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId307369a6c66f7d478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId307369a6c66f7d478.jpg"/><Relationship Id="rId207369a6c66f7e34b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId207369a6c66f7e34b.jpg"/><Relationship Id="rId217869a6c66f80071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217869a6c66f80071.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>