--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> lodgepole terminal weevil, lodgepole-pine terminal weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310469a6c66f7ce94" w:history="1">
+            <w:hyperlink r:id="rId507769c15ab830c48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414069a6c66f7cefe" w:history="1">
+            <w:hyperlink r:id="rId486469c15ab830cb3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37976358" name="name493669a6c66f7d47b" descr="14895.jpg"/>
+                  <wp:docPr id="48308365" name="name322569c15ab831288" descr="14895.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14895.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId307369a6c66f7d478" cstate="print"/>
+                          <a:blip r:embed="rId111169c15ab831287" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId730969a6c66f7d5a8" w:history="1">
+            <w:hyperlink r:id="rId294469c15ab8313ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -741,63 +741,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This weevil species is distributed in the western half of the United States of America and Canada, ranging from southern parts of both Yukon and the Northwest Territories in the north, to California, Utah and Colorado in the south. Its distribution follows that of lodgepole pine, but it also occurs in the boreal forest in Alberta, Saskatchewan and Manitoba where the host is jack pine and its hybrids.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32638923" name="name565469a6c66f7e34e" descr="PISOTE_distribution_map.jpg"/>
+            <wp:docPr id="24042243" name="name764369c15ab83253c" descr="PISOTE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOTE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId207369a6c66f7e34b" cstate="print"/>
+                    <a:blip r:embed="rId571569c15ab832538" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3228,51 +3228,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893469a6c66f7f522" w:history="1">
+      <w:hyperlink r:id="rId786769c15ab833755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3287,51 +3287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUFORGEN (2023) Species - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus banksiana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. European Forest Genetic Resources Programme. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441069a6c66f7f586" w:history="1">
+      <w:hyperlink r:id="rId363069c15ab8337cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.euforgen.org/species/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4505,51 +4505,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes terminalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId200069a6c66f7fd48" w:history="1">
+      <w:hyperlink r:id="rId176669c15ab833fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4740,90 +4740,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465869a6c66f7fedd" w:history="1">
+      <w:hyperlink r:id="rId355969c15ab834114" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8348622" name="name224069a6c66f80073" descr="eu_funding_250.png"/>
+            <wp:docPr id="3868990" name="name806969c15ab8341c8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId217869a6c66f80071" cstate="print"/>
+                    <a:blip r:embed="rId408769c15ab8341c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4921,137 +4921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28533093">
+  <w:abstractNum w:abstractNumId="95986757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38209306">
+    <w:lvl w:ilvl="0" w:tplc="79620456">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38209306" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79620456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28533092">
+  <w:abstractNum w:abstractNumId="95986756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89341410">
+    <w:lvl w:ilvl="0" w:tplc="89743715">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5803,55 +5803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28533092">
-    <w:abstractNumId w:val="28533092"/>
+  <w:num w:numId="95986756">
+    <w:abstractNumId w:val="95986756"/>
   </w:num>
-  <w:num w:numId="28533093">
-    <w:abstractNumId w:val="28533093"/>
+  <w:num w:numId="95986757">
+    <w:abstractNumId w:val="95986757"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17401,51 +17401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId266907728" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId598836227" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId310469a6c66f7ce94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId414069a6c66f7cefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId730969a6c66f7d5a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId893469a6c66f7f522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId441069a6c66f7f586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId200069a6c66f7fd48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId465869a6c66f7fedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId307369a6c66f7d478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId307369a6c66f7d478.jpg"/><Relationship Id="rId207369a6c66f7e34b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId207369a6c66f7e34b.jpg"/><Relationship Id="rId217869a6c66f80071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217869a6c66f80071.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId560298070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId208006789" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId507769c15ab830c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/" TargetMode="External"/><Relationship Id="rId486469c15ab830cb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/categorization" TargetMode="External"/><Relationship Id="rId294469c15ab8313ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOTE/photos" TargetMode="External"/><Relationship Id="rId786769c15ab833755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId363069c15ab8337cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euforgen.org/species/" TargetMode="External"/><Relationship Id="rId176669c15ab833fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId355969c15ab834114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId111169c15ab831287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId111169c15ab831287.jpg"/><Relationship Id="rId571569c15ab832538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571569c15ab832538.jpg"/><Relationship Id="rId408769c15ab8341c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId408769c15ab8341c7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>