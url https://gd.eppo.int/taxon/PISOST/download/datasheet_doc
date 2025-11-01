--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId777468eb20d01af9d" w:history="1">
+            <w:hyperlink r:id="rId1750690675fa58d8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610568eb20d01b014" w:history="1">
+            <w:hyperlink r:id="rId5614690675fa58e0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18640869" name="name221868eb20d01b0e4" descr="14875.jpg"/>
+                  <wp:docPr id="20926691" name="name3813690675fa58ebe" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId309068eb20d01b0e3" cstate="print"/>
+                          <a:blip r:embed="rId9478690675fa58ebd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId115868eb20d01b1fc" w:history="1">
+            <w:hyperlink r:id="rId3076690675fa58fbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27141194" name="name477668eb20d01c81b" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="16501433" name="name9777690675fa5a4a9" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId128168eb20d01c817" cstate="print"/>
+                    <a:blip r:embed="rId2978690675fa5a4a6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829668eb20d01e59c" w:history="1">
+      <w:hyperlink r:id="rId7311690675fa5c18c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId137368eb20d01f777" w:history="1">
+      <w:hyperlink r:id="rId6542690675fa5d2d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335068eb20d01fafe" w:history="1">
+      <w:hyperlink r:id="rId6687690675fa5d672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655068eb20d01fc78" w:history="1">
+      <w:hyperlink r:id="rId4563690675fa5d7f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64261926" name="name667168eb20d01fce3" descr="eu_funding_250.png"/>
+            <wp:docPr id="37944693" name="name7342690675fa5d84c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId659968eb20d01fce2" cstate="print"/>
+                    <a:blip r:embed="rId2191690675fa5d84b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27472423">
+  <w:abstractNum w:abstractNumId="26236610">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71603826">
+    <w:lvl w:ilvl="0" w:tplc="59295550">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71603826" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59295550" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27472422">
+  <w:abstractNum w:abstractNumId="26236609">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20923839">
+    <w:lvl w:ilvl="0" w:tplc="20146122">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27472422">
-    <w:abstractNumId w:val="27472422"/>
+  <w:num w:numId="26236609">
+    <w:abstractNumId w:val="26236609"/>
   </w:num>
-  <w:num w:numId="27472423">
-    <w:abstractNumId w:val="27472423"/>
+  <w:num w:numId="26236610">
+    <w:abstractNumId w:val="26236610"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId975376871" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId476768396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId777468eb20d01af9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId610568eb20d01b014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId115868eb20d01b1fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId829668eb20d01e59c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId137368eb20d01f777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId335068eb20d01fafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId655068eb20d01fc78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId309068eb20d01b0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId309068eb20d01b0e3.jpg"/><Relationship Id="rId128168eb20d01c817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId128168eb20d01c817.jpg"/><Relationship Id="rId659968eb20d01fce2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId659968eb20d01fce2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId230319830" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId798764261" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1750690675fa58d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId5614690675fa58e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId3076690675fa58fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId7311690675fa5c18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6542690675fa5d2d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId6687690675fa5d672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4563690675fa5d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId9478690675fa58ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9478690675fa58ebd.jpg"/><Relationship Id="rId2978690675fa5a4a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2978690675fa5a4a6.jpg"/><Relationship Id="rId2191690675fa5d84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2191690675fa5d84b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>