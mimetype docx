--- v1 (2025-11-01)
+++ v2 (2025-11-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1750690675fa58d8e" w:history="1">
+            <w:hyperlink r:id="rId82626925840f030d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5614690675fa58e0d" w:history="1">
+            <w:hyperlink r:id="rId93216925840f03145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20926691" name="name3813690675fa58ebe" descr="14875.jpg"/>
+                  <wp:docPr id="7528252" name="name55066925840f03247" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9478690675fa58ebd" cstate="print"/>
+                          <a:blip r:embed="rId42116925840f03246" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3076690675fa58fbb" w:history="1">
+            <w:hyperlink r:id="rId19746925840f033b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16501433" name="name9777690675fa5a4a9" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="34596490" name="name57196925840f04829" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2978690675fa5a4a6" cstate="print"/>
+                    <a:blip r:embed="rId16736925840f04826" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7311690675fa5c18c" w:history="1">
+      <w:hyperlink r:id="rId64886925840f06561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6542690675fa5d2d6" w:history="1">
+      <w:hyperlink r:id="rId77966925840f07725" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6687690675fa5d672" w:history="1">
+      <w:hyperlink r:id="rId98516925840f07ab1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4563690675fa5d7f3" w:history="1">
+      <w:hyperlink r:id="rId73306925840f07c26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37944693" name="name7342690675fa5d84c" descr="eu_funding_250.png"/>
+            <wp:docPr id="26836662" name="name37356925840f07cf1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2191690675fa5d84b" cstate="print"/>
+                    <a:blip r:embed="rId78296925840f07cf0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26236610">
+  <w:abstractNum w:abstractNumId="11303575">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59295550">
+    <w:lvl w:ilvl="0" w:tplc="36515585">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59295550" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36515585" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26236609">
+  <w:abstractNum w:abstractNumId="11303574">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20146122">
+    <w:lvl w:ilvl="0" w:tplc="71360275">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26236609">
-    <w:abstractNumId w:val="26236609"/>
+  <w:num w:numId="11303574">
+    <w:abstractNumId w:val="11303574"/>
   </w:num>
-  <w:num w:numId="26236610">
-    <w:abstractNumId w:val="26236610"/>
+  <w:num w:numId="11303575">
+    <w:abstractNumId w:val="11303575"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId230319830" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId798764261" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1750690675fa58d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId5614690675fa58e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId3076690675fa58fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId7311690675fa5c18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6542690675fa5d2d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId6687690675fa5d672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4563690675fa5d7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId9478690675fa58ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9478690675fa58ebd.jpg"/><Relationship Id="rId2978690675fa5a4a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2978690675fa5a4a6.jpg"/><Relationship Id="rId2191690675fa5d84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2191690675fa5d84b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142690200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId638597433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82626925840f030d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId93216925840f03145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId19746925840f033b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId64886925840f06561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId77966925840f07725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId98516925840f07ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73306925840f07c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId42116925840f03246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42116925840f03246.jpg"/><Relationship Id="rId16736925840f04826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16736925840f04826.jpg"/><Relationship Id="rId78296925840f07cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78296925840f07cf0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>