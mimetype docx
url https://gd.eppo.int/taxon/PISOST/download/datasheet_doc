--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82626925840f030d8" w:history="1">
+            <w:hyperlink r:id="rId35906940891859f5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93216925840f03145" w:history="1">
+            <w:hyperlink r:id="rId37996940891859fc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7528252" name="name55066925840f03247" descr="14875.jpg"/>
+                  <wp:docPr id="57458681" name="name3272694089185a7e7" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId42116925840f03246" cstate="print"/>
+                          <a:blip r:embed="rId9903694089185a7e3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId19746925840f033b0" w:history="1">
+            <w:hyperlink r:id="rId3818694089185a92e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34596490" name="name57196925840f04829" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="18995468" name="name3317694089185bf67" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16736925840f04826" cstate="print"/>
+                    <a:blip r:embed="rId6809694089185bf65" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64886925840f06561" w:history="1">
+      <w:hyperlink r:id="rId3486694089185dc9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77966925840f07725" w:history="1">
+      <w:hyperlink r:id="rId5949694089185f690" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98516925840f07ab1" w:history="1">
+      <w:hyperlink r:id="rId8482694089185fab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73306925840f07c26" w:history="1">
+      <w:hyperlink r:id="rId2424694089185fc98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26836662" name="name37356925840f07cf1" descr="eu_funding_250.png"/>
+            <wp:docPr id="54799862" name="name4869694089185ff88" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78296925840f07cf0" cstate="print"/>
+                    <a:blip r:embed="rId2150694089185ff86" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11303575">
+  <w:abstractNum w:abstractNumId="16147284">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36515585">
+    <w:lvl w:ilvl="0" w:tplc="68492976">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36515585" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68492976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11303574">
+  <w:abstractNum w:abstractNumId="16147283">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71360275">
+    <w:lvl w:ilvl="0" w:tplc="31730213">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11303574">
-    <w:abstractNumId w:val="11303574"/>
+  <w:num w:numId="16147283">
+    <w:abstractNumId w:val="16147283"/>
   </w:num>
-  <w:num w:numId="11303575">
-    <w:abstractNumId w:val="11303575"/>
+  <w:num w:numId="16147284">
+    <w:abstractNumId w:val="16147284"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142690200" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId638597433" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId82626925840f030d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId93216925840f03145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId19746925840f033b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId64886925840f06561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId77966925840f07725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId98516925840f07ab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73306925840f07c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId42116925840f03246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42116925840f03246.jpg"/><Relationship Id="rId16736925840f04826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16736925840f04826.jpg"/><Relationship Id="rId78296925840f07cf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78296925840f07cf0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId891834064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176183694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35906940891859f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId37996940891859fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId3818694089185a92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId3486694089185dc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5949694089185f690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId8482694089185fab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2424694089185fc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId9903694089185a7e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9903694089185a7e3.jpg"/><Relationship Id="rId6809694089185bf65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6809694089185bf65.jpg"/><Relationship Id="rId2150694089185ff86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2150694089185ff86.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>