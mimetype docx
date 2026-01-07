--- v3 (2025-12-15)
+++ v4 (2026-01-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35906940891859f5e" w:history="1">
+            <w:hyperlink r:id="rId3068695df5892974f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37996940891859fc9" w:history="1">
+            <w:hyperlink r:id="rId9942695df589297b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57458681" name="name3272694089185a7e7" descr="14875.jpg"/>
+                  <wp:docPr id="63777559" name="name3433695df58929f28" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9903694089185a7e3" cstate="print"/>
+                          <a:blip r:embed="rId3527695df58929f26" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3818694089185a92e" w:history="1">
+            <w:hyperlink r:id="rId2528695df5892a07e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18995468" name="name3317694089185bf67" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="61216465" name="name4441695df5892b220" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6809694089185bf65" cstate="print"/>
+                    <a:blip r:embed="rId5885695df5892b21d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3486694089185dc9f" w:history="1">
+      <w:hyperlink r:id="rId1911695df5892cf69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5949694089185f690" w:history="1">
+      <w:hyperlink r:id="rId1779695df5892e0b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9022,73 +9022,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8482694089185fab5" w:history="1">
+      <w:hyperlink r:id="rId2551695df5892e467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2424694089185fc98" w:history="1">
+      <w:hyperlink r:id="rId1613695df5892e5dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54799862" name="name4869694089185ff88" descr="eu_funding_250.png"/>
+            <wp:docPr id="37427877" name="name1501695df5892e681" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2150694089185ff86" cstate="print"/>
+                    <a:blip r:embed="rId3438695df5892e680" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16147284">
+  <w:abstractNum w:abstractNumId="46422200">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68492976">
+    <w:lvl w:ilvl="0" w:tplc="93655654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68492976" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93655654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16147283">
+  <w:abstractNum w:abstractNumId="46422199">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31730213">
+    <w:lvl w:ilvl="0" w:tplc="56996474">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16147283">
-    <w:abstractNumId w:val="16147283"/>
+  <w:num w:numId="46422199">
+    <w:abstractNumId w:val="46422199"/>
   </w:num>
-  <w:num w:numId="16147284">
-    <w:abstractNumId w:val="16147284"/>
+  <w:num w:numId="46422200">
+    <w:abstractNumId w:val="46422200"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId891834064" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId176183694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35906940891859f5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId37996940891859fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId3818694089185a92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId3486694089185dc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5949694089185f690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId8482694089185fab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2424694089185fc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId9903694089185a7e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9903694089185a7e3.jpg"/><Relationship Id="rId6809694089185bf65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6809694089185bf65.jpg"/><Relationship Id="rId2150694089185ff86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2150694089185ff86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767782401" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530864173" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3068695df5892974f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId9942695df589297b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId2528695df5892a07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId1911695df5892cf69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1779695df5892e0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId2551695df5892e467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1613695df5892e5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId3527695df58929f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3527695df58929f26.jpg"/><Relationship Id="rId5885695df5892b21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5885695df5892b21d.jpg"/><Relationship Id="rId3438695df5892e680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3438695df5892e680.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>