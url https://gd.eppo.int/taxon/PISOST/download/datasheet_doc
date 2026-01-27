--- v4 (2026-01-07)
+++ v5 (2026-01-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3068695df5892974f" w:history="1">
+            <w:hyperlink r:id="rId339369785939ab6dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9942695df589297b9" w:history="1">
+            <w:hyperlink r:id="rId599069785939ab753" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63777559" name="name3433695df58929f28" descr="14875.jpg"/>
+                  <wp:docPr id="97472917" name="name368569785939abd27" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3527695df58929f26" cstate="print"/>
+                          <a:blip r:embed="rId748769785939abd25" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2528695df5892a07e" w:history="1">
+            <w:hyperlink r:id="rId595469785939abe70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61216465" name="name4441695df5892b220" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="67959261" name="name250769785939acf2c" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5885695df5892b21d" cstate="print"/>
+                    <a:blip r:embed="rId779569785939acf28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1911695df5892cf69" w:history="1">
+      <w:hyperlink r:id="rId858569785939af136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1779695df5892e0b8" w:history="1">
+      <w:hyperlink r:id="rId409469785939b029b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2551695df5892e467" w:history="1">
+      <w:hyperlink r:id="rId818369785939b061e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1613695df5892e5dd" w:history="1">
+      <w:hyperlink r:id="rId271269785939b078c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37427877" name="name1501695df5892e681" descr="eu_funding_250.png"/>
+            <wp:docPr id="3168809" name="name540269785939b0807" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3438695df5892e680" cstate="print"/>
+                    <a:blip r:embed="rId496269785939b0805" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46422200">
+  <w:abstractNum w:abstractNumId="73139918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93655654">
+    <w:lvl w:ilvl="0" w:tplc="40552661">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93655654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40552661" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46422199">
+  <w:abstractNum w:abstractNumId="73139917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56996474">
+    <w:lvl w:ilvl="0" w:tplc="39951671">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46422199">
-    <w:abstractNumId w:val="46422199"/>
+  <w:num w:numId="73139917">
+    <w:abstractNumId w:val="73139917"/>
   </w:num>
-  <w:num w:numId="46422200">
-    <w:abstractNumId w:val="46422200"/>
+  <w:num w:numId="73139918">
+    <w:abstractNumId w:val="73139918"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId767782401" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId530864173" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3068695df5892974f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId9942695df589297b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId2528695df5892a07e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId1911695df5892cf69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1779695df5892e0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId2551695df5892e467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1613695df5892e5dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId3527695df58929f26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3527695df58929f26.jpg"/><Relationship Id="rId5885695df5892b21d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5885695df5892b21d.jpg"/><Relationship Id="rId3438695df5892e680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3438695df5892e680.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328839951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788231226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId339369785939ab6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId599069785939ab753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId595469785939abe70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId858569785939af136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId409469785939b029b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId818369785939b061e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId271269785939b078c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId748769785939abd25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId748769785939abd25.jpg"/><Relationship Id="rId779569785939acf28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779569785939acf28.jpg"/><Relationship Id="rId496269785939b0805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId496269785939b0805.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>