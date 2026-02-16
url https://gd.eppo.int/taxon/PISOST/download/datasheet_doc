--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339369785939ab6dd" w:history="1">
+            <w:hyperlink r:id="rId824669931920a871f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599069785939ab753" w:history="1">
+            <w:hyperlink r:id="rId258369931920a8789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97472917" name="name368569785939abd27" descr="14875.jpg"/>
+                  <wp:docPr id="40568166" name="name380169931920a8849" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId748769785939abd25" cstate="print"/>
+                          <a:blip r:embed="rId807069931920a8848" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId595469785939abe70" w:history="1">
+            <w:hyperlink r:id="rId711669931920a897d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67959261" name="name250769785939acf2c" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="64457735" name="name832969931920a9c1d" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId779569785939acf28" cstate="print"/>
+                    <a:blip r:embed="rId518569931920a9c1a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858569785939af136" w:history="1">
+      <w:hyperlink r:id="rId573269931920abce7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409469785939b029b" w:history="1">
+      <w:hyperlink r:id="rId767369931920acf09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818369785939b061e" w:history="1">
+      <w:hyperlink r:id="rId280069931920ad292" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271269785939b078c" w:history="1">
+      <w:hyperlink r:id="rId540369931920ad3ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3168809" name="name540269785939b0807" descr="eu_funding_250.png"/>
+            <wp:docPr id="56737504" name="name113069931920ad64c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId496269785939b0805" cstate="print"/>
+                    <a:blip r:embed="rId469469931920ad64b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73139918">
+  <w:abstractNum w:abstractNumId="63832884">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40552661">
+    <w:lvl w:ilvl="0" w:tplc="30902224">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40552661" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30902224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73139917">
+  <w:abstractNum w:abstractNumId="63832883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39951671">
+    <w:lvl w:ilvl="0" w:tplc="54873541">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73139917">
-    <w:abstractNumId w:val="73139917"/>
+  <w:num w:numId="63832883">
+    <w:abstractNumId w:val="63832883"/>
   </w:num>
-  <w:num w:numId="73139918">
-    <w:abstractNumId w:val="73139918"/>
+  <w:num w:numId="63832884">
+    <w:abstractNumId w:val="63832884"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId328839951" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788231226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId339369785939ab6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId599069785939ab753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId595469785939abe70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId858569785939af136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId409469785939b029b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId818369785939b061e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId271269785939b078c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId748769785939abd25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId748769785939abd25.jpg"/><Relationship Id="rId779569785939acf28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779569785939acf28.jpg"/><Relationship Id="rId496269785939b0805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId496269785939b0805.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432481851" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822378845" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId824669931920a871f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId258369931920a8789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId711669931920a897d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId573269931920abce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId767369931920acf09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId280069931920ad292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540369931920ad3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId807069931920a8848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807069931920a8848.jpg"/><Relationship Id="rId518569931920a9c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518569931920a9c1a.jpg"/><Relationship Id="rId469469931920ad64b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469469931920ad64b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>