--- v6 (2026-02-16)
+++ v7 (2026-03-10)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId824669931920a871f" w:history="1">
+            <w:hyperlink r:id="rId792569af88a7cce3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258369931920a8789" w:history="1">
+            <w:hyperlink r:id="rId216369af88a7ccea5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40568166" name="name380169931920a8849" descr="14875.jpg"/>
+                  <wp:docPr id="7790443" name="name182969af88a7cd5bc" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId807069931920a8848" cstate="print"/>
+                          <a:blip r:embed="rId334469af88a7cd5ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId711669931920a897d" w:history="1">
+            <w:hyperlink r:id="rId517169af88a7cd6da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64457735" name="name832969931920a9c1d" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="14754723" name="name939669af88a7ced93" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId518569931920a9c1a" cstate="print"/>
+                    <a:blip r:embed="rId747269af88a7ced90" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573269931920abce7" w:history="1">
+      <w:hyperlink r:id="rId971369af88a7d0a47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767369931920acf09" w:history="1">
+      <w:hyperlink r:id="rId583469af88a7d1b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280069931920ad292" w:history="1">
+      <w:hyperlink r:id="rId807069af88a7d1ee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540369931920ad3ff" w:history="1">
+      <w:hyperlink r:id="rId646269af88a7d206c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56737504" name="name113069931920ad64c" descr="eu_funding_250.png"/>
+            <wp:docPr id="90734020" name="name267369af88a7d20cf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId469469931920ad64b" cstate="print"/>
+                    <a:blip r:embed="rId212369af88a7d20ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63832884">
+  <w:abstractNum w:abstractNumId="87918699">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30902224">
+    <w:lvl w:ilvl="0" w:tplc="75898624">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30902224" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75898624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63832883">
+  <w:abstractNum w:abstractNumId="87918698">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54873541">
+    <w:lvl w:ilvl="0" w:tplc="49056086">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63832883">
-    <w:abstractNumId w:val="63832883"/>
+  <w:num w:numId="87918698">
+    <w:abstractNumId w:val="87918698"/>
   </w:num>
-  <w:num w:numId="63832884">
-    <w:abstractNumId w:val="63832884"/>
+  <w:num w:numId="87918699">
+    <w:abstractNumId w:val="87918699"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432481851" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId822378845" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId824669931920a871f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId258369931920a8789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId711669931920a897d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId573269931920abce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId767369931920acf09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId280069931920ad292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540369931920ad3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId807069931920a8848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807069931920a8848.jpg"/><Relationship Id="rId518569931920a9c1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId518569931920a9c1a.jpg"/><Relationship Id="rId469469931920ad64b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId469469931920ad64b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679873709" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId243904933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId792569af88a7cce3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId216369af88a7ccea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId517169af88a7cd6da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId971369af88a7d0a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId583469af88a7d1b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId807069af88a7d1ee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId646269af88a7d206c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId334469af88a7cd5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId334469af88a7cd5ba.jpg"/><Relationship Id="rId747269af88a7ced90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId747269af88a7ced90.jpg"/><Relationship Id="rId212369af88a7d20ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId212369af88a7d20ce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>