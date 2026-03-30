--- v7 (2026-03-10)
+++ v8 (2026-03-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engelmann-spruce weevil, Sitka-spruce weevil, white-pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId792569af88a7cce3c" w:history="1">
+            <w:hyperlink r:id="rId736369ca5e27903e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216369af88a7ccea5" w:history="1">
+            <w:hyperlink r:id="rId546969ca5e2790450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PISOST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7790443" name="name182969af88a7cd5bc" descr="14875.jpg"/>
+                  <wp:docPr id="49420730" name="name373469ca5e2790ab5" descr="14875.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14875.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId334469af88a7cd5ba" cstate="print"/>
+                          <a:blip r:embed="rId353569ca5e2790ab3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId517169af88a7cd6da" w:history="1">
+            <w:hyperlink r:id="rId683669ca5e2790bec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1528,63 +1528,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has a large distribution in North America ranging from Alaska and the southern part of Northwest Territories south to California, Arizona and New Mexico, across the entirety of Canada (except for Newfoundland and Labrador) and adjacent states, and throughout the North-Eastern USA as far south as Georgia and Tennessee. Old records from Mexico and Newfoundland are incorrect.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14754723" name="name939669af88a7ced93" descr="PISOST_distribution_map.jpg"/>
+            <wp:docPr id="66611514" name="name134069ca5e27922c4" descr="PISOST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId747269af88a7ced90" cstate="print"/>
+                    <a:blip r:embed="rId291969ca5e27922c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5757,51 +5757,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971369af88a7d0a47" w:history="1">
+      <w:hyperlink r:id="rId500869ca5e27945be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 90-97. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583469af88a7d1b75" w:history="1">
+      <w:hyperlink r:id="rId738369ca5e27957e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.2006.01127.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9044,51 +9044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes strobi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId807069af88a7d1ee9" w:history="1">
+      <w:hyperlink r:id="rId374469ca5e2795ced" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9279,81 +9279,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646269af88a7d206c" w:history="1">
+      <w:hyperlink r:id="rId525369ca5e2795ec5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90734020" name="name267369af88a7d20cf" descr="eu_funding_250.png"/>
+            <wp:docPr id="67066339" name="name279369ca5e2795f4a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId212369af88a7d20ce" cstate="print"/>
+                    <a:blip r:embed="rId372169ca5e2795f48" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9451,137 +9451,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87918699">
+  <w:abstractNum w:abstractNumId="70003106">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75898624">
+    <w:lvl w:ilvl="0" w:tplc="68113664">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75898624" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68113664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87918698">
+  <w:abstractNum w:abstractNumId="70003105">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49056086">
+    <w:lvl w:ilvl="0" w:tplc="98538958">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10333,55 +10333,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87918698">
-    <w:abstractNumId w:val="87918698"/>
+  <w:num w:numId="70003105">
+    <w:abstractNumId w:val="70003105"/>
   </w:num>
-  <w:num w:numId="87918699">
-    <w:abstractNumId w:val="87918699"/>
+  <w:num w:numId="70003106">
+    <w:abstractNumId w:val="70003106"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21931,51 +21931,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId679873709" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId243904933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId792569af88a7cce3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId216369af88a7ccea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId517169af88a7cd6da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId971369af88a7d0a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId583469af88a7d1b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId807069af88a7d1ee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId646269af88a7d206c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId334469af88a7cd5ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId334469af88a7cd5ba.jpg"/><Relationship Id="rId747269af88a7ced90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId747269af88a7ced90.jpg"/><Relationship Id="rId212369af88a7d20ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId212369af88a7d20ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641575457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId320594148" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId736369ca5e27903e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/" TargetMode="External"/><Relationship Id="rId546969ca5e2790450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/categorization" TargetMode="External"/><Relationship Id="rId683669ca5e2790bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOST/photos" TargetMode="External"/><Relationship Id="rId500869ca5e27945be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId738369ca5e27957e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.2006.01127.x" TargetMode="External"/><Relationship Id="rId374469ca5e2795ced" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId525369ca5e2795ec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId353569ca5e2790ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId353569ca5e2790ab3.jpg"/><Relationship Id="rId291969ca5e27922c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId291969ca5e27922c1.jpg"/><Relationship Id="rId372169ca5e2795f48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId372169ca5e2795f48.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>