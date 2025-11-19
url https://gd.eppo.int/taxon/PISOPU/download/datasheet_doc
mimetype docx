--- v0 (2025-10-16)
+++ v1 (2025-11-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Armand pine bark weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId664068f15045ed37a" w:history="1">
+            <w:hyperlink r:id="rId4131691d099007a77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118368f15045ed3be" w:history="1">
+            <w:hyperlink r:id="rId9185691d099007aba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1034,63 +1034,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007). It is possible that its distribution is broader, including other provinces where its natural hosts are found, especially Sichuan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1780121" name="name248968f15045ee7ce" descr="PISOPU_distribution_map.jpg"/>
+            <wp:docPr id="532455" name="name9823691d099008fd7" descr="PISOPU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOPU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId888168f15045ee7cc" cstate="print"/>
+                    <a:blip r:embed="rId9579691d099008fd4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1910,65 +1910,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433268f15045eef1b" w:history="1">
+      <w:hyperlink r:id="rId3573691d099009735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId718868f15045eef38" w:history="1"/>
+      <w:hyperlink r:id="rId9407691d099009753" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and for most European species of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3172,51 +3172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article 3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618268f15045ef743" w:history="1">
+      <w:hyperlink r:id="rId6154691d099009f67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.insectscience.org/13.3.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3300,51 +3300,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-85 [In Mandarin with English abstract].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887368f15045ef811" w:history="1">
+      <w:hyperlink r:id="rId8724691d09900a039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4492,51 +4492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447768f15045eff88" w:history="1">
+      <w:hyperlink r:id="rId9042691d09900a7c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 October 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4611,51 +4611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes punctatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622268f15045f004c" w:history="1">
+      <w:hyperlink r:id="rId5618691d09900a88d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4668,63 +4668,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1647440" name="name595768f15045f00de" descr="eu_funding_250.png"/>
+            <wp:docPr id="38452452" name="name3006691d09900a923" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId409368f15045f00dd" cstate="print"/>
+                    <a:blip r:embed="rId4551691d09900a922" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94820138">
+  <w:abstractNum w:abstractNumId="40996453">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92785909">
+    <w:lvl w:ilvl="0" w:tplc="42278798">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92785909" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42278798" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94820137">
+  <w:abstractNum w:abstractNumId="40996452">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41135394">
+    <w:lvl w:ilvl="0" w:tplc="25510484">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94820137">
-    <w:abstractNumId w:val="94820137"/>
+  <w:num w:numId="40996452">
+    <w:abstractNumId w:val="40996452"/>
   </w:num>
-  <w:num w:numId="94820138">
-    <w:abstractNumId w:val="94820138"/>
+  <w:num w:numId="40996453">
+    <w:abstractNumId w:val="40996453"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId865428368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364148352" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId664068f15045ed37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId118368f15045ed3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId433268f15045eef1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId718868f15045eef38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId618268f15045ef743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId887368f15045ef811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId447768f15045eff88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId622268f15045f004c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId888168f15045ee7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId888168f15045ee7cc.jpg"/><Relationship Id="rId409368f15045f00dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId409368f15045f00dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867677577" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609695248" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4131691d099007a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId9185691d099007aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId3573691d099009735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId9407691d099009753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId6154691d099009f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId8724691d09900a039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId9042691d09900a7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId5618691d09900a88d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9579691d099008fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9579691d099008fd4.jpg"/><Relationship Id="rId4551691d09900a922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4551691d09900a922.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>