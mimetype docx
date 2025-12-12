--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Armand pine bark weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4131691d099007a77" w:history="1">
+            <w:hyperlink r:id="rId6612693c948c38a76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9185691d099007aba" w:history="1">
+            <w:hyperlink r:id="rId3220693c948c38abe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1034,63 +1034,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007). It is possible that its distribution is broader, including other provinces where its natural hosts are found, especially Sichuan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="532455" name="name9823691d099008fd7" descr="PISOPU_distribution_map.jpg"/>
+            <wp:docPr id="34404976" name="name4712693c948c39d91" descr="PISOPU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOPU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9579691d099008fd4" cstate="print"/>
+                    <a:blip r:embed="rId8965693c948c39d8e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1910,65 +1910,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3573691d099009735" w:history="1">
+      <w:hyperlink r:id="rId4146693c948c3a56b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId9407691d099009753" w:history="1"/>
+      <w:hyperlink r:id="rId5524693c948c3a58a" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and for most European species of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3172,51 +3172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article 3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6154691d099009f67" w:history="1">
+      <w:hyperlink r:id="rId9109693c948c3add0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.insectscience.org/13.3.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3300,51 +3300,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-85 [In Mandarin with English abstract].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8724691d09900a039" w:history="1">
+      <w:hyperlink r:id="rId9692693c948c3aea6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4492,51 +4492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9042691d09900a7c6" w:history="1">
+      <w:hyperlink r:id="rId9721693c948c3b657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 October 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4611,51 +4611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes punctatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5618691d09900a88d" w:history="1">
+      <w:hyperlink r:id="rId1506693c948c3b71f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4668,63 +4668,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38452452" name="name3006691d09900a923" descr="eu_funding_250.png"/>
+            <wp:docPr id="15637577" name="name3212693c948c3b7c4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4551691d09900a922" cstate="print"/>
+                    <a:blip r:embed="rId3710693c948c3b7c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40996453">
+  <w:abstractNum w:abstractNumId="35005698">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42278798">
+    <w:lvl w:ilvl="0" w:tplc="12534475">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42278798" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12534475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40996452">
+  <w:abstractNum w:abstractNumId="35005697">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25510484">
+    <w:lvl w:ilvl="0" w:tplc="94973272">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40996452">
-    <w:abstractNumId w:val="40996452"/>
+  <w:num w:numId="35005697">
+    <w:abstractNumId w:val="35005697"/>
   </w:num>
-  <w:num w:numId="40996453">
-    <w:abstractNumId w:val="40996453"/>
+  <w:num w:numId="35005698">
+    <w:abstractNumId w:val="35005698"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867677577" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId609695248" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4131691d099007a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId9185691d099007aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId3573691d099009735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId9407691d099009753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId6154691d099009f67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId8724691d09900a039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId9042691d09900a7c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId5618691d09900a88d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9579691d099008fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9579691d099008fd4.jpg"/><Relationship Id="rId4551691d09900a922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4551691d09900a922.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId755507055" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215403016" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6612693c948c38a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId3220693c948c38abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId4146693c948c3a56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId5524693c948c3a58a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId9109693c948c3add0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId9692693c948c3aea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId9721693c948c3b657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId1506693c948c3b71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8965693c948c39d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8965693c948c39d8e.jpg"/><Relationship Id="rId3710693c948c3b7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3710693c948c3b7c3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>