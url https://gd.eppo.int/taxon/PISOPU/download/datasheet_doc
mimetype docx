--- v2 (2025-12-12)
+++ v3 (2026-02-03)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Armand pine bark weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6612693c948c38a76" w:history="1">
+            <w:hyperlink r:id="rId7444698241e742189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3220693c948c38abe" w:history="1">
+            <w:hyperlink r:id="rId7698698241e7421d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1034,63 +1034,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007). It is possible that its distribution is broader, including other provinces where its natural hosts are found, especially Sichuan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34404976" name="name4712693c948c39d91" descr="PISOPU_distribution_map.jpg"/>
+            <wp:docPr id="8212248" name="name5083698241e7438dd" descr="PISOPU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOPU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8965693c948c39d8e" cstate="print"/>
+                    <a:blip r:embed="rId7949698241e7438da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1910,65 +1910,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4146693c948c3a56b" w:history="1">
+      <w:hyperlink r:id="rId6061698241e7441c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId5524693c948c3a58a" w:history="1"/>
+      <w:hyperlink r:id="rId7570698241e7441e6" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and for most European species of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3172,51 +3172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article 3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9109693c948c3add0" w:history="1">
+      <w:hyperlink r:id="rId5716698241e744a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.insectscience.org/13.3.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3300,51 +3300,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-85 [In Mandarin with English abstract].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9692693c948c3aea6" w:history="1">
+      <w:hyperlink r:id="rId5746698241e744b9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4492,51 +4492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9721693c948c3b657" w:history="1">
+      <w:hyperlink r:id="rId3156698241e745380" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 October 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4589,73 +4589,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes punctatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1506693c948c3b71f" w:history="1">
+      <w:hyperlink r:id="rId3699698241e745448" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4668,63 +4668,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15637577" name="name3212693c948c3b7c4" descr="eu_funding_250.png"/>
+            <wp:docPr id="97218557" name="name3090698241e7455af" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3710693c948c3b7c3" cstate="print"/>
+                    <a:blip r:embed="rId3264698241e7455ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35005698">
+  <w:abstractNum w:abstractNumId="36445339">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12534475">
+    <w:lvl w:ilvl="0" w:tplc="74783886">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12534475" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74783886" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35005697">
+  <w:abstractNum w:abstractNumId="36445338">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94973272">
+    <w:lvl w:ilvl="0" w:tplc="76579779">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35005697">
-    <w:abstractNumId w:val="35005697"/>
+  <w:num w:numId="36445338">
+    <w:abstractNumId w:val="36445338"/>
   </w:num>
-  <w:num w:numId="35005698">
-    <w:abstractNumId w:val="35005698"/>
+  <w:num w:numId="36445339">
+    <w:abstractNumId w:val="36445339"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId755507055" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId215403016" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6612693c948c38a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId3220693c948c38abe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId4146693c948c3a56b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId5524693c948c3a58a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId9109693c948c3add0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId9692693c948c3aea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId9721693c948c3b657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId1506693c948c3b71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8965693c948c39d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8965693c948c39d8e.jpg"/><Relationship Id="rId3710693c948c3b7c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3710693c948c3b7c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId972190663" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672522178" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7444698241e742189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId7698698241e7421d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId6061698241e7441c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId7570698241e7441e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId5716698241e744a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId5746698241e744b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId3156698241e745380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId3699698241e745448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7949698241e7438da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7949698241e7438da.jpg"/><Relationship Id="rId3264698241e7455ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3264698241e7455ad.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>