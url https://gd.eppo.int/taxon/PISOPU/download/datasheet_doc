--- v3 (2026-02-03)
+++ v4 (2026-02-24)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Armand pine bark weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7444698241e742189" w:history="1">
+            <w:hyperlink r:id="rId9418699cfe74811a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7698698241e7421d2" w:history="1">
+            <w:hyperlink r:id="rId2033699cfe74811e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1034,63 +1034,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007). It is possible that its distribution is broader, including other provinces where its natural hosts are found, especially Sichuan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8212248" name="name5083698241e7438dd" descr="PISOPU_distribution_map.jpg"/>
+            <wp:docPr id="92952439" name="name8943699cfe748248b" descr="PISOPU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOPU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7949698241e7438da" cstate="print"/>
+                    <a:blip r:embed="rId9277699cfe7482488" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1910,65 +1910,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6061698241e7441c6" w:history="1">
+      <w:hyperlink r:id="rId9001699cfe7482c91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId7570698241e7441e6" w:history="1"/>
+      <w:hyperlink r:id="rId1789699cfe7482cb1" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and for most European species of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3172,51 +3172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article 3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5716698241e744a82" w:history="1">
+      <w:hyperlink r:id="rId1001699cfe74834d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.insectscience.org/13.3.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3300,51 +3300,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-85 [In Mandarin with English abstract].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5746698241e744b9d" w:history="1">
+      <w:hyperlink r:id="rId3612699cfe74835a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4492,51 +4492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3156698241e745380" w:history="1">
+      <w:hyperlink r:id="rId5582699cfe7483d11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 October 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4611,51 +4611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes punctatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3699698241e745448" w:history="1">
+      <w:hyperlink r:id="rId7149699cfe7483def" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4668,63 +4668,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97218557" name="name3090698241e7455af" descr="eu_funding_250.png"/>
+            <wp:docPr id="30327164" name="name6668699cfe7483e8f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3264698241e7455ad" cstate="print"/>
+                    <a:blip r:embed="rId1114699cfe7483e8e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36445339">
+  <w:abstractNum w:abstractNumId="14815507">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74783886">
+    <w:lvl w:ilvl="0" w:tplc="58118755">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74783886" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58118755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36445338">
+  <w:abstractNum w:abstractNumId="14815506">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76579779">
+    <w:lvl w:ilvl="0" w:tplc="80791487">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36445338">
-    <w:abstractNumId w:val="36445338"/>
+  <w:num w:numId="14815506">
+    <w:abstractNumId w:val="14815506"/>
   </w:num>
-  <w:num w:numId="36445339">
-    <w:abstractNumId w:val="36445339"/>
+  <w:num w:numId="14815507">
+    <w:abstractNumId w:val="14815507"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId972190663" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672522178" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7444698241e742189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId7698698241e7421d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId6061698241e7441c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId7570698241e7441e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId5716698241e744a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId5746698241e744b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId3156698241e745380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId3699698241e745448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7949698241e7438da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7949698241e7438da.jpg"/><Relationship Id="rId3264698241e7455ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3264698241e7455ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId870599749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679869900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9418699cfe74811a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId2033699cfe74811e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId9001699cfe7482c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId1789699cfe7482cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId1001699cfe74834d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId3612699cfe74835a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5582699cfe7483d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId7149699cfe7483def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9277699cfe7482488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9277699cfe7482488.jpg"/><Relationship Id="rId1114699cfe7483e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1114699cfe7483e8e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>