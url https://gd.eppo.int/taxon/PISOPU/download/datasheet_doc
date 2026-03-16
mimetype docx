--- v4 (2026-02-24)
+++ v5 (2026-03-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Armand pine bark weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9418699cfe74811a2" w:history="1">
+            <w:hyperlink r:id="rId355369b7c2ca1ebd6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2033699cfe74811e8" w:history="1">
+            <w:hyperlink r:id="rId592869b7c2ca1ec1d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1034,63 +1034,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007). It is possible that its distribution is broader, including other provinces where its natural hosts are found, especially Sichuan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92952439" name="name8943699cfe748248b" descr="PISOPU_distribution_map.jpg"/>
+            <wp:docPr id="29126271" name="name396869b7c2ca1fe7a" descr="PISOPU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOPU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9277699cfe7482488" cstate="print"/>
+                    <a:blip r:embed="rId480069b7c2ca1fe78" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1910,65 +1910,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Zhang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9001699cfe7482c91" w:history="1">
+      <w:hyperlink r:id="rId881569b7c2ca2066c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId1789699cfe7482cb1" w:history="1"/>
+      <w:hyperlink r:id="rId107269b7c2ca2068a" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and for most European species of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3172,51 +3172,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Insect Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article 3. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1001699cfe74834d2" w:history="1">
+      <w:hyperlink r:id="rId900569b7c2ca20ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.insectscience.org/13.3.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3300,51 +3300,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 81-85 [In Mandarin with English abstract].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3612699cfe74835a1" w:history="1">
+      <w:hyperlink r:id="rId653869b7c2ca20fc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4492,51 +4492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5582699cfe7483d11" w:history="1">
+      <w:hyperlink r:id="rId277969b7c2ca21777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 October 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4611,51 +4611,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes punctatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7149699cfe7483def" w:history="1">
+      <w:hyperlink r:id="rId639169b7c2ca2183c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4668,63 +4668,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30327164" name="name6668699cfe7483e8f" descr="eu_funding_250.png"/>
+            <wp:docPr id="64224674" name="name910169b7c2ca21b92" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1114699cfe7483e8e" cstate="print"/>
+                    <a:blip r:embed="rId227169b7c2ca21b91" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4822,137 +4822,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14815507">
+  <w:abstractNum w:abstractNumId="44959979">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58118755">
+    <w:lvl w:ilvl="0" w:tplc="57608693">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58118755" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57608693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14815506">
+  <w:abstractNum w:abstractNumId="44959978">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80791487">
+    <w:lvl w:ilvl="0" w:tplc="88620748">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5704,55 +5704,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14815506">
-    <w:abstractNumId w:val="14815506"/>
+  <w:num w:numId="44959978">
+    <w:abstractNumId w:val="44959978"/>
   </w:num>
-  <w:num w:numId="14815507">
-    <w:abstractNumId w:val="14815507"/>
+  <w:num w:numId="44959979">
+    <w:abstractNumId w:val="44959979"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17302,51 +17302,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId870599749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679869900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9418699cfe74811a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId2033699cfe74811e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId9001699cfe7482c91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId1789699cfe7482cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId1001699cfe74834d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId3612699cfe74835a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5582699cfe7483d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId7149699cfe7483def" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9277699cfe7482488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9277699cfe7482488.jpg"/><Relationship Id="rId1114699cfe7483e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1114699cfe7483e8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId294814859" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId275266740" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId355369b7c2ca1ebd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/" TargetMode="External"/><Relationship Id="rId592869b7c2ca1ec1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOPU/categorization" TargetMode="External"/><Relationship Id="rId881569b7c2ca2066c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+punctatus" TargetMode="External"/><Relationship Id="rId107269b7c2ca2068a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/?term=pissodes+yunnanensis" TargetMode="External"/><Relationship Id="rId900569b7c2ca20ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.insectscience.org/13.3." TargetMode="External"/><Relationship Id="rId653869b7c2ca20fc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId277969b7c2ca21777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId639169b7c2ca2183c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId480069b7c2ca1fe78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId480069b7c2ca1fe78.jpg"/><Relationship Id="rId227169b7c2ca21b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId227169b7c2ca21b91.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>