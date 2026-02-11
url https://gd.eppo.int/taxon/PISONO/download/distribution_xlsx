--- v0 (2025-10-08)
+++ v1 (2026-02-11)
@@ -284,51 +284,51 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>