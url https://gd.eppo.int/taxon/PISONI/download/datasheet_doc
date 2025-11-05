--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> yellow-spotted pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId906468e52b7e94b8e" w:history="1">
+            <w:hyperlink r:id="rId4390690bbe2ee24ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609368e52b7e94bd4" w:history="1">
+            <w:hyperlink r:id="rId7741690bbe2ee24f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1275,63 +1275,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; Wu, 1991).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36095921" name="name166968e52b7e95d89" descr="PISONI_distribution_map.jpg"/>
+            <wp:docPr id="36002817" name="name3062690bbe2ee37df" descr="PISONI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId684968e52b7e95d86" cstate="print"/>
+                    <a:blip r:embed="rId5324690bbe2ee37dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3207,51 +3207,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId812168e52b7e96c68" w:history="1">
+      <w:hyperlink r:id="rId1050690bbe2ee4674" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,81 +3578,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Japanese Weevil Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346168e52b7e96ec9" w:history="1">
+      <w:hyperlink r:id="rId8321690bbe2ee48f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBI (Centre for the Promotion of Imports from Developing Countries) (2019) Exporting pine nuts to Europe. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789668e52b7e96f00" w:history="1">
+      <w:hyperlink r:id="rId6793690bbe2ee492b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3698,51 +3698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5667, 184 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371068e52b7e96f93" w:history="1">
+      <w:hyperlink r:id="rId5537690bbe2ee49bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3922,51 +3922,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Alfaro R &amp; Glover SG), p. 186-193. Forestry Canada, Pacific Forestry Centre, Victoria, British Columbia (Canada).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kramer AE (2019) As the Chinese cut down Siberia’s forests, tensions with Russia rise. The New York Times. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869668e52b7e9710a" w:history="1">
+      <w:hyperlink r:id="rId9983690bbe2ee4b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4881,51 +4881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614668e52b7e97756" w:history="1">
+      <w:hyperlink r:id="rId4320690bbe2ee515b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5020,51 +5020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309268e52b7e9783d" w:history="1">
+      <w:hyperlink r:id="rId6522690bbe2ee5243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5077,63 +5077,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41433799" name="name588468e52b7e978f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="99761816" name="name8638690bbe2ee5310" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId955368e52b7e978f5" cstate="print"/>
+                    <a:blip r:embed="rId9459690bbe2ee530f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5231,137 +5231,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79136387">
+  <w:abstractNum w:abstractNumId="43872125">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85007577">
+    <w:lvl w:ilvl="0" w:tplc="52267678">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85007577" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52267678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79136386">
+  <w:abstractNum w:abstractNumId="43872124">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68883860">
+    <w:lvl w:ilvl="0" w:tplc="38646804">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6113,55 +6113,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79136386">
-    <w:abstractNumId w:val="79136386"/>
+  <w:num w:numId="43872124">
+    <w:abstractNumId w:val="43872124"/>
   </w:num>
-  <w:num w:numId="79136387">
-    <w:abstractNumId w:val="79136387"/>
+  <w:num w:numId="43872125">
+    <w:abstractNumId w:val="43872125"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17711,51 +17711,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId470844077" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705158795" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId906468e52b7e94b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId609368e52b7e94bd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId812168e52b7e96c68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId346168e52b7e96ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId789668e52b7e96f00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId371068e52b7e96f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId869668e52b7e9710a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId614668e52b7e97756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId309268e52b7e9783d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId684968e52b7e95d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId684968e52b7e95d86.jpg"/><Relationship Id="rId955368e52b7e978f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId955368e52b7e978f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295273114" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId998313408" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4390690bbe2ee24ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId7741690bbe2ee24f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId1050690bbe2ee4674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId8321690bbe2ee48f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId6793690bbe2ee492b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId5537690bbe2ee49bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId9983690bbe2ee4b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId4320690bbe2ee515b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId6522690bbe2ee5243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5324690bbe2ee37dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5324690bbe2ee37dc.jpg"/><Relationship Id="rId9459690bbe2ee530f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9459690bbe2ee530f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>