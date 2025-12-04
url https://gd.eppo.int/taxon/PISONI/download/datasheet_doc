--- v1 (2025-11-05)
+++ v2 (2025-12-04)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> yellow-spotted pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4390690bbe2ee24ae" w:history="1">
+            <w:hyperlink r:id="rId57136930e1aebc851" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7741690bbe2ee24f6" w:history="1">
+            <w:hyperlink r:id="rId13526930e1aebc893" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1275,63 +1275,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; Wu, 1991).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36002817" name="name3062690bbe2ee37df" descr="PISONI_distribution_map.jpg"/>
+            <wp:docPr id="95604254" name="name79286930e1aebe0b9" descr="PISONI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5324690bbe2ee37dc" cstate="print"/>
+                    <a:blip r:embed="rId24566930e1aebe0b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3207,51 +3207,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1050690bbe2ee4674" w:history="1">
+      <w:hyperlink r:id="rId42116930e1aebeeed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,81 +3578,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Japanese Weevil Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8321690bbe2ee48f3" w:history="1">
+      <w:hyperlink r:id="rId35666930e1aebf141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBI (Centre for the Promotion of Imports from Developing Countries) (2019) Exporting pine nuts to Europe. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6793690bbe2ee492b" w:history="1">
+      <w:hyperlink r:id="rId64986930e1aebf177" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3698,51 +3698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5667, 184 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5537690bbe2ee49bf" w:history="1">
+      <w:hyperlink r:id="rId80126930e1aebf207" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3922,51 +3922,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Alfaro R &amp; Glover SG), p. 186-193. Forestry Canada, Pacific Forestry Centre, Victoria, British Columbia (Canada).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kramer AE (2019) As the Chinese cut down Siberia’s forests, tensions with Russia rise. The New York Times. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9983690bbe2ee4b30" w:history="1">
+      <w:hyperlink r:id="rId34346930e1aebf36d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4881,51 +4881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4320690bbe2ee515b" w:history="1">
+      <w:hyperlink r:id="rId85326930e1aebf98b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5020,51 +5020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6522690bbe2ee5243" w:history="1">
+      <w:hyperlink r:id="rId11076930e1aebfa72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5077,63 +5077,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99761816" name="name8638690bbe2ee5310" descr="eu_funding_250.png"/>
+            <wp:docPr id="87433741" name="name24246930e1aebfb2a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9459690bbe2ee530f" cstate="print"/>
+                    <a:blip r:embed="rId43796930e1aebfb29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5231,137 +5231,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43872125">
+  <w:abstractNum w:abstractNumId="36695359">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52267678">
+    <w:lvl w:ilvl="0" w:tplc="48907086">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52267678" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48907086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43872124">
+  <w:abstractNum w:abstractNumId="36695358">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38646804">
+    <w:lvl w:ilvl="0" w:tplc="20287218">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6113,55 +6113,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43872124">
-    <w:abstractNumId w:val="43872124"/>
+  <w:num w:numId="36695358">
+    <w:abstractNumId w:val="36695358"/>
   </w:num>
-  <w:num w:numId="43872125">
-    <w:abstractNumId w:val="43872125"/>
+  <w:num w:numId="36695359">
+    <w:abstractNumId w:val="36695359"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17711,51 +17711,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId295273114" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId998313408" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4390690bbe2ee24ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId7741690bbe2ee24f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId1050690bbe2ee4674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId8321690bbe2ee48f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId6793690bbe2ee492b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId5537690bbe2ee49bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId9983690bbe2ee4b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId4320690bbe2ee515b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId6522690bbe2ee5243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5324690bbe2ee37dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5324690bbe2ee37dc.jpg"/><Relationship Id="rId9459690bbe2ee530f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9459690bbe2ee530f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527444102" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId227170698" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57136930e1aebc851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId13526930e1aebc893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId42116930e1aebeeed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId35666930e1aebf141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId64986930e1aebf177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId80126930e1aebf207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId34346930e1aebf36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId85326930e1aebf98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId11076930e1aebfa72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24566930e1aebe0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24566930e1aebe0b7.jpg"/><Relationship Id="rId43796930e1aebfb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43796930e1aebfb29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>