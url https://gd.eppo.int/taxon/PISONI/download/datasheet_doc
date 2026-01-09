--- v2 (2025-12-04)
+++ v3 (2026-01-09)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> yellow-spotted pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57136930e1aebc851" w:history="1">
+            <w:hyperlink r:id="rId39476960805a826e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13526930e1aebc893" w:history="1">
+            <w:hyperlink r:id="rId55256960805a82736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1275,63 +1275,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; Wu, 1991).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95604254" name="name79286930e1aebe0b9" descr="PISONI_distribution_map.jpg"/>
+            <wp:docPr id="5843546" name="name71016960805a83aef" descr="PISONI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24566930e1aebe0b7" cstate="print"/>
+                    <a:blip r:embed="rId14176960805a83aed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3207,51 +3207,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId42116930e1aebeeed" w:history="1">
+      <w:hyperlink r:id="rId12076960805a8497c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,81 +3578,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Japanese Weevil Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35666930e1aebf141" w:history="1">
+      <w:hyperlink r:id="rId16086960805a84bd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBI (Centre for the Promotion of Imports from Developing Countries) (2019) Exporting pine nuts to Europe. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64986930e1aebf177" w:history="1">
+      <w:hyperlink r:id="rId92856960805a84c06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3698,51 +3698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5667, 184 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80126930e1aebf207" w:history="1">
+      <w:hyperlink r:id="rId99106960805a84c95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3922,51 +3922,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Alfaro R &amp; Glover SG), p. 186-193. Forestry Canada, Pacific Forestry Centre, Victoria, British Columbia (Canada).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kramer AE (2019) As the Chinese cut down Siberia’s forests, tensions with Russia rise. The New York Times. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34346930e1aebf36d" w:history="1">
+      <w:hyperlink r:id="rId46826960805a84e13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4881,51 +4881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85326930e1aebf98b" w:history="1">
+      <w:hyperlink r:id="rId18786960805a85414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4998,73 +4998,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11076930e1aebfa72" w:history="1">
+      <w:hyperlink r:id="rId57906960805a854f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5077,63 +5077,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87433741" name="name24246930e1aebfb2a" descr="eu_funding_250.png"/>
+            <wp:docPr id="12236034" name="name33456960805a85952" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43796930e1aebfb29" cstate="print"/>
+                    <a:blip r:embed="rId59926960805a85950" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5231,137 +5231,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36695359">
+  <w:abstractNum w:abstractNumId="55905872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48907086">
+    <w:lvl w:ilvl="0" w:tplc="76309273">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48907086" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76309273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36695358">
+  <w:abstractNum w:abstractNumId="55905871">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20287218">
+    <w:lvl w:ilvl="0" w:tplc="56584372">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6113,55 +6113,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36695358">
-    <w:abstractNumId w:val="36695358"/>
+  <w:num w:numId="55905871">
+    <w:abstractNumId w:val="55905871"/>
   </w:num>
-  <w:num w:numId="36695359">
-    <w:abstractNumId w:val="36695359"/>
+  <w:num w:numId="55905872">
+    <w:abstractNumId w:val="55905872"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17711,51 +17711,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527444102" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId227170698" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57136930e1aebc851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId13526930e1aebc893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId42116930e1aebeeed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId35666930e1aebf141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId64986930e1aebf177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId80126930e1aebf207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId34346930e1aebf36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId85326930e1aebf98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId11076930e1aebfa72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24566930e1aebe0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24566930e1aebe0b7.jpg"/><Relationship Id="rId43796930e1aebfb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43796930e1aebfb29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId935180320" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId818215020" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId39476960805a826e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId55256960805a82736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId12076960805a8497c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId16086960805a84bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId92856960805a84c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId99106960805a84c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId46826960805a84e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId18786960805a85414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId57906960805a854f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14176960805a83aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14176960805a83aed.jpg"/><Relationship Id="rId59926960805a85950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59926960805a85950.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>