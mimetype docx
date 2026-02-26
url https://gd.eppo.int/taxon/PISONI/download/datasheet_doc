--- v3 (2026-01-09)
+++ v4 (2026-02-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> yellow-spotted pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39476960805a826e4" w:history="1">
+            <w:hyperlink r:id="rId271369a0953c164dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55256960805a82736" w:history="1">
+            <w:hyperlink r:id="rId347569a0953c16520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1275,105 +1275,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2007; Wu, 1991).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5843546" name="name71016960805a83aef" descr="PISONI_distribution_map.jpg"/>
+            <wp:docPr id="20673458" name="name630469a0953c1772f" descr="PISONI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14176960805a83aed" cstate="print"/>
+                    <a:blip r:embed="rId495269a0953c1772c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Gansu, Hebei, Heilongjiang, Henan, Hubei, Jilin, Liaoning, Shaanxi), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3207,51 +3207,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12076960805a8497c" w:history="1">
+      <w:hyperlink r:id="rId536569a0953c186b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3578,81 +3578,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In Japanese Weevil Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16086960805a84bd1" w:history="1">
+      <w:hyperlink r:id="rId238469a0953c18912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CBI (Centre for the Promotion of Imports from Developing Countries) (2019) Exporting pine nuts to Europe. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92856960805a84c06" w:history="1">
+      <w:hyperlink r:id="rId124669a0953c18948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3698,51 +3698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 5667, 184 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99106960805a84c95" w:history="1">
+      <w:hyperlink r:id="rId680569a0953c189d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5667</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3922,51 +3922,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (eds Alfaro R &amp; Glover SG), p. 186-193. Forestry Canada, Pacific Forestry Centre, Victoria, British Columbia (Canada).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kramer AE (2019) As the Chinese cut down Siberia’s forests, tensions with Russia rise. The New York Times. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46826960805a84e13" w:history="1">
+      <w:hyperlink r:id="rId589769a0953c18b3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4881,51 +4881,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18786960805a85414" w:history="1">
+      <w:hyperlink r:id="rId449669a0953c1914f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5020,51 +5020,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nitidus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57906960805a854f7" w:history="1">
+      <w:hyperlink r:id="rId489069a0953c19234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5077,63 +5077,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12236034" name="name33456960805a85952" descr="eu_funding_250.png"/>
+            <wp:docPr id="65728757" name="name335569a0953c192e0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59926960805a85950" cstate="print"/>
+                    <a:blip r:embed="rId263169a0953c192df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5231,137 +5231,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55905872">
+  <w:abstractNum w:abstractNumId="89875090">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76309273">
+    <w:lvl w:ilvl="0" w:tplc="45071943">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76309273" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45071943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55905871">
+  <w:abstractNum w:abstractNumId="89875089">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56584372">
+    <w:lvl w:ilvl="0" w:tplc="70716257">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6113,55 +6113,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55905871">
-    <w:abstractNumId w:val="55905871"/>
+  <w:num w:numId="89875089">
+    <w:abstractNumId w:val="89875089"/>
   </w:num>
-  <w:num w:numId="55905872">
-    <w:abstractNumId w:val="55905872"/>
+  <w:num w:numId="89875090">
+    <w:abstractNumId w:val="89875090"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17711,51 +17711,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId935180320" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId818215020" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId39476960805a826e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId55256960805a82736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId12076960805a8497c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId16086960805a84bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId92856960805a84c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId99106960805a84c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId46826960805a84e13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId18786960805a85414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId57906960805a854f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14176960805a83aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14176960805a83aed.jpg"/><Relationship Id="rId59926960805a85950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59926960805a85950.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582992637" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId394766658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId271369a0953c164dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/" TargetMode="External"/><Relationship Id="rId347569a0953c16520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONI/categorization" TargetMode="External"/><Relationship Id="rId536569a0953c186b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId238469a0953c18912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://de05.digitalasia.chubu.ac.jp/search.php?mode=search&amp;sname=Pissodes+%28Pissodes%29+nitidus+Roelofs%2C+1874" TargetMode="External"/><Relationship Id="rId124669a0953c18948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbi.eu/market-information/processed-fruit-vegetables-edible-nuts/pine-nuts" TargetMode="External"/><Relationship Id="rId680569a0953c189d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5667" TargetMode="External"/><Relationship Id="rId589769a0953c18b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nytimes.com/2019/07/25/world/europe/russia-china-siberia-logging.html" TargetMode="External"/><Relationship Id="rId449669a0953c1914f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId489069a0953c19234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId495269a0953c1772c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId495269a0953c1772c.jpg"/><Relationship Id="rId263169a0953c192df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263169a0953c192df.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>