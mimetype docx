--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> deodar weevil, northern pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249468e707e050ed2" w:history="1">
+            <w:hyperlink r:id="rId675169025e2ae84c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId688368e707e050f3b" w:history="1">
+            <w:hyperlink r:id="rId134569025e2ae852f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1852,63 +1852,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes schwarzi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39159877" name="name497768e707e05275e" descr="PISONE_distribution_map.jpg"/>
+            <wp:docPr id="97056116" name="name369669025e2ae9c05" descr="PISONE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId686168e707e05275b" cstate="print"/>
+                    <a:blip r:embed="rId834469025e2ae9c03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4487,51 +4487,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567768e707e053a4f" w:history="1">
+      <w:hyperlink r:id="rId417669025e2aeae8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5070,51 +5070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States Department of Agriculture, Bureau of Entomology, Washington, DC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849668e707e053de9" w:history="1">
+      <w:hyperlink r:id="rId761369025e2aeb235" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6742,51 +6742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nemorensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582568e707e054854" w:history="1">
+      <w:hyperlink r:id="rId944769025e2aebcbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6977,81 +6977,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853868e707e0549c3" w:history="1">
+      <w:hyperlink r:id="rId905869025e2aebe5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29620948" name="name922868e707e054a2d" descr="eu_funding_250.png"/>
+            <wp:docPr id="45300377" name="name483269025e2aec1e6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId590168e707e054a2c" cstate="print"/>
+                    <a:blip r:embed="rId846269025e2aec1e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7149,137 +7149,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32950351">
+  <w:abstractNum w:abstractNumId="56239177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35650690">
+    <w:lvl w:ilvl="0" w:tplc="25036717">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35650690" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25036717" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32950350">
+  <w:abstractNum w:abstractNumId="56239176">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16280855">
+    <w:lvl w:ilvl="0" w:tplc="93539286">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8031,55 +8031,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32950350">
-    <w:abstractNumId w:val="32950350"/>
+  <w:num w:numId="56239176">
+    <w:abstractNumId w:val="56239176"/>
   </w:num>
-  <w:num w:numId="32950351">
-    <w:abstractNumId w:val="32950351"/>
+  <w:num w:numId="56239177">
+    <w:abstractNumId w:val="56239177"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19629,51 +19629,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId636003381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786061262" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId249468e707e050ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId688368e707e050f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId567768e707e053a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId849668e707e053de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId582568e707e054854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId853868e707e0549c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId686168e707e05275b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686168e707e05275b.jpg"/><Relationship Id="rId590168e707e054a2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId590168e707e054a2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId689806592" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId821182831" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId675169025e2ae84c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId134569025e2ae852f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId417669025e2aeae8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId761369025e2aeb235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId944769025e2aebcbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId905869025e2aebe5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId834469025e2ae9c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId834469025e2ae9c03.jpg"/><Relationship Id="rId846269025e2aec1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846269025e2aec1e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>