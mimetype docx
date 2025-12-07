--- v1 (2025-10-29)
+++ v2 (2025-12-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> deodar weevil, northern pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId675169025e2ae84c6" w:history="1">
+            <w:hyperlink r:id="rId9119693574ffb23df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134569025e2ae852f" w:history="1">
+            <w:hyperlink r:id="rId4965693574ffb244a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1852,63 +1852,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes schwarzi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97056116" name="name369669025e2ae9c05" descr="PISONE_distribution_map.jpg"/>
+            <wp:docPr id="40237971" name="name5518693574ffb3e60" descr="PISONE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId834469025e2ae9c03" cstate="print"/>
+                    <a:blip r:embed="rId8188693574ffb3e5e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4487,51 +4487,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417669025e2aeae8f" w:history="1">
+      <w:hyperlink r:id="rId4140693574ffb52f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5070,51 +5070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States Department of Agriculture, Bureau of Entomology, Washington, DC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761369025e2aeb235" w:history="1">
+      <w:hyperlink r:id="rId6416693574ffb56a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6742,51 +6742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nemorensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944769025e2aebcbb" w:history="1">
+      <w:hyperlink r:id="rId6552693574ffb61f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6977,81 +6977,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905869025e2aebe5c" w:history="1">
+      <w:hyperlink r:id="rId5722693574ffb6363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45300377" name="name483269025e2aec1e6" descr="eu_funding_250.png"/>
+            <wp:docPr id="56880834" name="name1364693574ffb6402" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId846269025e2aec1e5" cstate="print"/>
+                    <a:blip r:embed="rId9181693574ffb6401" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7149,137 +7149,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56239177">
+  <w:abstractNum w:abstractNumId="41831884">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25036717">
+    <w:lvl w:ilvl="0" w:tplc="32364244">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25036717" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32364244" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56239176">
+  <w:abstractNum w:abstractNumId="41831883">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93539286">
+    <w:lvl w:ilvl="0" w:tplc="42295150">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8031,55 +8031,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56239176">
-    <w:abstractNumId w:val="56239176"/>
+  <w:num w:numId="41831883">
+    <w:abstractNumId w:val="41831883"/>
   </w:num>
-  <w:num w:numId="56239177">
-    <w:abstractNumId w:val="56239177"/>
+  <w:num w:numId="41831884">
+    <w:abstractNumId w:val="41831884"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19629,51 +19629,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId689806592" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId821182831" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId675169025e2ae84c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId134569025e2ae852f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId417669025e2aeae8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId761369025e2aeb235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId944769025e2aebcbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId905869025e2aebe5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId834469025e2ae9c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId834469025e2ae9c03.jpg"/><Relationship Id="rId846269025e2aec1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId846269025e2aec1e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269795082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776462442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9119693574ffb23df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId4965693574ffb244a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId4140693574ffb52f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6416693574ffb56a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId6552693574ffb61f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5722693574ffb6363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId8188693574ffb3e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8188693574ffb3e5e.jpg"/><Relationship Id="rId9181693574ffb6401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9181693574ffb6401.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>