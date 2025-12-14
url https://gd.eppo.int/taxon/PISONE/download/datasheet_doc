--- v2 (2025-12-07)
+++ v3 (2025-12-14)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> deodar weevil, northern pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9119693574ffb23df" w:history="1">
+            <w:hyperlink r:id="rId9372693ed58419357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4965693574ffb244a" w:history="1">
+            <w:hyperlink r:id="rId3096693ed584193c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1852,63 +1852,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes schwarzi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="40237971" name="name5518693574ffb3e60" descr="PISONE_distribution_map.jpg"/>
+            <wp:docPr id="17439975" name="name1089693ed5841ab21" descr="PISONE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8188693574ffb3e5e" cstate="print"/>
+                    <a:blip r:embed="rId3096693ed5841ab1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4487,51 +4487,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4140693574ffb52f8" w:history="1">
+      <w:hyperlink r:id="rId2875693ed5841bdf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5070,51 +5070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States Department of Agriculture, Bureau of Entomology, Washington, DC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6416693574ffb56a0" w:history="1">
+      <w:hyperlink r:id="rId3165693ed5841c18c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6742,51 +6742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nemorensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6552693574ffb61f1" w:history="1">
+      <w:hyperlink r:id="rId6244693ed5841cc1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6977,81 +6977,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5722693574ffb6363" w:history="1">
+      <w:hyperlink r:id="rId4904693ed5841cd87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56880834" name="name1364693574ffb6402" descr="eu_funding_250.png"/>
+            <wp:docPr id="14135749" name="name3639693ed5841cde5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9181693574ffb6401" cstate="print"/>
+                    <a:blip r:embed="rId2260693ed5841cde4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7149,137 +7149,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41831884">
+  <w:abstractNum w:abstractNumId="38451924">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32364244">
+    <w:lvl w:ilvl="0" w:tplc="54078492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32364244" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54078492" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41831883">
+  <w:abstractNum w:abstractNumId="38451923">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42295150">
+    <w:lvl w:ilvl="0" w:tplc="28290028">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8031,55 +8031,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41831883">
-    <w:abstractNumId w:val="41831883"/>
+  <w:num w:numId="38451923">
+    <w:abstractNumId w:val="38451923"/>
   </w:num>
-  <w:num w:numId="41831884">
-    <w:abstractNumId w:val="41831884"/>
+  <w:num w:numId="38451924">
+    <w:abstractNumId w:val="38451924"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19629,51 +19629,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId269795082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId776462442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9119693574ffb23df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId4965693574ffb244a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId4140693574ffb52f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6416693574ffb56a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId6552693574ffb61f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5722693574ffb6363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId8188693574ffb3e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8188693574ffb3e5e.jpg"/><Relationship Id="rId9181693574ffb6401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9181693574ffb6401.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId642508118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754161075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9372693ed58419357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId3096693ed584193c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId2875693ed5841bdf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3165693ed5841c18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId6244693ed5841cc1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4904693ed5841cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId3096693ed5841ab1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3096693ed5841ab1e.jpg"/><Relationship Id="rId2260693ed5841cde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2260693ed5841cde4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>