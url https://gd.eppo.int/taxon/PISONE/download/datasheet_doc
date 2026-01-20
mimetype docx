--- v3 (2025-12-14)
+++ v4 (2026-01-20)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> deodar weevil, northern pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9372693ed58419357" w:history="1">
+            <w:hyperlink r:id="rId2035696f8c309dce5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3096693ed584193c7" w:history="1">
+            <w:hyperlink r:id="rId6468696f8c309dd70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1852,63 +1852,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes schwarzi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17439975" name="name1089693ed5841ab21" descr="PISONE_distribution_map.jpg"/>
+            <wp:docPr id="77299584" name="name2621696f8c30a00e7" descr="PISONE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3096693ed5841ab1e" cstate="print"/>
+                    <a:blip r:embed="rId3008696f8c30a00e3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4487,51 +4487,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2875693ed5841bdf1" w:history="1">
+      <w:hyperlink r:id="rId8641696f8c30a1e53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5070,51 +5070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States Department of Agriculture, Bureau of Entomology, Washington, DC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3165693ed5841c18c" w:history="1">
+      <w:hyperlink r:id="rId9736696f8c30a2269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,73 +6720,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nemorensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6244693ed5841cc1b" w:history="1">
+      <w:hyperlink r:id="rId5390696f8c30a2f0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6977,81 +6977,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4904693ed5841cd87" w:history="1">
+      <w:hyperlink r:id="rId5215696f8c30a3103" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14135749" name="name3639693ed5841cde5" descr="eu_funding_250.png"/>
+            <wp:docPr id="75015203" name="name1921696f8c30a335f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2260693ed5841cde4" cstate="print"/>
+                    <a:blip r:embed="rId8884696f8c30a335d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7149,137 +7149,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38451924">
+  <w:abstractNum w:abstractNumId="58212693">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54078492">
+    <w:lvl w:ilvl="0" w:tplc="53438237">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54078492" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53438237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38451923">
+  <w:abstractNum w:abstractNumId="58212692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28290028">
+    <w:lvl w:ilvl="0" w:tplc="18474992">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8031,55 +8031,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38451923">
-    <w:abstractNumId w:val="38451923"/>
+  <w:num w:numId="58212692">
+    <w:abstractNumId w:val="58212692"/>
   </w:num>
-  <w:num w:numId="38451924">
-    <w:abstractNumId w:val="38451924"/>
+  <w:num w:numId="58212693">
+    <w:abstractNumId w:val="58212693"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19629,51 +19629,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId642508118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754161075" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9372693ed58419357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId3096693ed584193c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId2875693ed5841bdf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3165693ed5841c18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId6244693ed5841cc1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4904693ed5841cd87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId3096693ed5841ab1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3096693ed5841ab1e.jpg"/><Relationship Id="rId2260693ed5841cde4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2260693ed5841cde4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId274068140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870570622" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2035696f8c309dce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId6468696f8c309dd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId8641696f8c30a1e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9736696f8c30a2269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5390696f8c30a2f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5215696f8c30a3103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId3008696f8c30a00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3008696f8c30a00e3.jpg"/><Relationship Id="rId8884696f8c30a335d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8884696f8c30a335d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>