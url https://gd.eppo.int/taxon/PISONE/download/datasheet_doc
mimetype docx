--- v4 (2026-01-20)
+++ v5 (2026-03-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Hopkins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> deodar weevil, northern pine weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2035696f8c309dce5" w:history="1">
+            <w:hyperlink r:id="rId700369a7f27feb222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6468696f8c309dd70" w:history="1">
+            <w:hyperlink r:id="rId744269a7f27feb28c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1852,63 +1852,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes schwarzi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77299584" name="name2621696f8c30a00e7" descr="PISONE_distribution_map.jpg"/>
+            <wp:docPr id="66239230" name="name247969a7f27fecb00" descr="PISONE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISONE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3008696f8c30a00e3" cstate="print"/>
+                    <a:blip r:embed="rId576369a7f27fecafc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4487,51 +4487,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-494.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8641696f8c30a1e53" w:history="1">
+      <w:hyperlink r:id="rId899269a7f27fee09a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 5 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5070,51 +5070,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> United States Department of Agriculture, Bureau of Entomology, Washington, DC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9736696f8c30a2269" w:history="1">
+      <w:hyperlink r:id="rId368869a7f27fee4af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6742,51 +6742,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes nemorensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5390696f8c30a2f0d" w:history="1">
+      <w:hyperlink r:id="rId773669a7f27feefa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6977,81 +6977,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 79-86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5215696f8c30a3103" w:history="1">
+      <w:hyperlink r:id="rId750469a7f27fef137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02698.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75015203" name="name1921696f8c30a335f" descr="eu_funding_250.png"/>
+            <wp:docPr id="70478486" name="name442269a7f27fef1a6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8884696f8c30a335d" cstate="print"/>
+                    <a:blip r:embed="rId793569a7f27fef1a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7149,137 +7149,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58212693">
+  <w:abstractNum w:abstractNumId="53164386">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53438237">
+    <w:lvl w:ilvl="0" w:tplc="30766741">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53438237" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30766741" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58212692">
+  <w:abstractNum w:abstractNumId="53164385">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18474992">
+    <w:lvl w:ilvl="0" w:tplc="92968088">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8031,55 +8031,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58212692">
-    <w:abstractNumId w:val="58212692"/>
+  <w:num w:numId="53164385">
+    <w:abstractNumId w:val="53164385"/>
   </w:num>
-  <w:num w:numId="58212693">
-    <w:abstractNumId w:val="58212693"/>
+  <w:num w:numId="53164386">
+    <w:abstractNumId w:val="53164386"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19629,51 +19629,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId274068140" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870570622" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2035696f8c309dce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId6468696f8c309dd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId8641696f8c30a1e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9736696f8c30a2269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId5390696f8c30a2f0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5215696f8c30a3103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId3008696f8c30a00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3008696f8c30a00e3.jpg"/><Relationship Id="rId8884696f8c30a335d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8884696f8c30a335d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId742943496" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId926749130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId700369a7f27feb222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/" TargetMode="External"/><Relationship Id="rId744269a7f27feb28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISONE/categorization" TargetMode="External"/><Relationship Id="rId899269a7f27fee09a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId368869a7f27fee4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId773669a7f27feefa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId750469a7f27fef137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02698.x" TargetMode="External"/><Relationship Id="rId576369a7f27fecafc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId576369a7f27fecafc.jpg"/><Relationship Id="rId793569a7f27fef1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId793569a7f27fef1a5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>