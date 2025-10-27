--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId790868e4fcd693ae1" w:history="1">
+            <w:hyperlink r:id="rId362368ffac6f132b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252168e4fcd693b25" w:history="1">
+            <w:hyperlink r:id="rId726868ffac6f132fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28001529" name="name218268e4fcd694ae8" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="45102149" name="name351868ffac6f14366" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId966268e4fcd694ae6" cstate="print"/>
+                    <a:blip r:embed="rId411768ffac6f14362" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId994668e4fcd695761" w:history="1">
+      <w:hyperlink r:id="rId173068ffac6f15168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521568e4fcd69609f" w:history="1">
+      <w:hyperlink r:id="rId357768ffac6f15b1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850868e4fcd696163" w:history="1">
+      <w:hyperlink r:id="rId918868ffac6f15c02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37006502" name="name475868e4fcd696224" descr="eu_funding_250.png"/>
+            <wp:docPr id="72070586" name="name709768ffac6f15cbb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId207068e4fcd696223" cstate="print"/>
+                    <a:blip r:embed="rId959168ffac6f15cba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90055236">
+  <w:abstractNum w:abstractNumId="80343181">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86197027">
+    <w:lvl w:ilvl="0" w:tplc="82736381">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86197027" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82736381" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90055235">
+  <w:abstractNum w:abstractNumId="80343180">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74374907">
+    <w:lvl w:ilvl="0" w:tplc="34018664">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90055235">
-    <w:abstractNumId w:val="90055235"/>
+  <w:num w:numId="80343180">
+    <w:abstractNumId w:val="80343180"/>
   </w:num>
-  <w:num w:numId="90055236">
-    <w:abstractNumId w:val="90055236"/>
+  <w:num w:numId="80343181">
+    <w:abstractNumId w:val="80343181"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId696203071" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520902530" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId790868e4fcd693ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId252168e4fcd693b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId994668e4fcd695761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId521568e4fcd69609f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId850868e4fcd696163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId966268e4fcd694ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966268e4fcd694ae6.jpg"/><Relationship Id="rId207068e4fcd696223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId207068e4fcd696223.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId951805148" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId816216039" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId362368ffac6f132b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId726868ffac6f132fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId173068ffac6f15168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId357768ffac6f15b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId918868ffac6f15c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId411768ffac6f14362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411768ffac6f14362.jpg"/><Relationship Id="rId959168ffac6f15cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959168ffac6f15cba.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>