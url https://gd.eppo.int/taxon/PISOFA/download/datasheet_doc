--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362368ffac6f132b7" w:history="1">
+            <w:hyperlink r:id="rId9857691a8181a35a8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId726868ffac6f132fb" w:history="1">
+            <w:hyperlink r:id="rId8826691a8181a35eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45102149" name="name351868ffac6f14366" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="654439" name="name8610691a8181a44a5" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId411768ffac6f14362" cstate="print"/>
+                    <a:blip r:embed="rId9459691a8181a44a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId173068ffac6f15168" w:history="1">
+      <w:hyperlink r:id="rId8930691a8181a5167" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId357768ffac6f15b1d" w:history="1">
+      <w:hyperlink r:id="rId7792691a8181a5a4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918868ffac6f15c02" w:history="1">
+      <w:hyperlink r:id="rId7810691a8181a5b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72070586" name="name709768ffac6f15cbb" descr="eu_funding_250.png"/>
+            <wp:docPr id="98289522" name="name8665691a8181a5bb4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId959168ffac6f15cba" cstate="print"/>
+                    <a:blip r:embed="rId7522691a8181a5bb3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80343181">
+  <w:abstractNum w:abstractNumId="60906943">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82736381">
+    <w:lvl w:ilvl="0" w:tplc="10096030">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82736381" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10096030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80343180">
+  <w:abstractNum w:abstractNumId="60906942">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34018664">
+    <w:lvl w:ilvl="0" w:tplc="13130290">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80343180">
-    <w:abstractNumId w:val="80343180"/>
+  <w:num w:numId="60906942">
+    <w:abstractNumId w:val="60906942"/>
   </w:num>
-  <w:num w:numId="80343181">
-    <w:abstractNumId w:val="80343181"/>
+  <w:num w:numId="60906943">
+    <w:abstractNumId w:val="60906943"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId951805148" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId816216039" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId362368ffac6f132b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId726868ffac6f132fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId173068ffac6f15168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId357768ffac6f15b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId918868ffac6f15c02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId411768ffac6f14362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId411768ffac6f14362.jpg"/><Relationship Id="rId959168ffac6f15cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959168ffac6f15cba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940816358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId838391087" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9857691a8181a35a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId8826691a8181a35eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId8930691a8181a5167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId7792691a8181a5a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId7810691a8181a5b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9459691a8181a44a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9459691a8181a44a2.jpg"/><Relationship Id="rId7522691a8181a5bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7522691a8181a5bb3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>