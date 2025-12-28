--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9857691a8181a35a8" w:history="1">
+            <w:hyperlink r:id="rId32836950b0f3c7e59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8826691a8181a35eb" w:history="1">
+            <w:hyperlink r:id="rId68296950b0f3c7e9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="654439" name="name8610691a8181a44a5" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="12163774" name="name91976950b0f3c8fa5" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9459691a8181a44a2" cstate="print"/>
+                    <a:blip r:embed="rId72316950b0f3c8fa3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8930691a8181a5167" w:history="1">
+      <w:hyperlink r:id="rId68956950b0f3c9ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7792691a8181a5a4b" w:history="1">
+      <w:hyperlink r:id="rId63456950b0f3cacf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7810691a8181a5b17" w:history="1">
+      <w:hyperlink r:id="rId67216950b0f3cae09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98289522" name="name8665691a8181a5bb4" descr="eu_funding_250.png"/>
+            <wp:docPr id="59712030" name="name70456950b0f3cb390" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7522691a8181a5bb3" cstate="print"/>
+                    <a:blip r:embed="rId14226950b0f3cb38e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60906943">
+  <w:abstractNum w:abstractNumId="88103388">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10096030">
+    <w:lvl w:ilvl="0" w:tplc="64983969">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10096030" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64983969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60906942">
+  <w:abstractNum w:abstractNumId="88103387">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13130290">
+    <w:lvl w:ilvl="0" w:tplc="15330751">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60906942">
-    <w:abstractNumId w:val="60906942"/>
+  <w:num w:numId="88103387">
+    <w:abstractNumId w:val="88103387"/>
   </w:num>
-  <w:num w:numId="60906943">
-    <w:abstractNumId w:val="60906943"/>
+  <w:num w:numId="88103388">
+    <w:abstractNumId w:val="88103388"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId940816358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId838391087" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9857691a8181a35a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId8826691a8181a35eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId8930691a8181a5167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId7792691a8181a5a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId7810691a8181a5b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9459691a8181a44a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9459691a8181a44a2.jpg"/><Relationship Id="rId7522691a8181a5bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7522691a8181a5bb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934878850" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId960082612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32836950b0f3c7e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId68296950b0f3c7e9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId68956950b0f3c9ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId63456950b0f3cacf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId67216950b0f3cae09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72316950b0f3c8fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72316950b0f3c8fa3.jpg"/><Relationship Id="rId14226950b0f3cb38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14226950b0f3cb38e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>