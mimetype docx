--- v3 (2025-12-28)
+++ v4 (2025-12-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32836950b0f3c7e59" w:history="1">
+            <w:hyperlink r:id="rId27936950bf57073fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68296950b0f3c7e9f" w:history="1">
+            <w:hyperlink r:id="rId94116950bf5707440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12163774" name="name91976950b0f3c8fa5" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="80409093" name="name45256950bf5708205" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId72316950b0f3c8fa3" cstate="print"/>
+                    <a:blip r:embed="rId93706950bf5708202" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId68956950b0f3c9ce6" w:history="1">
+      <w:hyperlink r:id="rId54126950bf5708f52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63456950b0f3cacf6" w:history="1">
+      <w:hyperlink r:id="rId97266950bf5709881" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67216950b0f3cae09" w:history="1">
+      <w:hyperlink r:id="rId32526950bf5709aac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59712030" name="name70456950b0f3cb390" descr="eu_funding_250.png"/>
+            <wp:docPr id="42974254" name="name49066950bf5709b53" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14226950b0f3cb38e" cstate="print"/>
+                    <a:blip r:embed="rId39176950bf5709b52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88103388">
+  <w:abstractNum w:abstractNumId="55173852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64983969">
+    <w:lvl w:ilvl="0" w:tplc="18366050">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64983969" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18366050" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88103387">
+  <w:abstractNum w:abstractNumId="55173851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15330751">
+    <w:lvl w:ilvl="0" w:tplc="33129916">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88103387">
-    <w:abstractNumId w:val="88103387"/>
+  <w:num w:numId="55173851">
+    <w:abstractNumId w:val="55173851"/>
   </w:num>
-  <w:num w:numId="88103388">
-    <w:abstractNumId w:val="88103388"/>
+  <w:num w:numId="55173852">
+    <w:abstractNumId w:val="55173852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934878850" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId960082612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId32836950b0f3c7e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId68296950b0f3c7e9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId68956950b0f3c9ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId63456950b0f3cacf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId67216950b0f3cae09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId72316950b0f3c8fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72316950b0f3c8fa3.jpg"/><Relationship Id="rId14226950b0f3cb38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14226950b0f3cb38e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349760827" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId946185936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27936950bf57073fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId94116950bf5707440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId54126950bf5708f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId97266950bf5709881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId32526950bf5709aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId93706950bf5708202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93706950bf5708202.jpg"/><Relationship Id="rId39176950bf5709b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39176950bf5709b52.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>