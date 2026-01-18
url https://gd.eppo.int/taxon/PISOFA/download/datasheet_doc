--- v4 (2025-12-28)
+++ v5 (2026-01-18)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27936950bf57073fb" w:history="1">
+            <w:hyperlink r:id="rId6364696c289ea54d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94116950bf5707440" w:history="1">
+            <w:hyperlink r:id="rId6670696c289ea5516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80409093" name="name45256950bf5708205" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="53333469" name="name5999696c289ea6480" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId93706950bf5708202" cstate="print"/>
+                    <a:blip r:embed="rId7178696c289ea647d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId54126950bf5708f52" w:history="1">
+      <w:hyperlink r:id="rId2796696c289ea7192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97266950bf5709881" w:history="1">
+      <w:hyperlink r:id="rId4439696c289ea7a8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3950,73 +3950,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32526950bf5709aac" w:history="1">
+      <w:hyperlink r:id="rId3378696c289ea7b66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42974254" name="name49066950bf5709b53" descr="eu_funding_250.png"/>
+            <wp:docPr id="83372670" name="name1606696c289ea7c35" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39176950bf5709b52" cstate="print"/>
+                    <a:blip r:embed="rId7216696c289ea7c34" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55173852">
+  <w:abstractNum w:abstractNumId="91252911">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18366050">
+    <w:lvl w:ilvl="0" w:tplc="34078988">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18366050" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34078988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55173851">
+  <w:abstractNum w:abstractNumId="91252910">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33129916">
+    <w:lvl w:ilvl="0" w:tplc="16732981">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55173851">
-    <w:abstractNumId w:val="55173851"/>
+  <w:num w:numId="91252910">
+    <w:abstractNumId w:val="91252910"/>
   </w:num>
-  <w:num w:numId="55173852">
-    <w:abstractNumId w:val="55173852"/>
+  <w:num w:numId="91252911">
+    <w:abstractNumId w:val="91252911"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349760827" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId946185936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId27936950bf57073fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId94116950bf5707440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId54126950bf5708f52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId97266950bf5709881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId32526950bf5709aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId93706950bf5708202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId93706950bf5708202.jpg"/><Relationship Id="rId39176950bf5709b52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39176950bf5709b52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567876731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163006686" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6364696c289ea54d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId6670696c289ea5516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId2796696c289ea7192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId4439696c289ea7a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId3378696c289ea7b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7178696c289ea647d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7178696c289ea647d.jpg"/><Relationship Id="rId7216696c289ea7c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7216696c289ea7c34.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>