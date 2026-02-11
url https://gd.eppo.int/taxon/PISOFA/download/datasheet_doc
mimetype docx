--- v5 (2026-01-18)
+++ v6 (2026-02-11)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6364696c289ea54d2" w:history="1">
+            <w:hyperlink r:id="rId5948698c50ac6586c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6670696c289ea5516" w:history="1">
+            <w:hyperlink r:id="rId5535698c50ac658b1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53333469" name="name5999696c289ea6480" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="95242802" name="name9381698c50ac66827" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7178696c289ea647d" cstate="print"/>
+                    <a:blip r:embed="rId2537698c50ac66823" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2796696c289ea7192" w:history="1">
+      <w:hyperlink r:id="rId8002698c50ac6752a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4439696c289ea7a8b" w:history="1">
+      <w:hyperlink r:id="rId5076698c50ac67e56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3378696c289ea7b66" w:history="1">
+      <w:hyperlink r:id="rId9787698c50ac67f1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83372670" name="name1606696c289ea7c35" descr="eu_funding_250.png"/>
+            <wp:docPr id="20259212" name="name8138698c50ac67fc1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7216696c289ea7c34" cstate="print"/>
+                    <a:blip r:embed="rId5973698c50ac67fc0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91252911">
+  <w:abstractNum w:abstractNumId="25814989">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34078988">
+    <w:lvl w:ilvl="0" w:tplc="67277106">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34078988" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67277106" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91252910">
+  <w:abstractNum w:abstractNumId="25814988">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16732981">
+    <w:lvl w:ilvl="0" w:tplc="20733532">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91252910">
-    <w:abstractNumId w:val="91252910"/>
+  <w:num w:numId="25814988">
+    <w:abstractNumId w:val="25814988"/>
   </w:num>
-  <w:num w:numId="91252911">
-    <w:abstractNumId w:val="91252911"/>
+  <w:num w:numId="25814989">
+    <w:abstractNumId w:val="25814989"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567876731" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163006686" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6364696c289ea54d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId6670696c289ea5516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId2796696c289ea7192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId4439696c289ea7a8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId3378696c289ea7b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7178696c289ea647d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7178696c289ea647d.jpg"/><Relationship Id="rId7216696c289ea7c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7216696c289ea7c34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695978299" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316030631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5948698c50ac6586c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId5535698c50ac658b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId8002698c50ac6752a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId5076698c50ac67e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId9787698c50ac67f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2537698c50ac66823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2537698c50ac66823.jpg"/><Relationship Id="rId5973698c50ac67fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5973698c50ac67fc0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>