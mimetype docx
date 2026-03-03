--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5948698c50ac6586c" w:history="1">
+            <w:hyperlink r:id="rId207669a6e939e9f11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5535698c50ac658b1" w:history="1">
+            <w:hyperlink r:id="rId658169a6e939e9f57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95242802" name="name9381698c50ac66827" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="83537541" name="name525269a6e939eb108" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2537698c50ac66823" cstate="print"/>
+                    <a:blip r:embed="rId647469a6e939eb106" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8002698c50ac6752a" w:history="1">
+      <w:hyperlink r:id="rId508769a6e939ebdb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5076698c50ac67e56" w:history="1">
+      <w:hyperlink r:id="rId804369a6e939ec80e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9787698c50ac67f1c" w:history="1">
+      <w:hyperlink r:id="rId218769a6e939ec8d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20259212" name="name8138698c50ac67fc1" descr="eu_funding_250.png"/>
+            <wp:docPr id="93934097" name="name354469a6e939ec9be" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5973698c50ac67fc0" cstate="print"/>
+                    <a:blip r:embed="rId470669a6e939ec9bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25814989">
+  <w:abstractNum w:abstractNumId="32005489">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67277106">
+    <w:lvl w:ilvl="0" w:tplc="80552981">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67277106" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80552981" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25814988">
+  <w:abstractNum w:abstractNumId="32005488">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20733532">
+    <w:lvl w:ilvl="0" w:tplc="46994378">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25814988">
-    <w:abstractNumId w:val="25814988"/>
+  <w:num w:numId="32005488">
+    <w:abstractNumId w:val="32005488"/>
   </w:num>
-  <w:num w:numId="25814989">
-    <w:abstractNumId w:val="25814989"/>
+  <w:num w:numId="32005489">
+    <w:abstractNumId w:val="32005489"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695978299" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316030631" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5948698c50ac6586c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId5535698c50ac658b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId8002698c50ac6752a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId5076698c50ac67e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId9787698c50ac67f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2537698c50ac66823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2537698c50ac66823.jpg"/><Relationship Id="rId5973698c50ac67fc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5973698c50ac67fc0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142049611" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId309890579" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId207669a6e939e9f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId658169a6e939e9f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId508769a6e939ebdb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId804369a6e939ec80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId218769a6e939ec8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId647469a6e939eb106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647469a6e939eb106.jpg"/><Relationship Id="rId470669a6e939ec9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470669a6e939ec9bc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>