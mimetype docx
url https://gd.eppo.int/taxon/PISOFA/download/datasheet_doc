--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Douglas-fir weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207669a6e939e9f11" w:history="1">
+            <w:hyperlink r:id="rId430269c1677627fed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId658169a6e939e9f57" w:history="1">
+            <w:hyperlink r:id="rId908869c1677628033" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -780,63 +780,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is wider than currently reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83537541" name="name525269a6e939eb108" descr="PISOFA_distribution_map.jpg"/>
+            <wp:docPr id="98371138" name="name602869c1677629167" descr="PISOFA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOFA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId647469a6e939eb106" cstate="print"/>
+                    <a:blip r:embed="rId459069c1677629164" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2423,51 +2423,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PHYTOSANITARY MEASURES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Adherence to International Standards for Phytosanitary Measures No. 15 for solid wood packing material (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId508769a6e939ebdb8" w:history="1">
+      <w:hyperlink r:id="rId301769c1677629e17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ISPM 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will greatly decrease the risk of introduction of bark- and wood-boring insects, including </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3853,51 +3853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804369a6e939ec80e" w:history="1">
+      <w:hyperlink r:id="rId628669c167762a73c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 15 December 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3972,51 +3972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes fasciatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218769a6e939ec8d8" w:history="1">
+      <w:hyperlink r:id="rId800969c167762a810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4029,63 +4029,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93934097" name="name354469a6e939ec9be" descr="eu_funding_250.png"/>
+            <wp:docPr id="12054743" name="name353669c167762aa3e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId470669a6e939ec9bc" cstate="print"/>
+                    <a:blip r:embed="rId245969c167762aa3d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4183,137 +4183,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32005489">
+  <w:abstractNum w:abstractNumId="29391303">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80552981">
+    <w:lvl w:ilvl="0" w:tplc="58850571">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80552981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58850571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32005488">
+  <w:abstractNum w:abstractNumId="29391302">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46994378">
+    <w:lvl w:ilvl="0" w:tplc="68983152">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5065,55 +5065,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32005488">
-    <w:abstractNumId w:val="32005488"/>
+  <w:num w:numId="29391302">
+    <w:abstractNumId w:val="29391302"/>
   </w:num>
-  <w:num w:numId="32005489">
-    <w:abstractNumId w:val="32005489"/>
+  <w:num w:numId="29391303">
+    <w:abstractNumId w:val="29391303"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16663,51 +16663,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142049611" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId309890579" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId207669a6e939e9f11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId658169a6e939e9f57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId508769a6e939ebdb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId804369a6e939ec80e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId218769a6e939ec8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId647469a6e939eb106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId647469a6e939eb106.jpg"/><Relationship Id="rId470669a6e939ec9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId470669a6e939ec9bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824802703" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId653613553" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId430269c1677627fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/" TargetMode="External"/><Relationship Id="rId908869c1677628033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOFA/categorization" TargetMode="External"/><Relationship Id="rId301769c1677629e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/fr/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId628669c167762a73c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId800969c167762a810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId459069c1677629164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId459069c1677629164.jpg"/><Relationship Id="rId245969c167762aa3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId245969c167762aa3d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>