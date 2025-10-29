--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId932868e723c060e3b" w:history="1">
+            <w:hyperlink r:id="rId65486902945d56a7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255068e723c060e7f" w:history="1">
+            <w:hyperlink r:id="rId37636902945d56acc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28873590" name="name799868e723c061fbd" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="36792014" name="name63316902945d57edb" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId739268e723c061fba" cstate="print"/>
+                    <a:blip r:embed="rId21566902945d57ed8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616768e723c062dcb" w:history="1">
+      <w:hyperlink r:id="rId28556902945d58c33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847568e723c062e35" w:history="1">
+      <w:hyperlink r:id="rId94516902945d58c98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId479268e723c062fe7" w:history="1">
+      <w:hyperlink r:id="rId51056902945d58e7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809668e723c0630d3" w:history="1">
+      <w:hyperlink r:id="rId79916902945d58f80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2850,51 +2850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165768e723c0631dd" w:history="1">
+      <w:hyperlink r:id="rId86896902945d5904e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82890774" name="name418768e723c06329d" descr="eu_funding_250.png"/>
+            <wp:docPr id="11215887" name="name10896902945d5910e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId928368e723c06329c" cstate="print"/>
+                    <a:blip r:embed="rId84066902945d5910d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58606988">
+  <w:abstractNum w:abstractNumId="59085242">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47175229">
+    <w:lvl w:ilvl="0" w:tplc="82373094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47175229" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82373094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58606987">
+  <w:abstractNum w:abstractNumId="59085241">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26309129">
+    <w:lvl w:ilvl="0" w:tplc="82537461">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58606987">
-    <w:abstractNumId w:val="58606987"/>
+  <w:num w:numId="59085241">
+    <w:abstractNumId w:val="59085241"/>
   </w:num>
-  <w:num w:numId="58606988">
-    <w:abstractNumId w:val="58606988"/>
+  <w:num w:numId="59085242">
+    <w:abstractNumId w:val="59085242"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId556420718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450326736" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId932868e723c060e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId255068e723c060e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId616768e723c062dcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId847568e723c062e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId479268e723c062fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId809668e723c0630d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId165768e723c0631dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId739268e723c061fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId739268e723c061fba.jpg"/><Relationship Id="rId928368e723c06329c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId928368e723c06329c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId751934466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200531658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65486902945d56a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId37636902945d56acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId28556902945d58c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId94516902945d58c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId51056902945d58e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId79916902945d58f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId86896902945d5904e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21566902945d57ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21566902945d57ed8.jpg"/><Relationship Id="rId84066902945d5910d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84066902945d5910d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>