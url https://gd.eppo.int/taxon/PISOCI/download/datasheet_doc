--- v1 (2025-10-29)
+++ v2 (2025-12-06)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65486902945d56a7a" w:history="1">
+            <w:hyperlink r:id="rId28306933e4e51acd5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37636902945d56acc" w:history="1">
+            <w:hyperlink r:id="rId94876933e4e51ad1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36792014" name="name63316902945d57edb" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="63251653" name="name18376933e4e51b8a0" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21566902945d57ed8" cstate="print"/>
+                    <a:blip r:embed="rId33526933e4e51b89e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28556902945d58c33" w:history="1">
+      <w:hyperlink r:id="rId81316933e4e51c84e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94516902945d58c98" w:history="1">
+      <w:hyperlink r:id="rId68376933e4e51c8a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51056902945d58e7d" w:history="1">
+      <w:hyperlink r:id="rId10376933e4e51ca66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79916902945d58f80" w:history="1">
+      <w:hyperlink r:id="rId21446933e4e51cb55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2850,51 +2850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86896902945d5904e" w:history="1">
+      <w:hyperlink r:id="rId99486933e4e51cc1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11215887" name="name10896902945d5910e" descr="eu_funding_250.png"/>
+            <wp:docPr id="84159217" name="name67416933e4e51ccff" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84066902945d5910d" cstate="print"/>
+                    <a:blip r:embed="rId95136933e4e51ccfe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59085242">
+  <w:abstractNum w:abstractNumId="69705065">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82373094">
+    <w:lvl w:ilvl="0" w:tplc="42480225">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82373094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42480225" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59085241">
+  <w:abstractNum w:abstractNumId="69705064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82537461">
+    <w:lvl w:ilvl="0" w:tplc="47153903">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59085241">
-    <w:abstractNumId w:val="59085241"/>
+  <w:num w:numId="69705064">
+    <w:abstractNumId w:val="69705064"/>
   </w:num>
-  <w:num w:numId="59085242">
-    <w:abstractNumId w:val="59085242"/>
+  <w:num w:numId="69705065">
+    <w:abstractNumId w:val="69705065"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId751934466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId200531658" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65486902945d56a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId37636902945d56acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId28556902945d58c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId94516902945d58c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId51056902945d58e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId79916902945d58f80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId86896902945d5904e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21566902945d57ed8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21566902945d57ed8.jpg"/><Relationship Id="rId84066902945d5910d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84066902945d5910d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480962006" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257787525" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28306933e4e51acd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId94876933e4e51ad1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId81316933e4e51c84e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId68376933e4e51c8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId10376933e4e51ca66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId21446933e4e51cb55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId99486933e4e51cc1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId33526933e4e51b89e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33526933e4e51b89e.jpg"/><Relationship Id="rId95136933e4e51ccfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95136933e4e51ccfe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>