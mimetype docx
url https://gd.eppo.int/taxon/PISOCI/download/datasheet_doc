--- v2 (2025-12-06)
+++ v3 (2025-12-29)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28306933e4e51acd5" w:history="1">
+            <w:hyperlink r:id="rId486669520b107791f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94876933e4e51ad1e" w:history="1">
+            <w:hyperlink r:id="rId211369520b1077962" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63251653" name="name18376933e4e51b8a0" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="59525678" name="name840369520b1078d40" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33526933e4e51b89e" cstate="print"/>
+                    <a:blip r:embed="rId512769520b1078d3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81316933e4e51c84e" w:history="1">
+      <w:hyperlink r:id="rId101469520b1079be2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68376933e4e51c8a7" w:history="1">
+      <w:hyperlink r:id="rId456669520b1079c3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10376933e4e51ca66" w:history="1">
+      <w:hyperlink r:id="rId875269520b1079e1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21446933e4e51cb55" w:history="1">
+      <w:hyperlink r:id="rId953969520b1079f42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2850,51 +2850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99486933e4e51cc1a" w:history="1">
+      <w:hyperlink r:id="rId525969520b107a00d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84159217" name="name67416933e4e51ccff" descr="eu_funding_250.png"/>
+            <wp:docPr id="89499335" name="name223169520b107a57f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId95136933e4e51ccfe" cstate="print"/>
+                    <a:blip r:embed="rId263369520b107a57d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69705065">
+  <w:abstractNum w:abstractNumId="89048455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42480225">
+    <w:lvl w:ilvl="0" w:tplc="15685835">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42480225" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15685835" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69705064">
+  <w:abstractNum w:abstractNumId="89048454">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47153903">
+    <w:lvl w:ilvl="0" w:tplc="40234861">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69705064">
-    <w:abstractNumId w:val="69705064"/>
+  <w:num w:numId="89048454">
+    <w:abstractNumId w:val="89048454"/>
   </w:num>
-  <w:num w:numId="69705065">
-    <w:abstractNumId w:val="69705065"/>
+  <w:num w:numId="89048455">
+    <w:abstractNumId w:val="89048455"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480962006" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId257787525" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28306933e4e51acd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId94876933e4e51ad1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId81316933e4e51c84e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId68376933e4e51c8a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId10376933e4e51ca66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId21446933e4e51cb55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId99486933e4e51cc1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId33526933e4e51b89e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33526933e4e51b89e.jpg"/><Relationship Id="rId95136933e4e51ccfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95136933e4e51ccfe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784863134" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId245870532" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId486669520b107791f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId211369520b1077962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId101469520b1079be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId456669520b1079c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId875269520b1079e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId953969520b1079f42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId525969520b107a00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId512769520b1078d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512769520b1078d3e.jpg"/><Relationship Id="rId263369520b107a57d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263369520b107a57d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>