--- v3 (2025-12-29)
+++ v4 (2026-01-21)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486669520b107791f" w:history="1">
+            <w:hyperlink r:id="rId590069710a447caf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211369520b1077962" w:history="1">
+            <w:hyperlink r:id="rId423069710a447cb37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59525678" name="name840369520b1078d40" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="19617799" name="name202669710a447db6c" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId512769520b1078d3e" cstate="print"/>
+                    <a:blip r:embed="rId988169710a447db69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101469520b1079be2" w:history="1">
+      <w:hyperlink r:id="rId764269710a447e8bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456669520b1079c3b" w:history="1">
+      <w:hyperlink r:id="rId376569710a447e918" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875269520b1079e1b" w:history="1">
+      <w:hyperlink r:id="rId753269710a447ed89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953969520b1079f42" w:history="1">
+      <w:hyperlink r:id="rId401669710a447eeba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2828,73 +2828,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525969520b107a00d" w:history="1">
+      <w:hyperlink r:id="rId931269710a447eff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89499335" name="name223169520b107a57f" descr="eu_funding_250.png"/>
+            <wp:docPr id="59757419" name="name692669710a447f4db" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId263369520b107a57d" cstate="print"/>
+                    <a:blip r:embed="rId710169710a447f4da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89048455">
+  <w:abstractNum w:abstractNumId="64353280">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15685835">
+    <w:lvl w:ilvl="0" w:tplc="68959318">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15685835" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68959318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89048454">
+  <w:abstractNum w:abstractNumId="64353279">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40234861">
+    <w:lvl w:ilvl="0" w:tplc="48700484">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89048454">
-    <w:abstractNumId w:val="89048454"/>
+  <w:num w:numId="64353279">
+    <w:abstractNumId w:val="64353279"/>
   </w:num>
-  <w:num w:numId="89048455">
-    <w:abstractNumId w:val="89048455"/>
+  <w:num w:numId="64353280">
+    <w:abstractNumId w:val="64353280"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784863134" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId245870532" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId486669520b107791f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId211369520b1077962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId101469520b1079be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId456669520b1079c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId875269520b1079e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId953969520b1079f42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId525969520b107a00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId512769520b1078d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512769520b1078d3e.jpg"/><Relationship Id="rId263369520b107a57d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263369520b107a57d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529803400" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId261167417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId590069710a447caf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId423069710a447cb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId764269710a447e8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId376569710a447e918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId753269710a447ed89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId401669710a447eeba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId931269710a447eff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId988169710a447db69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988169710a447db69.jpg"/><Relationship Id="rId710169710a447f4da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710169710a447f4da.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>