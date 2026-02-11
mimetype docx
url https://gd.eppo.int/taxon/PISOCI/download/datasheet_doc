--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId590069710a447caf1" w:history="1">
+            <w:hyperlink r:id="rId1312698c3edf9301f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423069710a447cb37" w:history="1">
+            <w:hyperlink r:id="rId7901698c3edf93064" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19617799" name="name202669710a447db6c" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="55131375" name="name2654698c3edf93f68" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId988169710a447db69" cstate="print"/>
+                    <a:blip r:embed="rId9867698c3edf93f65" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764269710a447e8bd" w:history="1">
+      <w:hyperlink r:id="rId6157698c3edf94cb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId376569710a447e918" w:history="1">
+      <w:hyperlink r:id="rId1511698c3edf94d11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753269710a447ed89" w:history="1">
+      <w:hyperlink r:id="rId2790698c3edf94ebc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401669710a447eeba" w:history="1">
+      <w:hyperlink r:id="rId1752698c3edf94fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2850,51 +2850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931269710a447eff2" w:history="1">
+      <w:hyperlink r:id="rId9677698c3edf95069" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59757419" name="name692669710a447f4db" descr="eu_funding_250.png"/>
+            <wp:docPr id="79407463" name="name8919698c3edf95104" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId710169710a447f4da" cstate="print"/>
+                    <a:blip r:embed="rId2604698c3edf95103" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64353280">
+  <w:abstractNum w:abstractNumId="36317114">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68959318">
+    <w:lvl w:ilvl="0" w:tplc="88643367">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68959318" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88643367" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64353279">
+  <w:abstractNum w:abstractNumId="36317113">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48700484">
+    <w:lvl w:ilvl="0" w:tplc="53922340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64353279">
-    <w:abstractNumId w:val="64353279"/>
+  <w:num w:numId="36317113">
+    <w:abstractNumId w:val="36317113"/>
   </w:num>
-  <w:num w:numId="64353280">
-    <w:abstractNumId w:val="64353280"/>
+  <w:num w:numId="36317114">
+    <w:abstractNumId w:val="36317114"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529803400" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId261167417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId590069710a447caf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId423069710a447cb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId764269710a447e8bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId376569710a447e918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId753269710a447ed89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId401669710a447eeba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId931269710a447eff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId988169710a447db69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988169710a447db69.jpg"/><Relationship Id="rId710169710a447f4da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId710169710a447f4da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId809181011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId903366791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1312698c3edf9301f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId7901698c3edf93064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId6157698c3edf94cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId1511698c3edf94d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId2790698c3edf94ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId1752698c3edf94fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId9677698c3edf95069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9867698c3edf93f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9867698c3edf93f65.jpg"/><Relationship Id="rId2604698c3edf95103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2604698c3edf95103.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>