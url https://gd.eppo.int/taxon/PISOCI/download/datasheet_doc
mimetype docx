--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1312698c3edf9301f" w:history="1">
+            <w:hyperlink r:id="rId515769a6c65491377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7901698c3edf93064" w:history="1">
+            <w:hyperlink r:id="rId654069a6c654913bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55131375" name="name2654698c3edf93f68" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="32654737" name="name627769a6c654925ba" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9867698c3edf93f65" cstate="print"/>
+                    <a:blip r:embed="rId423169a6c654925b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6157698c3edf94cb6" w:history="1">
+      <w:hyperlink r:id="rId780569a6c654932e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1511698c3edf94d11" w:history="1">
+      <w:hyperlink r:id="rId140469a6c6549333a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2790698c3edf94ebc" w:history="1">
+      <w:hyperlink r:id="rId722569a6c6549354c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1752698c3edf94fa5" w:history="1">
+      <w:hyperlink r:id="rId856169a6c65493636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2850,51 +2850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9677698c3edf95069" w:history="1">
+      <w:hyperlink r:id="rId216669a6c654936fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79407463" name="name8919698c3edf95104" descr="eu_funding_250.png"/>
+            <wp:docPr id="98443126" name="name184669a6c654937b5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2604698c3edf95103" cstate="print"/>
+                    <a:blip r:embed="rId865869a6c654937b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36317114">
+  <w:abstractNum w:abstractNumId="77616564">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88643367">
+    <w:lvl w:ilvl="0" w:tplc="72364270">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88643367" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72364270" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36317113">
+  <w:abstractNum w:abstractNumId="77616563">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53922340">
+    <w:lvl w:ilvl="0" w:tplc="32722600">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36317113">
-    <w:abstractNumId w:val="36317113"/>
+  <w:num w:numId="77616563">
+    <w:abstractNumId w:val="77616563"/>
   </w:num>
-  <w:num w:numId="36317114">
-    <w:abstractNumId w:val="36317114"/>
+  <w:num w:numId="77616564">
+    <w:abstractNumId w:val="77616564"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId809181011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId903366791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1312698c3edf9301f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId7901698c3edf93064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId6157698c3edf94cb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId1511698c3edf94d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId2790698c3edf94ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId1752698c3edf94fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId9677698c3edf95069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9867698c3edf93f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9867698c3edf93f65.jpg"/><Relationship Id="rId2604698c3edf95103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2604698c3edf95103.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345882467" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499471206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId515769a6c65491377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId654069a6c654913bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId780569a6c654932e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId140469a6c6549333a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId722569a6c6549354c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId856169a6c65493636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId216669a6c654936fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId423169a6c654925b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423169a6c654925b7.jpg"/><Relationship Id="rId865869a6c654937b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865869a6c654937b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>