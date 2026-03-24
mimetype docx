--- v6 (2026-03-03)
+++ v7 (2026-03-24)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> O'Brien</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515769a6c65491377" w:history="1">
+            <w:hyperlink r:id="rId214169c2a49713ae6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId654069a6c654913bc" w:history="1">
+            <w:hyperlink r:id="rId143769c2a49713b2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -597,63 +597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> naturally grows: Puebla, Tlaxacala, and Northern Oaxaca.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32654737" name="name627769a6c654925ba" descr="PISOCI_distribution_map.jpg"/>
+            <wp:docPr id="93284606" name="name464069c2a49714b88" descr="PISOCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PISOCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId423169a6c654925b7" cstate="print"/>
+                    <a:blip r:embed="rId263969c2a49714b85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2280,99 +2280,99 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) Invasive species compendium: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mexican weeping pine). Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780569a6c654932e1" w:history="1">
+      <w:hyperlink r:id="rId840569c2a497158d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/41682</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cibrián Tovar D, Méndez Montiel JT, Campos Bolaños R, Yates HO, Flores Lara J (1995) Forest insects of Mexico. Universidad Autónoma Chapingo, Chapingo, Mexico, pp. 350-352.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2019) ISPM 15. Regulation of wood packaging material in international trade. FAO, Rome, 24 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140469a6c6549333a" w:history="1">
+      <w:hyperlink r:id="rId329969c2a4971592f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/640/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2592,51 +2592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> n. sp. (Coleoptera : Curculionidae). Un descortezador de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pinus patula</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schl. Et Cham. Universidad Autónoma de Mexico, Escuela Nacional de Estudios Profesionales “Iztcala”, San Juan Itzacala, Mexico, pp. viii + 92 [Thesis]. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722569a6c6549354c" w:history="1">
+      <w:hyperlink r:id="rId932069c2a49715ade" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2731,51 +2731,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. zitacuarense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856169a6c65493636" w:history="1">
+      <w:hyperlink r:id="rId875269c2a49715bc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed 10 September 2021]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2850,51 +2850,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pissodes cibriani</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216669a6c654936fc" w:history="1">
+      <w:hyperlink r:id="rId538569c2a49715c8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2907,63 +2907,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98443126" name="name184669a6c654937b5" descr="eu_funding_250.png"/>
+            <wp:docPr id="65127900" name="name581969c2a49715d2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId865869a6c654937b3" cstate="print"/>
+                    <a:blip r:embed="rId170969c2a49715d2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3061,137 +3061,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77616564">
+  <w:abstractNum w:abstractNumId="90875807">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72364270">
+    <w:lvl w:ilvl="0" w:tplc="64929749">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72364270" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64929749" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77616563">
+  <w:abstractNum w:abstractNumId="90875806">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32722600">
+    <w:lvl w:ilvl="0" w:tplc="75764017">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3943,55 +3943,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77616563">
-    <w:abstractNumId w:val="77616563"/>
+  <w:num w:numId="90875806">
+    <w:abstractNumId w:val="90875806"/>
   </w:num>
-  <w:num w:numId="77616564">
-    <w:abstractNumId w:val="77616564"/>
+  <w:num w:numId="90875807">
+    <w:abstractNumId w:val="90875807"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15541,51 +15541,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345882467" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499471206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId515769a6c65491377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId654069a6c654913bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId780569a6c654932e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId140469a6c6549333a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId722569a6c6549354c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId856169a6c65493636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId216669a6c654936fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId423169a6c654925b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423169a6c654925b7.jpg"/><Relationship Id="rId865869a6c654937b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId865869a6c654937b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId778953000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745589708" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId214169c2a49713ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/" TargetMode="External"/><Relationship Id="rId143769c2a49713b2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PISOCI/categorization" TargetMode="External"/><Relationship Id="rId840569c2a497158d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/41682" TargetMode="External"/><Relationship Id="rId329969c2a4971592f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/640/" TargetMode="External"/><Relationship Id="rId932069c2a49715ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://132.248.9.195/ptd2014/anteriores/microformas/0040056/Index.html" TargetMode="External"/><Relationship Id="rId875269c2a49715bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/sp.efsa.2020.EN-1910" TargetMode="External"/><Relationship Id="rId538569c2a49715c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId263969c2a49714b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId263969c2a49714b85.jpg"/><Relationship Id="rId170969c2a49715d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId170969c2a49715d2a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>