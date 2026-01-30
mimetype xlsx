--- v0 (2025-10-01)
+++ v1 (2026-01-30)
@@ -12,89 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIRJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi (as Ericaceae)</t>
   </si>
   <si>
     <t>PHYTKE</t>
   </si>
   <si>
     <t>Phytophthora kernoviae</t>
   </si>
   <si>
     <t>* Beales PA, Lane CR, Barton VC, Giltrap PC (2006) Phytophthora kernoviae on ornamentals in the UK. EPPO Bulletin 36, 377-379.</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Davidson JM, Werres S, Garbelotto M, Hansen M &amp; Rizzo DM (2003) Sudden oak death and associated diseases caused by Phytophthora ramorum. Plant Health Progress 4(1), 12.</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-11)
+----found during greenhouse inspection on ornamental plants for planting</t>
   </si>
   <si>
     <t>STEPTA</t>
   </si>
   <si>
     <t>Stephanitis takeyai (as Ericaceae)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Phytophthora ramorum (as Pieris)</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC. USDA (2010) Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld. Pest Risk Assessment for Oregon.  https://static1.squarespace.com/static/58740d57579fb3b4fa5ce66f/t/599dec4b2994ca3914cdde86/1503521868110/Pram_PRA_OR_11192010.pdf
 * Grünwald NJ, LeBoldus JM &amp; Hamelin RC (2019) Ecology and evolution of the sudden oak death pathogen Phytophthora ramorum. Annual Review of Phytopathology 57,  301-321.
 * Trippe A, Berghauer E &amp; Osterbauer N (2008) A high troughput system for the detection of Phytophthora ramorum in susceptible plant species: a preliminary report. In: Frankel SJ, Kliejunas JT &amp; Palmieri KM (2008) Proceedings of the Sudden Oak Death Third Symposium, General Technical Report PSW-GTR-214. US Department of Agriculture, Forest Service, Pacific Southwest Research Station 214, 427-434.</t>
   </si>
   <si>
     <t>STEPPY</t>
   </si>
   <si>
     <t>Stephanitis pyrioides</t>
   </si>
   <si>
@@ -427,51 +437,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="605.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -505,90 +515,104 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>17</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>22</v>
+      </c>
+      <c r="D8"/>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">