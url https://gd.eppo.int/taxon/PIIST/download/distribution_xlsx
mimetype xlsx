--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -938,51 +938,51 @@
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>