--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Blume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nile cabbage, tropical duckweed, water lettuce (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId836668e819aa74137" w:history="1">
+            <w:hyperlink r:id="rId632169037feade61c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId952868e819aa7419f" w:history="1">
+            <w:hyperlink r:id="rId400869037feade682" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PIIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37241388" name="name362168e819aa74280" descr="12103.jpg"/>
+                  <wp:docPr id="80437195" name="name166669037feade736" descr="12103.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12103.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId743568e819aa7427f" cstate="print"/>
+                          <a:blip r:embed="rId188369037feade735" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId735568e819aa743a0" w:history="1">
+            <w:hyperlink r:id="rId931069037feade7f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1080,63 +1080,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14410468" name="name839068e819aa74fdd" descr="PIIST_distribution_map.jpg"/>
+            <wp:docPr id="59679410" name="name148269037feadff48" descr="PIIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PIIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId212968e819aa74fdb" cstate="print"/>
+                    <a:blip r:embed="rId200369037feadff46" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3615,90 +3615,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been listed as a potentially invasive plant (Nehring &amp; Hussner, 2013) and the Federal Agency for Nature Conservation, Germany recommends that the species is not traded. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portugal: in Portugal the species is included in the list of prohibited plants Decreto-Lei no. 565/99 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId300368e819aa762a8" w:history="1">
+      <w:hyperlink r:id="rId899069037feae112a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.silva plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_ 99.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spain: in Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId591568e819aa762ee" w:history="1">
+      <w:hyperlink r:id="rId963969037feae116c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3809,51 +3809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Japan: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to legal control </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612668e819aa763ee" w:history="1">
+      <w:hyperlink r:id="rId641069037feae1266" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3868,51 +3868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South Africa: in South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 [Invasive Species South Africa (2017)]. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId390968e819aa76453" w:history="1">
+      <w:hyperlink r:id="rId139069037feae12cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,51 +4525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (water lettuce). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426968e819aa7687d" w:history="1">
+      <w:hyperlink r:id="rId751069037feae16f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/41496</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 July 2016]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Araceae) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182968e819aa76c5f" w:history="1">
+      <w:hyperlink r:id="rId343269037feae1ae1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5205,90 +5205,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371768e819aa76cbe" w:history="1">
+      <w:hyperlink r:id="rId949769037feae1b42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2nd November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127468e819aa76cfb" w:history="1">
+      <w:hyperlink r:id="rId965569037feae1b81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5524,51 +5524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230168e819aa76ec1" w:history="1">
+      <w:hyperlink r:id="rId711869037feae1d43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5804,51 +5804,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa (2017) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814968e819aa77092" w:history="1">
+      <w:hyperlink r:id="rId372669037feae1f05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7170,51 +7170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SILENE (Systeme d’Information et de Localisation des Especes Natives et Envahissantes, Conservatoire botanique national méditerranéen de Porquerolles) (2016). http://flore.silene.eu/ [accessed on 3 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Somerset Rare Plant Group Newsletter (2010) Issue No. 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871568e819aa7793e" w:history="1">
+      <w:hyperlink r:id="rId901369037feae27b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News letter-11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26th October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726968e819aa77a89" w:history="1">
+      <w:hyperlink r:id="rId118369037feae2908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=PIST2 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 22 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7729,51 +7729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716268e819aa77ce4" w:history="1">
+      <w:hyperlink r:id="rId267569037feae2b4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7849,51 +7849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 537-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId986068e819aa77dae" w:history="1">
+      <w:hyperlink r:id="rId924869037feae2c1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7980,137 +7980,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46534451">
+  <w:abstractNum w:abstractNumId="33815739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67916317">
+    <w:lvl w:ilvl="0" w:tplc="92395607">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67916317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92395607" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46534450">
+  <w:abstractNum w:abstractNumId="33815738">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47899930">
+    <w:lvl w:ilvl="0" w:tplc="63969012">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8862,55 +8862,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46534450">
-    <w:abstractNumId w:val="46534450"/>
+  <w:num w:numId="33815738">
+    <w:abstractNumId w:val="33815738"/>
   </w:num>
-  <w:num w:numId="46534451">
-    <w:abstractNumId w:val="46534451"/>
+  <w:num w:numId="33815739">
+    <w:abstractNumId w:val="33815739"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20460,51 +20460,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId797490420" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId984373460" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId836668e819aa74137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId952868e819aa7419f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId735568e819aa743a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId300368e819aa762a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId591568e819aa762ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId612668e819aa763ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId390968e819aa76453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId426968e819aa7687d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId182968e819aa76c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId371768e819aa76cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId127468e819aa76cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId230168e819aa76ec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId814968e819aa77092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId871568e819aa7793e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId726968e819aa77a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId716268e819aa77ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId986068e819aa77dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId743568e819aa7427f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId743568e819aa7427f.jpg"/><Relationship Id="rId212968e819aa74fdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId212968e819aa74fdb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370015902" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId399640722" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId632169037feade61c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId400869037feade682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId931069037feade7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId899069037feae112a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId963969037feae116c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId641069037feae1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId139069037feae12cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId751069037feae16f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId343269037feae1ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId949769037feae1b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId965569037feae1b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId711869037feae1d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId372669037feae1f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId901369037feae27b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId118369037feae2908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId267569037feae2b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924869037feae2c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId188369037feade735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188369037feade735.jpg"/><Relationship Id="rId200369037feadff46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200369037feadff46.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>