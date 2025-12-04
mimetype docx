--- v1 (2025-10-30)
+++ v2 (2025-12-04)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Blume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nile cabbage, tropical duckweed, water lettuce (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId632169037feade61c" w:history="1">
+            <w:hyperlink r:id="rId365669320a9f51837" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400869037feade682" w:history="1">
+            <w:hyperlink r:id="rId532269320a9f518a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PIIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80437195" name="name166669037feade736" descr="12103.jpg"/>
+                  <wp:docPr id="3884198" name="name499769320a9f51969" descr="12103.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12103.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId188369037feade735" cstate="print"/>
+                          <a:blip r:embed="rId990769320a9f51968" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId931069037feade7f5" w:history="1">
+            <w:hyperlink r:id="rId240269320a9f51da9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1080,63 +1080,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59679410" name="name148269037feadff48" descr="PIIST_distribution_map.jpg"/>
+            <wp:docPr id="79927176" name="name441269320a9f52edb" descr="PIIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PIIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId200369037feadff46" cstate="print"/>
+                    <a:blip r:embed="rId115169320a9f52ed7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3615,90 +3615,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been listed as a potentially invasive plant (Nehring &amp; Hussner, 2013) and the Federal Agency for Nature Conservation, Germany recommends that the species is not traded. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portugal: in Portugal the species is included in the list of prohibited plants Decreto-Lei no. 565/99 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId899069037feae112a" w:history="1">
+      <w:hyperlink r:id="rId337369320a9f541c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.silva plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_ 99.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spain: in Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId963969037feae116c" w:history="1">
+      <w:hyperlink r:id="rId971569320a9f5420d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3809,51 +3809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Japan: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to legal control </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641069037feae1266" w:history="1">
+      <w:hyperlink r:id="rId822969320a9f54314" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3868,51 +3868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South Africa: in South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 [Invasive Species South Africa (2017)]. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId139069037feae12cb" w:history="1">
+      <w:hyperlink r:id="rId530069320a9f5437e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,51 +4525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (water lettuce). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751069037feae16f0" w:history="1">
+      <w:hyperlink r:id="rId186869320a9f547a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/41496</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 July 2016]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Araceae) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343269037feae1ae1" w:history="1">
+      <w:hyperlink r:id="rId808969320a9f54b84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5205,90 +5205,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949769037feae1b42" w:history="1">
+      <w:hyperlink r:id="rId531369320a9f54be4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2nd November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965569037feae1b81" w:history="1">
+      <w:hyperlink r:id="rId775269320a9f54c22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5524,51 +5524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711869037feae1d43" w:history="1">
+      <w:hyperlink r:id="rId141169320a9f54dea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5804,51 +5804,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa (2017) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372669037feae1f05" w:history="1">
+      <w:hyperlink r:id="rId926569320a9f54fce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7170,51 +7170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SILENE (Systeme d’Information et de Localisation des Especes Natives et Envahissantes, Conservatoire botanique national méditerranéen de Porquerolles) (2016). http://flore.silene.eu/ [accessed on 3 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Somerset Rare Plant Group Newsletter (2010) Issue No. 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901369037feae27b0" w:history="1">
+      <w:hyperlink r:id="rId411069320a9f55862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News letter-11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26th October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118369037feae2908" w:history="1">
+      <w:hyperlink r:id="rId403369320a9f559af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=PIST2 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 22 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7729,51 +7729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267569037feae2b4d" w:history="1">
+      <w:hyperlink r:id="rId606869320a9f55c08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7849,51 +7849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 537-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924869037feae2c1c" w:history="1">
+      <w:hyperlink r:id="rId198969320a9f55cd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7980,137 +7980,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33815739">
+  <w:abstractNum w:abstractNumId="93344020">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92395607">
+    <w:lvl w:ilvl="0" w:tplc="76777817">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92395607" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76777817" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33815738">
+  <w:abstractNum w:abstractNumId="93344019">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63969012">
+    <w:lvl w:ilvl="0" w:tplc="56522123">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8862,55 +8862,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33815738">
-    <w:abstractNumId w:val="33815738"/>
+  <w:num w:numId="93344019">
+    <w:abstractNumId w:val="93344019"/>
   </w:num>
-  <w:num w:numId="33815739">
-    <w:abstractNumId w:val="33815739"/>
+  <w:num w:numId="93344020">
+    <w:abstractNumId w:val="93344020"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20460,51 +20460,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId370015902" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId399640722" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId632169037feade61c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId400869037feade682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId931069037feade7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId899069037feae112a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId963969037feae116c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId641069037feae1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId139069037feae12cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId751069037feae16f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId343269037feae1ae1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId949769037feae1b42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId965569037feae1b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId711869037feae1d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId372669037feae1f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId901369037feae27b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId118369037feae2908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId267569037feae2b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924869037feae2c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId188369037feade735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188369037feade735.jpg"/><Relationship Id="rId200369037feadff46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200369037feadff46.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671493142" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId482931587" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId365669320a9f51837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId532269320a9f518a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId240269320a9f51da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId337369320a9f541c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId971569320a9f5420d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId822969320a9f54314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId530069320a9f5437e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId186869320a9f547a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId808969320a9f54b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId531369320a9f54be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId775269320a9f54c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId141169320a9f54dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId926569320a9f54fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId411069320a9f55862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId403369320a9f559af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId606869320a9f55c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId198969320a9f55cd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId990769320a9f51968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId990769320a9f51968.jpg"/><Relationship Id="rId115169320a9f52ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115169320a9f52ed7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>