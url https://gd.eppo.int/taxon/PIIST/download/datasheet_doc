--- v2 (2025-12-04)
+++ v3 (2025-12-14)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Blume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nile cabbage, tropical duckweed, water lettuce (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365669320a9f51837" w:history="1">
+            <w:hyperlink r:id="rId2812693ed4b9d1791" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532269320a9f518a0" w:history="1">
+            <w:hyperlink r:id="rId6305693ed4b9d17f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PIIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3884198" name="name499769320a9f51969" descr="12103.jpg"/>
+                  <wp:docPr id="86839081" name="name5055693ed4b9d20ce" descr="12103.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12103.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId990769320a9f51968" cstate="print"/>
+                          <a:blip r:embed="rId2876693ed4b9d20cc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId240269320a9f51da9" w:history="1">
+            <w:hyperlink r:id="rId1445693ed4b9d21e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1080,63 +1080,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79927176" name="name441269320a9f52edb" descr="PIIST_distribution_map.jpg"/>
+            <wp:docPr id="17790995" name="name1754693ed4b9d3816" descr="PIIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PIIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId115169320a9f52ed7" cstate="print"/>
+                    <a:blip r:embed="rId9949693ed4b9d3812" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3615,90 +3615,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been listed as a potentially invasive plant (Nehring &amp; Hussner, 2013) and the Federal Agency for Nature Conservation, Germany recommends that the species is not traded. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portugal: in Portugal the species is included in the list of prohibited plants Decreto-Lei no. 565/99 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId337369320a9f541c6" w:history="1">
+      <w:hyperlink r:id="rId1863693ed4b9d5130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.silva plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_ 99.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spain: in Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId971569320a9f5420d" w:history="1">
+      <w:hyperlink r:id="rId5238693ed4b9d517b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3809,51 +3809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Japan: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to legal control </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822969320a9f54314" w:history="1">
+      <w:hyperlink r:id="rId2271693ed4b9d527c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3868,51 +3868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South Africa: in South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 [Invasive Species South Africa (2017)]. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId530069320a9f5437e" w:history="1">
+      <w:hyperlink r:id="rId5574693ed4b9d52e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,51 +4525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (water lettuce). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186869320a9f547a4" w:history="1">
+      <w:hyperlink r:id="rId7915693ed4b9d577c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/41496</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 July 2016]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Araceae) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808969320a9f54b84" w:history="1">
+      <w:hyperlink r:id="rId4162693ed4b9d5bd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5205,90 +5205,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531369320a9f54be4" w:history="1">
+      <w:hyperlink r:id="rId7053693ed4b9d5c69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2nd November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId775269320a9f54c22" w:history="1">
+      <w:hyperlink r:id="rId8962693ed4b9d5ca9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5524,51 +5524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141169320a9f54dea" w:history="1">
+      <w:hyperlink r:id="rId8865693ed4b9d5ef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5804,51 +5804,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa (2017) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926569320a9f54fce" w:history="1">
+      <w:hyperlink r:id="rId1145693ed4b9d60f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7170,51 +7170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SILENE (Systeme d’Information et de Localisation des Especes Natives et Envahissantes, Conservatoire botanique national méditerranéen de Porquerolles) (2016). http://flore.silene.eu/ [accessed on 3 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Somerset Rare Plant Group Newsletter (2010) Issue No. 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411069320a9f55862" w:history="1">
+      <w:hyperlink r:id="rId4697693ed4b9d6a2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News letter-11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26th October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403369320a9f559af" w:history="1">
+      <w:hyperlink r:id="rId7457693ed4b9d6bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=PIST2 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 22 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7729,51 +7729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606869320a9f55c08" w:history="1">
+      <w:hyperlink r:id="rId3143693ed4b9d6e4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7849,51 +7849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 537-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198969320a9f55cd1" w:history="1">
+      <w:hyperlink r:id="rId5570693ed4b9d6f17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7980,137 +7980,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93344020">
+  <w:abstractNum w:abstractNumId="10223690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76777817">
+    <w:lvl w:ilvl="0" w:tplc="18543350">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76777817" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18543350" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93344019">
+  <w:abstractNum w:abstractNumId="10223689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56522123">
+    <w:lvl w:ilvl="0" w:tplc="55175218">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8862,55 +8862,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93344019">
-    <w:abstractNumId w:val="93344019"/>
+  <w:num w:numId="10223689">
+    <w:abstractNumId w:val="10223689"/>
   </w:num>
-  <w:num w:numId="93344020">
-    <w:abstractNumId w:val="93344020"/>
+  <w:num w:numId="10223690">
+    <w:abstractNumId w:val="10223690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20460,51 +20460,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671493142" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId482931587" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId365669320a9f51837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId532269320a9f518a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId240269320a9f51da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId337369320a9f541c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId971569320a9f5420d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId822969320a9f54314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId530069320a9f5437e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId186869320a9f547a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId808969320a9f54b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId531369320a9f54be4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId775269320a9f54c22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId141169320a9f54dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId926569320a9f54fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId411069320a9f55862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId403369320a9f559af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId606869320a9f55c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId198969320a9f55cd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId990769320a9f51968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId990769320a9f51968.jpg"/><Relationship Id="rId115169320a9f52ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115169320a9f52ed7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId612934698" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId936991508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2812693ed4b9d1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId6305693ed4b9d17f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId1445693ed4b9d21e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId1863693ed4b9d5130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId5238693ed4b9d517b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId2271693ed4b9d527c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId5574693ed4b9d52e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId7915693ed4b9d577c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId4162693ed4b9d5bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId7053693ed4b9d5c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId8962693ed4b9d5ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8865693ed4b9d5ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId1145693ed4b9d60f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId4697693ed4b9d6a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId7457693ed4b9d6bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId3143693ed4b9d6e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5570693ed4b9d6f17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId2876693ed4b9d20cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2876693ed4b9d20cc.jpg"/><Relationship Id="rId9949693ed4b9d3812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9949693ed4b9d3812.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>