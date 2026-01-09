--- v3 (2025-12-14)
+++ v4 (2026-01-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Blume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nile cabbage, tropical duckweed, water lettuce (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2812693ed4b9d1791" w:history="1">
+            <w:hyperlink r:id="rId84106960b97783a2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6305693ed4b9d17f9" w:history="1">
+            <w:hyperlink r:id="rId35716960b97783a97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PIIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86839081" name="name5055693ed4b9d20ce" descr="12103.jpg"/>
+                  <wp:docPr id="61076624" name="name90476960b9778440f" descr="12103.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12103.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2876693ed4b9d20cc" cstate="print"/>
+                          <a:blip r:embed="rId26826960b9778440d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1445693ed4b9d21e0" w:history="1">
+            <w:hyperlink r:id="rId50346960b97784547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1080,63 +1080,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17790995" name="name1754693ed4b9d3816" descr="PIIST_distribution_map.jpg"/>
+            <wp:docPr id="63250073" name="name60806960b97785a08" descr="PIIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PIIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9949693ed4b9d3812" cstate="print"/>
+                    <a:blip r:embed="rId32846960b97785a03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3615,90 +3615,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been listed as a potentially invasive plant (Nehring &amp; Hussner, 2013) and the Federal Agency for Nature Conservation, Germany recommends that the species is not traded. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portugal: in Portugal the species is included in the list of prohibited plants Decreto-Lei no. 565/99 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1863693ed4b9d5130" w:history="1">
+      <w:hyperlink r:id="rId53866960b97787199" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.silva plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_ 99.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spain: in Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5238693ed4b9d517b" w:history="1">
+      <w:hyperlink r:id="rId24536960b977871e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3809,51 +3809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Japan: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to legal control </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2271693ed4b9d527c" w:history="1">
+      <w:hyperlink r:id="rId10696960b9778731e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3868,51 +3868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South Africa: in South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 [Invasive Species South Africa (2017)]. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5574693ed4b9d52e3" w:history="1">
+      <w:hyperlink r:id="rId88926960b9778738b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,51 +4525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (water lettuce). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7915693ed4b9d577c" w:history="1">
+      <w:hyperlink r:id="rId83226960b977878e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/41496</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 July 2016]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Araceae) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4162693ed4b9d5bd1" w:history="1">
+      <w:hyperlink r:id="rId45146960b97787e63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5205,90 +5205,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7053693ed4b9d5c69" w:history="1">
+      <w:hyperlink r:id="rId18746960b97787ec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2nd November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8962693ed4b9d5ca9" w:history="1">
+      <w:hyperlink r:id="rId37716960b97787f09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5524,51 +5524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8865693ed4b9d5ef4" w:history="1">
+      <w:hyperlink r:id="rId93286960b977880e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5804,51 +5804,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa (2017) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1145693ed4b9d60f2" w:history="1">
+      <w:hyperlink r:id="rId70576960b9778834f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7170,51 +7170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SILENE (Systeme d’Information et de Localisation des Especes Natives et Envahissantes, Conservatoire botanique national méditerranéen de Porquerolles) (2016). http://flore.silene.eu/ [accessed on 3 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Somerset Rare Plant Group Newsletter (2010) Issue No. 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4697693ed4b9d6a2a" w:history="1">
+      <w:hyperlink r:id="rId85626960b97788d4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News letter-11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26th October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7457693ed4b9d6bb4" w:history="1">
+      <w:hyperlink r:id="rId73876960b97788ea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=PIST2 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 22 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7707,73 +7707,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3143693ed4b9d6e4a" w:history="1">
+      <w:hyperlink r:id="rId32936960b97789100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7849,51 +7849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 537-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5570693ed4b9d6f17" w:history="1">
+      <w:hyperlink r:id="rId13936960b9778928c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7980,137 +7980,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10223690">
+  <w:abstractNum w:abstractNumId="95790803">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18543350">
+    <w:lvl w:ilvl="0" w:tplc="80484455">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18543350" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80484455" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10223689">
+  <w:abstractNum w:abstractNumId="95790802">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55175218">
+    <w:lvl w:ilvl="0" w:tplc="76914843">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8862,55 +8862,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10223689">
-    <w:abstractNumId w:val="10223689"/>
+  <w:num w:numId="95790802">
+    <w:abstractNumId w:val="95790802"/>
   </w:num>
-  <w:num w:numId="10223690">
-    <w:abstractNumId w:val="10223690"/>
+  <w:num w:numId="95790803">
+    <w:abstractNumId w:val="95790803"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20460,51 +20460,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId612934698" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId936991508" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2812693ed4b9d1791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId6305693ed4b9d17f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId1445693ed4b9d21e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId1863693ed4b9d5130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId5238693ed4b9d517b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId2271693ed4b9d527c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId5574693ed4b9d52e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId7915693ed4b9d577c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId4162693ed4b9d5bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId7053693ed4b9d5c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId8962693ed4b9d5ca9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId8865693ed4b9d5ef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId1145693ed4b9d60f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId4697693ed4b9d6a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId7457693ed4b9d6bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId3143693ed4b9d6e4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5570693ed4b9d6f17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId2876693ed4b9d20cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2876693ed4b9d20cc.jpg"/><Relationship Id="rId9949693ed4b9d3812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9949693ed4b9d3812.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId776490718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId729077479" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84106960b97783a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId35716960b97783a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId50346960b97784547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId53866960b97787199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId24536960b977871e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId10696960b9778731e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId88926960b9778738b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId83226960b977878e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId45146960b97787e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId18746960b97787ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId37716960b97787f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId93286960b977880e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId70576960b9778834f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId85626960b97788d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId73876960b97788ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId32936960b97789100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13936960b9778928c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId26826960b9778440d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26826960b9778440d.jpg"/><Relationship Id="rId32846960b97785a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32846960b97785a03.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>