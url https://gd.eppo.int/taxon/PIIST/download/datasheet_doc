--- v4 (2026-01-09)
+++ v5 (2026-02-18)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Blume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nile cabbage, tropical duckweed, water lettuce (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84106960b97783a2e" w:history="1">
+            <w:hyperlink r:id="rId215169958a625a8e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35716960b97783a97" w:history="1">
+            <w:hyperlink r:id="rId677169958a625a951" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PIIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61076624" name="name90476960b9778440f" descr="12103.jpg"/>
+                  <wp:docPr id="54394574" name="name817569958a625aa24" descr="12103.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12103.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26826960b9778440d" cstate="print"/>
+                          <a:blip r:embed="rId299869958a625aa22" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId50346960b97784547" w:history="1">
+            <w:hyperlink r:id="rId893969958a625ab21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1080,105 +1080,105 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63250073" name="name60806960b97785a08" descr="PIIST_distribution_map.jpg"/>
+            <wp:docPr id="95184514" name="name137069958a625c140" descr="PIIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PIIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32846960b97785a03" cstate="print"/>
+                    <a:blip r:embed="rId163369958a625c13c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Croatia, France (mainland), Germany, Israel, Italy (mainland, Sardegna), Kazakhstan, Morocco, Poland, Russian Federation (the), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Ukraine</w:t>
+        <w:t xml:space="preserve"> Croatia, France (mainland), Germany, Israel, Italy (mainland, Sardegna), Kazakhstan, Morocco, Poland, Russian Federation, Serbia, Slovakia, Slovenia, Spain (mainland, Islas Canárias), Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angola, Benin, Botswana, Burkina Faso, Burundi, Cameroon, Central African Republic, Chad, Comoros, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Equatorial Guinea, Eswatini, Ethiopia, Gabon, Gambia, Ghana, Guinea, Guinea-Bissau, Kenya, Lesotho, Liberia, Madagascar, Malawi, Mauritania, Mauritius, Morocco, Mozambique, Namibia, Niger, Nigeria, Reunion, Rwanda, Senegal, Seychelles, Sierra Leone, Somalia, South Africa, Sudan, Tanzania, United Republic of, Togo, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3615,90 +3615,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been listed as a potentially invasive plant (Nehring &amp; Hussner, 2013) and the Federal Agency for Nature Conservation, Germany recommends that the species is not traded. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portugal: in Portugal the species is included in the list of prohibited plants Decreto-Lei no. 565/99 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53866960b97787199" w:history="1">
+      <w:hyperlink r:id="rId224369958a625d398" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.silva plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_ 99.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spain: in Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24536960b977871e7" w:history="1">
+      <w:hyperlink r:id="rId675769958a625d3df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3809,51 +3809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Japan: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to legal control </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10696960b9778731e" w:history="1">
+      <w:hyperlink r:id="rId235669958a625d4d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3868,51 +3868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South Africa: in South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 [Invasive Species South Africa (2017)]. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId88926960b9778738b" w:history="1">
+      <w:hyperlink r:id="rId480169958a625d540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,51 +4525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (water lettuce). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83226960b977878e7" w:history="1">
+      <w:hyperlink r:id="rId615769958a625daad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/41496</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 July 2016]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Araceae) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45146960b97787e63" w:history="1">
+      <w:hyperlink r:id="rId289069958a625deb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5205,90 +5205,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18746960b97787ec7" w:history="1">
+      <w:hyperlink r:id="rId907469958a625df11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2nd November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37716960b97787f09" w:history="1">
+      <w:hyperlink r:id="rId346869958a625df51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5524,51 +5524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93286960b977880e1" w:history="1">
+      <w:hyperlink r:id="rId375469958a625e117" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5804,51 +5804,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa (2017) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70576960b9778834f" w:history="1">
+      <w:hyperlink r:id="rId774269958a625e2d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7170,51 +7170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SILENE (Systeme d’Information et de Localisation des Especes Natives et Envahissantes, Conservatoire botanique national méditerranéen de Porquerolles) (2016). http://flore.silene.eu/ [accessed on 3 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Somerset Rare Plant Group Newsletter (2010) Issue No. 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85626960b97788d4f" w:history="1">
+      <w:hyperlink r:id="rId690669958a625ebb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News letter-11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26th October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73876960b97788ea0" w:history="1">
+      <w:hyperlink r:id="rId725269958a625ecfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=PIST2 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 22 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7729,51 +7729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32936960b97789100" w:history="1">
+      <w:hyperlink r:id="rId124669958a625ef41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7849,51 +7849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 537-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13936960b9778928c" w:history="1">
+      <w:hyperlink r:id="rId531269958a625f012" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7980,137 +7980,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95790803">
+  <w:abstractNum w:abstractNumId="40106667">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80484455">
+    <w:lvl w:ilvl="0" w:tplc="46800840">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80484455" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46800840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95790802">
+  <w:abstractNum w:abstractNumId="40106666">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76914843">
+    <w:lvl w:ilvl="0" w:tplc="10391852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8862,55 +8862,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95790802">
-    <w:abstractNumId w:val="95790802"/>
+  <w:num w:numId="40106666">
+    <w:abstractNumId w:val="40106666"/>
   </w:num>
-  <w:num w:numId="95790803">
-    <w:abstractNumId w:val="95790803"/>
+  <w:num w:numId="40106667">
+    <w:abstractNumId w:val="40106667"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20460,51 +20460,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId776490718" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId729077479" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId84106960b97783a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId35716960b97783a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId50346960b97784547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId53866960b97787199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId24536960b977871e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId10696960b9778731e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId88926960b9778738b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId83226960b977878e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId45146960b97787e63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId18746960b97787ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId37716960b97787f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId93286960b977880e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId70576960b9778834f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId85626960b97788d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId73876960b97788ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId32936960b97789100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13936960b9778928c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId26826960b9778440d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26826960b9778440d.jpg"/><Relationship Id="rId32846960b97785a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32846960b97785a03.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId242238573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239614791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId215169958a625a8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId677169958a625a951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId893969958a625ab21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId224369958a625d398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId675769958a625d3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId235669958a625d4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId480169958a625d540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId615769958a625daad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId289069958a625deb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId907469958a625df11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId346869958a625df51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId375469958a625e117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId774269958a625e2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId690669958a625ebb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId725269958a625ecfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId124669958a625ef41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId531269958a625f012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId299869958a625aa22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299869958a625aa22.jpg"/><Relationship Id="rId163369958a625c13c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163369958a625c13c.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>