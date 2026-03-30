--- v5 (2026-02-18)
+++ v6 (2026-03-30)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> Blume</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nile cabbage, tropical duckweed, water lettuce (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215169958a625a8e9" w:history="1">
+            <w:hyperlink r:id="rId644169cad92f3aa4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId677169958a625a951" w:history="1">
+            <w:hyperlink r:id="rId688769cad92f3aab7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PIIST</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54394574" name="name817569958a625aa24" descr="12103.jpg"/>
+                  <wp:docPr id="57371693" name="name293369cad92f3b060" descr="12103.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12103.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId299869958a625aa22" cstate="print"/>
+                          <a:blip r:embed="rId959369cad92f3b05e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId893969958a625ab21" w:history="1">
+            <w:hyperlink r:id="rId577869cad92f3b1a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1080,63 +1080,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95184514" name="name137069958a625c140" descr="PIIST_distribution_map.jpg"/>
+            <wp:docPr id="29952259" name="name933469cad92f3c913" descr="PIIST_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PIIST_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId163369958a625c13c" cstate="print"/>
+                    <a:blip r:embed="rId241769cad92f3c90f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3615,90 +3615,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been listed as a potentially invasive plant (Nehring &amp; Hussner, 2013) and the Federal Agency for Nature Conservation, Germany recommends that the species is not traded. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portugal: in Portugal the species is included in the list of prohibited plants Decreto-Lei no. 565/99 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId224369958a625d398" w:history="1">
+      <w:hyperlink r:id="rId332769cad92f3dd6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.silva plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_ 99.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Spain: in Spain, the species is included in the list of the prohibited species of the Real Decreto 630/2013 (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId675769958a625d3df" w:history="1">
+      <w:hyperlink r:id="rId885969cad92f3ddb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www. boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3809,51 +3809,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Japan: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to legal control </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235669958a625d4d9" w:history="1">
+      <w:hyperlink r:id="rId910969cad92f3deb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">(https://www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3868,51 +3868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">South Africa: in South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">was specifically defined as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 [Invasive Species South Africa (2017)]. Category 1b means that the invasive species ‘must be controlled and wherever possible, removed and destroyed. Any form of trade or planting is strictly prohibited’ (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId480169958a625d540" w:history="1">
+      <w:hyperlink r:id="rId832369cad92f3df18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4525,51 +4525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2016) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (water lettuce). Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615769958a625daad" w:history="1">
+      <w:hyperlink r:id="rId702369cad92f3e38f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.cabi.org/isc/datasheet/41496</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 July 2016]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5146,51 +5146,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Araceae) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289069958a625deb0" w:history="1">
+      <w:hyperlink r:id="rId186769cad92f3e7ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 21 April 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5205,90 +5205,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907469958a625df11" w:history="1">
+      <w:hyperlink r:id="rId291269cad92f3e826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 2nd November 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346869958a625df51" w:history="1">
+      <w:hyperlink r:id="rId275669cad92f3e87b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5524,51 +5524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2005) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375469958a625e117" w:history="1">
+      <w:hyperlink r:id="rId871969cad92f3ea4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5804,51 +5804,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–45.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Invasive Species South Africa (2017) Water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId774269958a625e2d7" w:history="1">
+      <w:hyperlink r:id="rId292369cad92f3ec74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7170,51 +7170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SILENE (Systeme d’Information et de Localisation des Especes Natives et Envahissantes, Conservatoire botanique national méditerranéen de Porquerolles) (2016). http://flore.silene.eu/ [accessed on 3 October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Somerset Rare Plant Group Newsletter (2010) Issue No. 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690669958a625ebb0" w:history="1">
+      <w:hyperlink r:id="rId707469cad92f3f65e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News letter-11.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26th October 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. water lettuce. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725269958a625ecfd" w:history="1">
+      <w:hyperlink r:id="rId928369cad92f3f7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=PIST2 </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 22 March 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7729,51 +7729,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pistia stratiotes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124669958a625ef41" w:history="1">
+      <w:hyperlink r:id="rId736169cad92f3fa0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7849,51 +7849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 537-543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531269958a625f012" w:history="1">
+      <w:hyperlink r:id="rId455269cad92f3fae5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12429</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7980,137 +7980,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40106667">
+  <w:abstractNum w:abstractNumId="56899033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46800840">
+    <w:lvl w:ilvl="0" w:tplc="65706686">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46800840" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65706686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40106666">
+  <w:abstractNum w:abstractNumId="56899032">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10391852">
+    <w:lvl w:ilvl="0" w:tplc="81535950">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8862,55 +8862,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40106666">
-    <w:abstractNumId w:val="40106666"/>
+  <w:num w:numId="56899032">
+    <w:abstractNumId w:val="56899032"/>
   </w:num>
-  <w:num w:numId="40106667">
-    <w:abstractNumId w:val="40106667"/>
+  <w:num w:numId="56899033">
+    <w:abstractNumId w:val="56899033"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20460,51 +20460,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId242238573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId239614791" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId215169958a625a8e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId677169958a625a951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId893969958a625ab21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId224369958a625d398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId675769958a625d3df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId235669958a625d4d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId480169958a625d540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId615769958a625daad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId289069958a625deb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId907469958a625df11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId346869958a625df51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId375469958a625e117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId774269958a625e2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId690669958a625ebb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId725269958a625ecfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId124669958a625ef41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId531269958a625f012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId299869958a625aa22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299869958a625aa22.jpg"/><Relationship Id="rId163369958a625c13c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163369958a625c13c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId950490588" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId644654699" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId644169cad92f3aa4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/" TargetMode="External"/><Relationship Id="rId688769cad92f3aab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/categorization" TargetMode="External"/><Relationship Id="rId577869cad92f3b1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PIIST/photos" TargetMode="External"/><Relationship Id="rId332769cad92f3dd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.silva%20plus.com/fotos/editor2/LegislacaoPT/Floresta/dec_lei_565_%2099.pdf" TargetMode="External"/><Relationship Id="rId885969cad92f3ddb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.%20boe.es/boe/dias/2013/08/03/pdfs/BOE-A-2013-8565.pdf" TargetMode="External"/><Relationship Id="rId910969cad92f3deb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gd.eppo.int/(https%3A//www.nies.go.jp/biodiversity/invasive/DB/etoc8_plants.html" TargetMode="External"/><Relationship Id="rId832369cad92f3df18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId702369cad92f3e38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cabi.org/isc/datasheet/41496" TargetMode="External"/><Relationship Id="rId186769cad92f3e7ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/iap_list/Pistia_stratiotes.htm" TargetMode="External"/><Relationship Id="rId291269cad92f3e826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId275669cad92f3e87b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId871969cad92f3ea4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/speciesname/Pistia+stratiotes" TargetMode="External"/><Relationship Id="rId292369cad92f3ec74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invasives.org.za/legislation/item/851-water-lettuce-pistia-stratiotes" TargetMode="External"/><Relationship Id="rId707469cad92f3f65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.somersetrareplantsgroup.org.uk/wp-content/uploads/2014/11/2010-News%20letter-11.pdf" TargetMode="External"/><Relationship Id="rId928369cad92f3f7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=PIST2" TargetMode="External"/><Relationship Id="rId736169cad92f3fa0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId455269cad92f3fae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12428" TargetMode="External"/><Relationship Id="rId959369cad92f3b05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959369cad92f3b05e.jpg"/><Relationship Id="rId241769cad92f3c90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId241769cad92f3c90f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>