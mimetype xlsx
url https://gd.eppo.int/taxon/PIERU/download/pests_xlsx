--- v0 (2025-10-19)
+++ v1 (2026-02-19)
@@ -180,51 +180,52 @@
   </si>
   <si>
     <t xml:space="preserve">* Hain FP, Duehl AJ, Gardener MJ, Payne TL (2011) Natural History of the Southern Pine Beetle. In: Coulson, R.N.; Klepzig, K.D. 2011. Southern Pine Beetle II. Gen. Tech. Rep. SRS-140. Asheville, NC: U.S. Department of Agriculture Forest Service, Southern Research Station. 13-24. https://www.fs.usda.gov/treesearch/pubs/39019
 ------- 'considered exceptional or nontraditional host that is indiscriminately attacked during an epidemic on preferred hosts but cannot sustain the epidemic. </t>
   </si>
   <si>
     <t>DENCRU</t>
   </si>
   <si>
     <t>Dendroctonus rufipennis</t>
   </si>
   <si>
     <t>* Ostaff DP, Newell WR (1981) Spruce mortality in Nova Scotia caused by the spruce beetle, Dendroctonus rufipennis Kby. Information Report, Maritimes Forest Research Centre, Canada No. M-X, 122 pp.</t>
   </si>
   <si>
     <t>Dendroctonus rufipennis (as Picea)</t>
   </si>
   <si>
     <t>DENCVA</t>
   </si>
   <si>
     <t>Dendroctonus valens</t>
   </si>
   <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
-------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.</t>
+------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+* Wood SL (1963) A revision of bark beetle genus Dendroctonus Erichson (Coleoptera: Scolytidae). Great Basin Naturalist 23, 1–117.</t>
   </si>
   <si>
     <t>GILPPO</t>
   </si>
   <si>
     <t>Gilpinia hercyniae</t>
   </si>
   <si>
     <t>* Van Driesche RG, LaForest JH, Bargeron CT, Reardon RC, and Herlihy M (2013) Forest pest insects in North America: a photographic guide. USDA Forest Service Forest Health Technology Enterprise Team FHTET-2012-02, 702 pp.</t>
   </si>
   <si>
     <t>GNAHSU</t>
   </si>
   <si>
     <t>Gnathotrichus sulcatus (as Pinaceae)</t>
   </si>
   <si>
     <t>* Furniss RL, Carolin VM (1977) Western forest insects (Scolytidae, Platypodidae). Miscellaneous Publications, United States Department of Agriculture, Forest Service No. 1339, pp. 1-654</t>
   </si>
   <si>
     <t>GREMAB</t>
   </si>
   <si>
     <t>Gremmeniella abietina</t>
   </si>