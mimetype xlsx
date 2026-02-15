--- v0 (2025-10-17)
+++ v1 (2026-02-15)
@@ -258,51 +258,55 @@
     <t>* Grégoire JC (1988) The greater European spruce beetle. In: Dynamics of forest insect populations (Ed. by Berryman A) Plenum Publishing Corporation, New York, USA. pp. 455-478.</t>
   </si>
   <si>
     <t>DENCRU</t>
   </si>
   <si>
     <t>Dendroctonus rufipennis</t>
   </si>
   <si>
     <t>* Cognato AI, Barc N, Philip M, Mech R, Smith AD, Galbraith E, Storer AJ, Kirkendall LR (2009) The native and introduced bark and ambrosia beetles of Michigan (Coleoptera: Curculionidae, Scolytinae). The Great Lakes Entomologist 42(3-4), 101-200.
 * Holsten EH, Thier RW, Schmid JM (1989) The spruce beetle. USDA Forest Service, Forest Insect and Disease Leaflet 127, 12 pp.
 * Ostaff DP, Newell WR (1981) Spruce mortality in Nova Scotia caused by the spruce beetle, Dendroctonus rufipennis Kby. Information Report, Maritimes Forest Research Centre, Canada No. M-X, 122 pp.
 * Werner R, Holsten EH (1995) Current status of research with the spruce beetle, Dendroctonus rufipennis., pp 23-39. In: Salom SM, Hobson KR (eds) Application of Semiochemicals for Management of Bark Beetle Infestations - Proceedings of and Information Conference. Annual Meeting of the Entomological Society of America (1993-12-12/16), USDA-Forest Service, 54 pp.</t>
   </si>
   <si>
     <t>Dendroctonus rufipennis (as Picea)</t>
   </si>
   <si>
     <t>DENCVA</t>
   </si>
   <si>
     <t>Dendroctonus valens</t>
   </si>
   <si>
     <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
-------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.</t>
+------- Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+* Hopkins AD (1909) The genus Dendroctonus. U.S. Department of Agriculture, Bureau of Entomology L.0. Howard. Washington: Government Printing Office, Technical Series, No. 17, Part I. 232 p.
+------- as Picea canadensis.
+* Wood SL (1963) A revision of bark beetle genus Dendroctonus Erichson (Coleoptera: Scolytidae). Great Basin Naturalist 23, 1–117.
+------- as Picea canadensis.</t>
   </si>
   <si>
     <t>GILPPO</t>
   </si>
   <si>
     <t>Gilpinia hercyniae</t>
   </si>
   <si>
     <t>* Van Driesche RG, LaForest JH, Bargeron CT, Reardon RC, and Herlihy M (2013) Forest pest insects in North America: a photographic guide. USDA Forest Service Forest Health Technology Enterprise Team FHTET-2012-02, 702 pp.
 * Wong HR, Ives WGH (1969) The European spruce sawfly in Manitoba. Bi-Monthly Research Notes 25(6), 47.</t>
   </si>
   <si>
     <t>GNAHSU</t>
   </si>
   <si>
     <t>Gnathotrichus sulcatus (as Pinaceae)</t>
   </si>
   <si>
     <t>* Furniss RL, Carolin VM (1977) Western forest insects (Scolytidae, Platypodidae). Miscellaneous Publications, United States Department of Agriculture, Forest Service No. 1339, pp. 1-654</t>
   </si>
   <si>
     <t>GREMAB</t>
   </si>
   <si>
     <t>Gremmeniella abietina</t>