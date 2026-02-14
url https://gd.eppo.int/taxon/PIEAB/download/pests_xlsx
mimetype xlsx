--- v0 (2025-10-16)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIEAB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>PUCIAR</t>
   </si>
   <si>
     <t>Pucciniastrum areolatum (as Picea)</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
@@ -139,50 +139,53 @@
     <t>Arceuthobium laricis (as Picea)</t>
   </si>
   <si>
     <t>AREPU</t>
   </si>
   <si>
     <t>Arceuthobium pusillum (as Picea)</t>
   </si>
   <si>
     <t>BURSMU</t>
   </si>
   <si>
     <t>Bursaphelenchus mucronatus</t>
   </si>
   <si>
     <t xml:space="preserve">* Chalkin AA, Zinnikov DF, Lyabzina SN, Sinkevich OV (2021) Pests and diseases of forest biocenoses of specially protected natural areas of the Republic of Karelia. Plant Health and Quarantine 2021(2), 9-19.
 </t>
   </si>
   <si>
     <t>BURSXY</t>
   </si>
   <si>
     <t>Bursaphelenchus xylophilus</t>
   </si>
   <si>
+    <t>* Mamiya Y (1983) Pathology of the pine wilt disease caused by Bursaphelenchus xylophilus. Annu. Rev. Phytopathol. 21, 201–220</t>
+  </si>
+  <si>
     <t>PSYLME</t>
   </si>
   <si>
     <t>Cacopsylla melanoneura</t>
   </si>
   <si>
     <t>PHECPI</t>
   </si>
   <si>
     <t>Chionaspis pinifoliae</t>
   </si>
   <si>
     <t>* INTERNET
 ScaleNet. Chionaspis pinifoliae. http://scalenet.info/catalogue/Chionaspis%20pinifoliae/
 * Liu T (1987) Biosystematics of the genus Chionaspis (Homoptera, Coccoidea, Diaspididae) of North America, with emphasis on polymorphism. Masters Theses. Virginia Polytechnic Institute and State University. 305 p.; 
 * Shour MH &amp; Schuder DL (1987) Host range and geographic distribution of Chionaspis heterophyllae Cooley and C. pinifoliae (Fitch) (Homoptera: Diaspididae). Indiana Academy of Science 96, 297–304. 
 * Gwiazdowski RA, Vea MI, Andersen CJ &amp; Normark BB (2011) Discovery of cryptic species among North American pine-feeding Chionaspis scale insects (Hemiptera: Diaspididae). Biological Journal of the Linnean Society of London 104(1), 47–62.</t>
   </si>
   <si>
     <t>Chionaspis pinifoliae (as Picea)</t>
   </si>
   <si>
     <t>* INTERNET
 ScaleNet. Chionaspis pinifoliae. http://scalenet.info/catalogue/Chionaspis%20pinifoliae/</t>
   </si>
@@ -246,52 +249,55 @@
   <si>
     <t>DENCMI</t>
   </si>
   <si>
     <t>Dendroctonus micans</t>
   </si>
   <si>
     <t>* Grégoire JC (1988) The greater European spruce beetle. In: Dynamics of forest insect populations (Ed. by Berryman A) Plenum Publishing Corporation, New York, USA. pp. 455-478.</t>
   </si>
   <si>
     <t>DENCRU</t>
   </si>
   <si>
     <t>Dendroctonus rufipennis</t>
   </si>
   <si>
     <t>Dendroctonus rufipennis (as Picea)</t>
   </si>
   <si>
     <t>DENCVA</t>
   </si>
   <si>
     <t>Dendroctonus valens</t>
   </si>
   <si>
-    <t>* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
-------- As Picea abies. Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.</t>
+    <t xml:space="preserve">* Atkinson TH (2018) Bark and ambrosia beetles (US and Canada). Available at: http://www.barkbeetles.info/regional_chklist_target_species.php?lookUp=491 (accessed 29 June 2018)
+------- As Picea abies. Occasional host record. No information could be found on whether non-Pinus allow complete development from egg to adult.
+*Hopkins AD (1909) The genus Dendroctonus. U.S. Department of Agriculture, Bureau of Entomology L.0. Howard. Washington: Government Printing Office, Technical Series, No. 17, Part I. 232 p.
+------- As Picea abies.
+</t>
   </si>
   <si>
     <t>DENDSU</t>
   </si>
   <si>
     <t>Dendrolimus superans</t>
   </si>
   <si>
     <t>* Kobayashi F,Taketani A (1994) Forest insects. Tokyo, Youkendo, 567 pp. (In Japanese, cited by EFSA PHL 2022).
 * EFSA Panel on Plant Health (2022) Scientific Opinion on the pest categorisation of Dendrolimus superans. EFSA Journal 20(8), 7525, 23 pp. https://doi.org/10.2903/j.efsa.2022.7525</t>
   </si>
   <si>
     <t>DOTSPI</t>
   </si>
   <si>
     <t>Dothistroma pini</t>
   </si>
   <si>
     <t>* Jánošíková‐Hečková Z, Ondrušková E, Barta M, Ostrovský R, Kádasi‐Horáková M, Pastirčáková K, Kobza M, Adamčíková K (2018) The hosts and geographic range of Dothistroma needle blight in Slovakia. Forest Pathology e12421. https://doi.org/10.1111/efp.12421</t>
   </si>
   <si>
     <t>SCIRPI</t>
   </si>
   <si>
     <t>Dothistroma septosporum</t>
@@ -559,51 +565,52 @@
   </si>
   <si>
     <t>Ips amitinus</t>
   </si>
   <si>
     <t>* Pavlovskij EN (1955) Vrediteli lesa [Forest pests]. Isd. Akad. Nauk SSSR Moskva [in Russian]. 
 * Pfeffer A (1955) Fauna ČSR, Kůrovci – Scolytoidea [Bark beetles – Scolytoidea]. Nakl. ČAV Praha [in Czech].
 * Witrylak W (2008) Studies of the biology, ecology, phenology, and economic importance of Ips amitinus (Eichh.) (Col., Scolytidae) in experimental forests of Krynica (Beskid Sadecki, southern Poland). Acta Scientiarum Polonorum Silvarum Colendarum Ratio et Industria Lignaria, 7 (1), 75-92.</t>
   </si>
   <si>
     <t>IPSXDU</t>
   </si>
   <si>
     <t>Ips duplicatus</t>
   </si>
   <si>
     <t>* Holuša J, Grodzki W (2008) Occurrence of Ips duplicatus (Coleoptera: Curculionidae, Scolytinae) on pines (Pinus sp.) in the Czech Republic and southern Poland–Short communication. Journal of Forest Science 54(5), 234-236.</t>
   </si>
   <si>
     <t>IPSXTY</t>
   </si>
   <si>
     <t>Ips typographus</t>
   </si>
   <si>
-    <t>* Jurc M, Pavlin R, Borkovič D, Pintarič S (2024) The Material for the Beetle Fauna (Coleoptera) of Slovenia : 6. contribution: Polyphaga: Curculionidae: Scolytinae, Platypodinae. Slovenian Museum of Natural History, 2024. 405 str., ilustr. Scopolia, 108, 2024. https://www.pms-lj.si/app/uploads/2024/12/Scopolia_108_web.pdf</t>
+    <t>* Jurc M, Pavlin R, Borkovič D, Pintarič S (2024) The Material for the Beetle Fauna (Coleoptera) of Slovenia : 6. contribution: Polyphaga: Curculionidae: Scolytinae, Platypodinae. Slovenian Museum of Natural History, 2024. 405 str., ilustr. Scopolia, 108, 2024. https://www.pms-lj.si/app/uploads/2024/12/Scopolia_108_web.pdf
+* Pulgarín Díaz JA, Pérez-Pérez J, Melin M, Peltola H, Tikkanen OP (2025) Assessing the impacts of forest stand structure and landscape on the formation of Ips typographus damage hotspots in Finland. Forestry: An International Journal of Forest Research cpaf058. https://doi.org/10.1093/forestry/cpaf058</t>
   </si>
   <si>
     <t>MONCSL</t>
   </si>
   <si>
     <t>Monochamus saltuarius</t>
   </si>
   <si>
     <t xml:space="preserve">* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 </t>
   </si>
   <si>
     <t>Monochamus saltuarius (as Picea)</t>
   </si>
   <si>
     <t>Monochamus sutor</t>
   </si>
   <si>
     <t>MONCUR</t>
   </si>
   <si>
     <t>Monochamus urussovii (as Picea)</t>
   </si>
   <si>
     <t>HEMELE</t>
@@ -1152,826 +1159,828 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>37</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>23</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>23</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C34" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D34" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>23</v>
       </c>
       <c r="B35" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>23</v>
       </c>
       <c r="B36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D36" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C37" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D37" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C38" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>23</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>23</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C40" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>23</v>
       </c>
       <c r="B41" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D42" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>23</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>23</v>
       </c>
       <c r="B44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C44" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D44" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>23</v>
       </c>
       <c r="B45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>23</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>23</v>
       </c>
       <c r="B47" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C47" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D47" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>23</v>
       </c>
       <c r="B48" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D48" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>23</v>
       </c>
       <c r="B49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C49" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>23</v>
       </c>
       <c r="B50" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C50" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D50" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>23</v>
       </c>
       <c r="B51" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>23</v>
       </c>
       <c r="B52" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C52" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>23</v>
       </c>
       <c r="B53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C53" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D53" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>23</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C54" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D54" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>23</v>
       </c>
       <c r="B55" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C55" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>23</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C56" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>23</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C57" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>23</v>
       </c>
       <c r="B58" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C58" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D58" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>23</v>
       </c>
       <c r="B59" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C59" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>23</v>
       </c>
       <c r="B60" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D60" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B61" t="s">
         <v>34</v>
       </c>
       <c r="C61" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D62" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B63" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C63" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D63" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B64" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C64" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D64" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B65" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C65" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D65" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B66" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C66" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D66" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C67" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D67" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B68" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C68" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B69" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B70" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C70" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D70" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B71" t="s">
         <v>5</v>
       </c>
       <c r="C71" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D71" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B72" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C72" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D72" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">