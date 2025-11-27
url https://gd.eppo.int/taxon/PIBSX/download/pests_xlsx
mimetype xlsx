--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIBSX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
@@ -110,50 +110,60 @@
   </si>
   <si>
     <t>* Tanaka S, Kishi K (1963) Studies on indicator plants for citrus viruses. Mechanical inoculation on leguminous plants with sap from satsuma dwarf tree. Annals of the Phytopathological Society of Japan 28, 262–269.</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Garms BW, Mound LA, Schellhorn NA (2013) Polyphagy in the Australian population of South African citrus thrips (Scirtothrips aurantii Faure). Australian Journal of Entomology, 52, 282-289. 
 ------- confirmed host in laboratory experiments.</t>
   </si>
   <si>
     <t>PVT000</t>
   </si>
   <si>
     <t>Tepovirus tafsolani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range, purification and properties of potato virus T. Annals of Applied Biology 89, 223-235.</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>BRCHPI</t>
   </si>
   <si>
     <t>Bruchus pisorum</t>
   </si>
   <si>
     <t>TORTPR</t>
   </si>
   <si>
     <t>Cacoecimorpha pronubana</t>
   </si>
   <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Quaglino F, Zhao Y, Casati P, Bulgari D, Bianco PA, Wei W, Davis RE (2013) ‘Candidatus Phytoplasma solani’, a novel taxon associated with stolbur- and bois noir-related diseases of plants. International Journal of Systematic and Evolutionary Microbiology 63, 2879-2894.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
@@ -984,51 +994,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="491.88" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1134,77 +1144,77 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>37</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
@@ -1214,77 +1224,77 @@
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>30</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>53</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>30</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>30</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
@@ -1336,105 +1346,105 @@
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>30</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>30</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>30</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>76</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>78</v>
       </c>
       <c r="D27" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" t="s">
         <v>81</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>30</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>84</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>30</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" t="s">
         <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
@@ -1556,65 +1566,65 @@
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>30</v>
       </c>
       <c r="B40" t="s">
         <v>115</v>
       </c>
       <c r="C40" t="s">
         <v>116</v>
       </c>
       <c r="D40" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>30</v>
       </c>
       <c r="B41" t="s">
         <v>118</v>
       </c>
       <c r="C41" t="s">
         <v>119</v>
       </c>
-      <c r="D41"/>
+      <c r="D41" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>30</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>122</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>30</v>
       </c>
       <c r="B43" t="s">
         <v>123</v>
       </c>
       <c r="C43" t="s">
         <v>124</v>
       </c>
       <c r="D43" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>30</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
       <c r="C44" t="s">
         <v>127</v>
       </c>
@@ -1764,143 +1774,157 @@
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>30</v>
       </c>
       <c r="B55" t="s">
         <v>159</v>
       </c>
       <c r="C55" t="s">
         <v>160</v>
       </c>
       <c r="D55" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>30</v>
       </c>
       <c r="B56" t="s">
         <v>162</v>
       </c>
       <c r="C56" t="s">
         <v>163</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>30</v>
       </c>
       <c r="B57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C57" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>166</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>30</v>
       </c>
       <c r="B58" t="s">
         <v>167</v>
       </c>
       <c r="C58" t="s">
         <v>168</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>30</v>
       </c>
       <c r="B59" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C59" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>171</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>30</v>
       </c>
       <c r="B60" t="s">
         <v>172</v>
       </c>
       <c r="C60" t="s">
         <v>173</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>174</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>30</v>
       </c>
       <c r="B61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C61" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D61" t="s">
         <v>176</v>
       </c>
+      <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>30</v>
+      </c>
+      <c r="B62" t="s">
         <v>177</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>178</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B63" t="s">
         <v>181</v>
       </c>
       <c r="C63" t="s">
         <v>182</v>
       </c>
-      <c r="D63"/>
+      <c r="D63" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>180</v>
+      </c>
+      <c r="B64" t="s">
+        <v>184</v>
+      </c>
+      <c r="C64" t="s">
+        <v>185</v>
+      </c>
+      <c r="D64"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>