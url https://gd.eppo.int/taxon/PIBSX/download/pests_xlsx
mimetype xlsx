--- v1 (2025-11-27)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIBSX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
@@ -647,50 +647,53 @@
   </si>
   <si>
     <t>Uromyces viciae-fabae</t>
   </si>
   <si>
     <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM. Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Lima E A, Mattos J K, Moita A W, Carneiro R G &amp; Carneiro R M D G (2009) Host status of different crops for Meloidogyne ethiopica control. Tropical Plant Pathology 34, 152-157.
 -------In experiments, cv 'IAPAR 74' was found to be an excellent host</t>
   </si>
   <si>
     <t>PSDMPI</t>
   </si>
   <si>
     <t>Pseudomonas syringae pv. pisi</t>
+  </si>
+  <si>
+    <t>* Hollaway GJ, Bretag TW, Price TV (2007) The epidemiology and management of bacterial blight (Pseudomonas syringae pv. pisi) of field pea (Pisum sativum) in Australia: a review. Australian Journal of Agricultural Research 58(11), 1086-1099.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1880,51 +1883,53 @@
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>180</v>
       </c>
       <c r="B63" t="s">
         <v>181</v>
       </c>
       <c r="C63" t="s">
         <v>182</v>
       </c>
       <c r="D63" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>180</v>
       </c>
       <c r="B64" t="s">
         <v>184</v>
       </c>
       <c r="C64" t="s">
         <v>185</v>
       </c>
-      <c r="D64"/>
+      <c r="D64" t="s">
+        <v>186</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>