--- v2 (2026-02-17)
+++ v3 (2026-03-09)
@@ -12,87 +12,96 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PIBSX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Prasad JS, Panwar MS, Rao YS (1987) Nematode problems of rice in India. International Journal of Pest Management 33, 127-136.
 ------- 'Collected from', but it is not specified whether the nematode was found in the roots or in the soil.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CORBSE</t>
   </si>
   <si>
     <t>Clavibacter sepedonicus</t>
   </si>
   <si>
     <t>* van der Wolf JM, van Beckhoven JRCM, Hakkunen A, Karjalainen R, Müller P (2005) Fate of Clavibacter michiganensis ssp. sepedonicus, the causal organism of bacterial ring rot of potato, in weeds and field crops. Journal of Phytopathology 153, 358-365.</t>
+  </si>
+  <si>
+    <t>FUSAFO</t>
+  </si>
+  <si>
+    <t>Fusarium foetens</t>
+  </si>
+  <si>
+    <t>* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1962) Soybean-cyst nematode host studies in the family Leguminosae. Report Series 110. Agricultural Experiment Station. University of Arkansas, Fayetteville (US), 18 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range and properties of potato black ringspot virus. Annals of Applied Biology 90, 375-386.
 ------ PBRSV. As Pisum sativum cv. Onward.</t>
   </si>
   <si>
     <t>CSYV00</t>
   </si>
   <si>
@@ -997,51 +1006,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D64"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="491.88" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1139,796 +1148,810 @@
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
         <v>30</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>31</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>40</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>56</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" t="s">
         <v>73</v>
       </c>
       <c r="D25" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>76</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>79</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>87</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
       <c r="D31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B32" t="s">
         <v>91</v>
       </c>
       <c r="C32" t="s">
         <v>92</v>
       </c>
       <c r="D32" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B33" t="s">
         <v>94</v>
       </c>
       <c r="C33" t="s">
         <v>95</v>
       </c>
       <c r="D33" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>97</v>
       </c>
       <c r="C34" t="s">
         <v>98</v>
       </c>
       <c r="D34" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
       <c r="C35" t="s">
         <v>101</v>
       </c>
       <c r="D35" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
       <c r="C36" t="s">
         <v>104</v>
       </c>
       <c r="D36" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B37" t="s">
         <v>106</v>
       </c>
       <c r="C37" t="s">
         <v>107</v>
       </c>
       <c r="D37" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" t="s">
         <v>110</v>
       </c>
       <c r="D38" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
       <c r="C39" t="s">
         <v>113</v>
       </c>
       <c r="D39" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B40" t="s">
         <v>115</v>
       </c>
       <c r="C40" t="s">
         <v>116</v>
       </c>
       <c r="D40" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B41" t="s">
         <v>118</v>
       </c>
       <c r="C41" t="s">
         <v>119</v>
       </c>
       <c r="D41" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B42" t="s">
         <v>121</v>
       </c>
       <c r="C42" t="s">
         <v>122</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C43" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>125</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B44" t="s">
         <v>126</v>
       </c>
       <c r="C44" t="s">
         <v>127</v>
       </c>
       <c r="D44" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B45" t="s">
         <v>129</v>
       </c>
       <c r="C45" t="s">
         <v>130</v>
       </c>
       <c r="D45" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B46" t="s">
         <v>132</v>
       </c>
       <c r="C46" t="s">
         <v>133</v>
       </c>
       <c r="D46" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B47" t="s">
         <v>135</v>
       </c>
       <c r="C47" t="s">
         <v>136</v>
       </c>
       <c r="D47" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B48" t="s">
         <v>138</v>
       </c>
       <c r="C48" t="s">
         <v>139</v>
       </c>
       <c r="D48" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B49" t="s">
         <v>141</v>
       </c>
       <c r="C49" t="s">
         <v>142</v>
       </c>
       <c r="D49" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B50" t="s">
         <v>144</v>
       </c>
       <c r="C50" t="s">
         <v>145</v>
       </c>
       <c r="D50" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B51" t="s">
         <v>147</v>
       </c>
       <c r="C51" t="s">
         <v>148</v>
       </c>
       <c r="D51" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B52" t="s">
         <v>150</v>
       </c>
       <c r="C52" t="s">
         <v>151</v>
       </c>
       <c r="D52" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B53" t="s">
         <v>153</v>
       </c>
       <c r="C53" t="s">
         <v>154</v>
       </c>
       <c r="D53" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B54" t="s">
         <v>156</v>
       </c>
       <c r="C54" t="s">
         <v>157</v>
       </c>
       <c r="D54" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B55" t="s">
         <v>159</v>
       </c>
       <c r="C55" t="s">
         <v>160</v>
       </c>
       <c r="D55" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B56" t="s">
         <v>162</v>
       </c>
       <c r="C56" t="s">
         <v>163</v>
       </c>
       <c r="D56" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B57" t="s">
         <v>165</v>
       </c>
       <c r="C57" t="s">
         <v>166</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C58" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>169</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B59" t="s">
         <v>170</v>
       </c>
       <c r="C59" t="s">
         <v>171</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>172</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C60" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>174</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B61" t="s">
         <v>175</v>
       </c>
       <c r="C61" t="s">
         <v>176</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B62" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C62" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D62" t="s">
         <v>179</v>
       </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>33</v>
+      </c>
+      <c r="B63" t="s">
         <v>180</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>181</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B64" t="s">
         <v>184</v>
       </c>
       <c r="C64" t="s">
         <v>185</v>
       </c>
       <c r="D64" t="s">
         <v>186</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>183</v>
+      </c>
+      <c r="B65" t="s">
+        <v>187</v>
+      </c>
+      <c r="C65" t="s">
+        <v>188</v>
+      </c>
+      <c r="D65" t="s">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">