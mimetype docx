--- v0 (2025-10-22)
+++ v1 (2025-11-12)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631368f8c57fed472" w:history="1">
+            <w:hyperlink r:id="rId63056913f5fce826b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198368f8c57fed4fa" w:history="1">
+            <w:hyperlink r:id="rId71176913f5fce82d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96937374" name="name869668f8c57fed5fe" descr="10915.jpg"/>
+                  <wp:docPr id="37613782" name="name44126913f5fce897f" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId177668f8c57fed5fd" cstate="print"/>
+                          <a:blip r:embed="rId44246913f5fce897d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId715368f8c57fed70a" w:history="1">
+            <w:hyperlink r:id="rId50856913f5fce8aa5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,63 +5125,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21006306" name="name166268f8c57ff02ec" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="25944089" name="name65636913f5fceb673" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId820968f8c57ff02e9" cstate="print"/>
+                    <a:blip r:embed="rId54146913f5fceb66f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120868f8c57ff2303" w:history="1">
+      <w:hyperlink r:id="rId39076913f5fced479" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962268f8c57ff38ae" w:history="1">
+      <w:hyperlink r:id="rId23626913f5fcee9ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614268f8c57ff3e2b" w:history="1">
+      <w:hyperlink r:id="rId28166913f5fceef6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5800238" name="name285168f8c57ff3f1e" descr="eu_funding_250.png"/>
+            <wp:docPr id="8127565" name="name42046913f5fcef016" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId203768f8c57ff3f1c" cstate="print"/>
+                    <a:blip r:embed="rId36696913f5fcef015" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56887675">
+  <w:abstractNum w:abstractNumId="65218059">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27696347">
+    <w:lvl w:ilvl="0" w:tplc="35016617">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27696347" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35016617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56887674">
+  <w:abstractNum w:abstractNumId="65218058">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77033239">
+    <w:lvl w:ilvl="0" w:tplc="76169995">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56887674">
-    <w:abstractNumId w:val="56887674"/>
+  <w:num w:numId="65218058">
+    <w:abstractNumId w:val="65218058"/>
   </w:num>
-  <w:num w:numId="56887675">
-    <w:abstractNumId w:val="56887675"/>
+  <w:num w:numId="65218059">
+    <w:abstractNumId w:val="65218059"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635339732" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631872035" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId631368f8c57fed472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId198368f8c57fed4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId715368f8c57fed70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId120868f8c57ff2303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId962268f8c57ff38ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId614268f8c57ff3e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId177668f8c57fed5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId177668f8c57fed5fd.jpg"/><Relationship Id="rId820968f8c57ff02e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId820968f8c57ff02e9.jpg"/><Relationship Id="rId203768f8c57ff3f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203768f8c57ff3f1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId847159589" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300456230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63056913f5fce826b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId71176913f5fce82d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId50856913f5fce8aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId39076913f5fced479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId23626913f5fcee9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId28166913f5fceef6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44246913f5fce897d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44246913f5fce897d.jpg"/><Relationship Id="rId54146913f5fceb66f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54146913f5fceb66f.jpg"/><Relationship Id="rId36696913f5fcef015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36696913f5fcef015.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>