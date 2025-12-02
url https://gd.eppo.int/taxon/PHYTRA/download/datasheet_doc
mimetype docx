--- v1 (2025-11-12)
+++ v2 (2025-12-02)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63056913f5fce826b" w:history="1">
+            <w:hyperlink r:id="rId8158692e8ea37a039" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71176913f5fce82d5" w:history="1">
+            <w:hyperlink r:id="rId5246692e8ea37a0a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37613782" name="name44126913f5fce897f" descr="10915.jpg"/>
+                  <wp:docPr id="98206281" name="name2531692e8ea37a9ec" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId44246913f5fce897d" cstate="print"/>
+                          <a:blip r:embed="rId4539692e8ea37a9ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId50856913f5fce8aa5" w:history="1">
+            <w:hyperlink r:id="rId6940692e8ea37aae7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,105 +5125,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25944089" name="name65636913f5fceb673" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="96292506" name="name3816692e8ea37dcb9" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54146913f5fceb66f" cstate="print"/>
+                    <a:blip r:embed="rId1083692e8ea37dcb6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Croatia, Denmark, Finland, France (mainland), Germany, Guernsey, Ireland, Luxembourg, Netherlands, Norway, Poland, Slovenia, United Kingdom (England, Northern Ireland, Scotland, Wales)</w:t>
+        <w:t xml:space="preserve"> Belgium, Croatia, Denmark, Finland, France (mainland), Germany, Guernsey, Ireland, Jersey, Luxembourg, Netherlands, Norway, Poland, Slovenia, United Kingdom (England, Northern Ireland, Scotland, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Kyushu, Shikoku), Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39076913f5fced479" w:history="1">
+      <w:hyperlink r:id="rId8862692e8ea37faec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23626913f5fcee9ff" w:history="1">
+      <w:hyperlink r:id="rId6011692e8ea381049" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28166913f5fceef6c" w:history="1">
+      <w:hyperlink r:id="rId9066692e8ea3815bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8127565" name="name42046913f5fcef016" descr="eu_funding_250.png"/>
+            <wp:docPr id="86054185" name="name8208692e8ea381688" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36696913f5fcef015" cstate="print"/>
+                    <a:blip r:embed="rId3286692e8ea381687" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65218059">
+  <w:abstractNum w:abstractNumId="94966069">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35016617">
+    <w:lvl w:ilvl="0" w:tplc="41743469">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35016617" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41743469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65218058">
+  <w:abstractNum w:abstractNumId="94966068">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76169995">
+    <w:lvl w:ilvl="0" w:tplc="44723340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65218058">
-    <w:abstractNumId w:val="65218058"/>
+  <w:num w:numId="94966068">
+    <w:abstractNumId w:val="94966068"/>
   </w:num>
-  <w:num w:numId="65218059">
-    <w:abstractNumId w:val="65218059"/>
+  <w:num w:numId="94966069">
+    <w:abstractNumId w:val="94966069"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId847159589" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId300456230" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63056913f5fce826b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId71176913f5fce82d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId50856913f5fce8aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId39076913f5fced479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId23626913f5fcee9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId28166913f5fceef6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44246913f5fce897d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44246913f5fce897d.jpg"/><Relationship Id="rId54146913f5fceb66f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54146913f5fceb66f.jpg"/><Relationship Id="rId36696913f5fcef015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36696913f5fcef015.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915359615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId882651962" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8158692e8ea37a039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId5246692e8ea37a0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId6940692e8ea37aae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId8862692e8ea37faec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6011692e8ea381049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId9066692e8ea3815bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4539692e8ea37a9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4539692e8ea37a9ea.jpg"/><Relationship Id="rId1083692e8ea37dcb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1083692e8ea37dcb6.jpg"/><Relationship Id="rId3286692e8ea381687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3286692e8ea381687.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>