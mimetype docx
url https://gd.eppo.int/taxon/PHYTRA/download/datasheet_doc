--- v2 (2025-12-02)
+++ v3 (2025-12-22)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8158692e8ea37a039" w:history="1">
+            <w:hyperlink r:id="rId6361694984fe7d62c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5246692e8ea37a0a6" w:history="1">
+            <w:hyperlink r:id="rId6121694984fe7d69b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98206281" name="name2531692e8ea37a9ec" descr="10915.jpg"/>
+                  <wp:docPr id="14356590" name="name5833694984fe7df2b" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4539692e8ea37a9ea" cstate="print"/>
+                          <a:blip r:embed="rId7255694984fe7df29" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6940692e8ea37aae7" w:history="1">
+            <w:hyperlink r:id="rId4045694984fe7e093" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,63 +5125,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96292506" name="name3816692e8ea37dcb9" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="99479400" name="name1136694984fe80ad8" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1083692e8ea37dcb6" cstate="print"/>
+                    <a:blip r:embed="rId1674694984fe80ad3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8862692e8ea37faec" w:history="1">
+      <w:hyperlink r:id="rId9100694984fe82a5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6011692e8ea381049" w:history="1">
+      <w:hyperlink r:id="rId2211694984fe84019" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9066692e8ea3815bf" w:history="1">
+      <w:hyperlink r:id="rId6763694984fe845c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86054185" name="name8208692e8ea381688" descr="eu_funding_250.png"/>
+            <wp:docPr id="89328723" name="name1410694984fe846ad" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3286692e8ea381687" cstate="print"/>
+                    <a:blip r:embed="rId3978694984fe846ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94966069">
+  <w:abstractNum w:abstractNumId="49425740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41743469">
+    <w:lvl w:ilvl="0" w:tplc="26287297">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41743469" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26287297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94966068">
+  <w:abstractNum w:abstractNumId="49425739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44723340">
+    <w:lvl w:ilvl="0" w:tplc="87729596">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94966068">
-    <w:abstractNumId w:val="94966068"/>
+  <w:num w:numId="49425739">
+    <w:abstractNumId w:val="49425739"/>
   </w:num>
-  <w:num w:numId="94966069">
-    <w:abstractNumId w:val="94966069"/>
+  <w:num w:numId="49425740">
+    <w:abstractNumId w:val="49425740"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915359615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId882651962" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8158692e8ea37a039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId5246692e8ea37a0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId6940692e8ea37aae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId8862692e8ea37faec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6011692e8ea381049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId9066692e8ea3815bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4539692e8ea37a9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4539692e8ea37a9ea.jpg"/><Relationship Id="rId1083692e8ea37dcb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1083692e8ea37dcb6.jpg"/><Relationship Id="rId3286692e8ea381687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3286692e8ea381687.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232994224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976851296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6361694984fe7d62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId6121694984fe7d69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId4045694984fe7e093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId9100694984fe82a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId2211694984fe84019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId6763694984fe845c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7255694984fe7df29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7255694984fe7df29.jpg"/><Relationship Id="rId1674694984fe80ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1674694984fe80ad3.jpg"/><Relationship Id="rId3978694984fe846ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3978694984fe846ac.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>