--- v3 (2025-12-22)
+++ v4 (2026-01-12)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6361694984fe7d62c" w:history="1">
+            <w:hyperlink r:id="rId722369646f3f4a923" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6121694984fe7d69b" w:history="1">
+            <w:hyperlink r:id="rId296069646f3f4a98e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14356590" name="name5833694984fe7df2b" descr="10915.jpg"/>
+                  <wp:docPr id="73685111" name="name958569646f3f4af3b" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7255694984fe7df29" cstate="print"/>
+                          <a:blip r:embed="rId862069646f3f4af39" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4045694984fe7e093" w:history="1">
+            <w:hyperlink r:id="rId800469646f3f4b059" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,63 +5125,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99479400" name="name1136694984fe80ad8" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="73370050" name="name940469646f3f4db13" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1674694984fe80ad3" cstate="print"/>
+                    <a:blip r:embed="rId430869646f3f4db10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9100694984fe82a5d" w:history="1">
+      <w:hyperlink r:id="rId412669646f3f4f90d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2211694984fe84019" w:history="1">
+      <w:hyperlink r:id="rId700669646f3f50e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13760,73 +13760,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6763694984fe845c2" w:history="1">
+      <w:hyperlink r:id="rId299169646f3f513a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89328723" name="name1410694984fe846ad" descr="eu_funding_250.png"/>
+            <wp:docPr id="4151073" name="name693469646f3f5146e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3978694984fe846ac" cstate="print"/>
+                    <a:blip r:embed="rId974569646f3f5146d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49425740">
+  <w:abstractNum w:abstractNumId="84067936">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26287297">
+    <w:lvl w:ilvl="0" w:tplc="98244389">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26287297" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98244389" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49425739">
+  <w:abstractNum w:abstractNumId="84067935">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87729596">
+    <w:lvl w:ilvl="0" w:tplc="31453493">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49425739">
-    <w:abstractNumId w:val="49425739"/>
+  <w:num w:numId="84067935">
+    <w:abstractNumId w:val="84067935"/>
   </w:num>
-  <w:num w:numId="49425740">
-    <w:abstractNumId w:val="49425740"/>
+  <w:num w:numId="84067936">
+    <w:abstractNumId w:val="84067936"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232994224" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976851296" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6361694984fe7d62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId6121694984fe7d69b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId4045694984fe7e093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId9100694984fe82a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId2211694984fe84019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId6763694984fe845c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7255694984fe7df29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7255694984fe7df29.jpg"/><Relationship Id="rId1674694984fe80ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1674694984fe80ad3.jpg"/><Relationship Id="rId3978694984fe846ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3978694984fe846ac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId179008660" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId564827998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722369646f3f4a923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId296069646f3f4a98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId800469646f3f4b059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId412669646f3f4f90d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId700669646f3f50e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId299169646f3f513a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId862069646f3f4af39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId862069646f3f4af39.jpg"/><Relationship Id="rId430869646f3f4db10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId430869646f3f4db10.jpg"/><Relationship Id="rId974569646f3f5146d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId974569646f3f5146d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>