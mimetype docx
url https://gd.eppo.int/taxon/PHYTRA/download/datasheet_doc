--- v4 (2026-01-12)
+++ v5 (2026-01-12)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId722369646f3f4a923" w:history="1">
+            <w:hyperlink r:id="rId9358696480e92abc6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296069646f3f4a98e" w:history="1">
+            <w:hyperlink r:id="rId7492696480e92ac32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73685111" name="name958569646f3f4af3b" descr="10915.jpg"/>
+                  <wp:docPr id="20874419" name="name2705696480e92b221" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId862069646f3f4af39" cstate="print"/>
+                          <a:blip r:embed="rId7510696480e92b220" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId800469646f3f4b059" w:history="1">
+            <w:hyperlink r:id="rId9949696480e92b372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,63 +5125,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73370050" name="name940469646f3f4db13" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="49507737" name="name1154696480e92de64" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId430869646f3f4db10" cstate="print"/>
+                    <a:blip r:embed="rId3523696480e92de60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412669646f3f4f90d" w:history="1">
+      <w:hyperlink r:id="rId9378696480e92fc5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700669646f3f50e32" w:history="1">
+      <w:hyperlink r:id="rId5003696480e931174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299169646f3f513a6" w:history="1">
+      <w:hyperlink r:id="rId4079696480e9316e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4151073" name="name693469646f3f5146e" descr="eu_funding_250.png"/>
+            <wp:docPr id="75803903" name="name1606696480e931784" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId974569646f3f5146d" cstate="print"/>
+                    <a:blip r:embed="rId8355696480e931783" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84067936">
+  <w:abstractNum w:abstractNumId="83083732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98244389">
+    <w:lvl w:ilvl="0" w:tplc="90759049">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98244389" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90759049" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84067935">
+  <w:abstractNum w:abstractNumId="83083731">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31453493">
+    <w:lvl w:ilvl="0" w:tplc="68596060">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84067935">
-    <w:abstractNumId w:val="84067935"/>
+  <w:num w:numId="83083731">
+    <w:abstractNumId w:val="83083731"/>
   </w:num>
-  <w:num w:numId="84067936">
-    <w:abstractNumId w:val="84067936"/>
+  <w:num w:numId="83083732">
+    <w:abstractNumId w:val="83083732"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId179008660" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId564827998" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722369646f3f4a923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId296069646f3f4a98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId800469646f3f4b059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId412669646f3f4f90d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId700669646f3f50e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId299169646f3f513a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId862069646f3f4af39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId862069646f3f4af39.jpg"/><Relationship Id="rId430869646f3f4db10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId430869646f3f4db10.jpg"/><Relationship Id="rId974569646f3f5146d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId974569646f3f5146d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId202914925" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId708920312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9358696480e92abc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId7492696480e92ac32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId9949696480e92b372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId9378696480e92fc5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId5003696480e931174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId4079696480e9316e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7510696480e92b220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7510696480e92b220.jpg"/><Relationship Id="rId3523696480e92de60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3523696480e92de60.jpg"/><Relationship Id="rId8355696480e931783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8355696480e931783.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>