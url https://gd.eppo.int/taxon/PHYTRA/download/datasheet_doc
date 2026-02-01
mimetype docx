--- v5 (2026-01-12)
+++ v6 (2026-02-01)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9358696480e92abc6" w:history="1">
+            <w:hyperlink r:id="rId4703697f5ce28ed2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -260,53 +260,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7492696480e92ac32" w:history="1">
+            <w:hyperlink r:id="rId5603697f5ce28ed9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20874419" name="name2705696480e92b221" descr="10915.jpg"/>
+                  <wp:docPr id="60773877" name="name7731697f5ce28f37a" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7510696480e92b220" cstate="print"/>
+                          <a:blip r:embed="rId5215697f5ce28f378" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9949696480e92b372" w:history="1">
+            <w:hyperlink r:id="rId4950697f5ce28f4c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,63 +5125,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49507737" name="name1154696480e92de64" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="97053696" name="name5216697f5ce291cb3" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3523696480e92de60" cstate="print"/>
+                    <a:blip r:embed="rId4356697f5ce291caf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9378696480e92fc5b" w:history="1">
+      <w:hyperlink r:id="rId9809697f5ce293b66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5003696480e931174" w:history="1">
+      <w:hyperlink r:id="rId6669697f5ce295071" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4079696480e9316e1" w:history="1">
+      <w:hyperlink r:id="rId4430697f5ce2955d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75803903" name="name1606696480e931784" descr="eu_funding_250.png"/>
+            <wp:docPr id="52862260" name="name1099697f5ce295883" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8355696480e931783" cstate="print"/>
+                    <a:blip r:embed="rId2248697f5ce295881" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83083732">
+  <w:abstractNum w:abstractNumId="24756052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90759049">
+    <w:lvl w:ilvl="0" w:tplc="52520693">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90759049" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52520693" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83083731">
+  <w:abstractNum w:abstractNumId="24756051">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68596060">
+    <w:lvl w:ilvl="0" w:tplc="41269154">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83083731">
-    <w:abstractNumId w:val="83083731"/>
+  <w:num w:numId="24756051">
+    <w:abstractNumId w:val="24756051"/>
   </w:num>
-  <w:num w:numId="83083732">
-    <w:abstractNumId w:val="83083732"/>
+  <w:num w:numId="24756052">
+    <w:abstractNumId w:val="24756052"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId202914925" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId708920312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9358696480e92abc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId7492696480e92ac32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId9949696480e92b372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId9378696480e92fc5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId5003696480e931174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId4079696480e9316e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7510696480e92b220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7510696480e92b220.jpg"/><Relationship Id="rId3523696480e92de60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3523696480e92de60.jpg"/><Relationship Id="rId8355696480e931783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8355696480e931783.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116068714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550290475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4703697f5ce28ed2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId5603697f5ce28ed9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId4950697f5ce28f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId9809697f5ce293b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6669697f5ce295071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId4430697f5ce2955d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5215697f5ce28f378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5215697f5ce28f378.jpg"/><Relationship Id="rId4356697f5ce291caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4356697f5ce291caf.jpg"/><Relationship Id="rId2248697f5ce295881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2248697f5ce295881.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>