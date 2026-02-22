--- v6 (2026-02-01)
+++ v7 (2026-02-22)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4703697f5ce28ed2c" w:history="1">
+            <w:hyperlink r:id="rId7378699adfc1064c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5603697f5ce28ed9b" w:history="1">
+            <w:hyperlink r:id="rId8786699adfc106534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60773877" name="name7731697f5ce28f37a" descr="10915.jpg"/>
+                  <wp:docPr id="46121586" name="name9343699adfc106a50" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5215697f5ce28f378" cstate="print"/>
+                          <a:blip r:embed="rId5528699adfc106a4e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4950697f5ce28f4c9" w:history="1">
+            <w:hyperlink r:id="rId5212699adfc106b85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,105 +5125,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97053696" name="name5216697f5ce291cb3" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="817264" name="name6412699adfc1092fb" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4356697f5ce291caf" cstate="print"/>
+                    <a:blip r:embed="rId3069699adfc1092f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Croatia, Denmark, Finland, France (mainland), Germany, Guernsey, Ireland, Jersey, Luxembourg, Netherlands, Norway, Poland, Slovenia, United Kingdom (England, Northern Ireland, Scotland, Wales)</w:t>
+        <w:t xml:space="preserve"> Belgium, Croatia, Denmark, France (mainland), Germany, Guernsey, Ireland, Jersey, Luxembourg, Netherlands, Norway, Poland, Slovenia, United Kingdom (England, Northern Ireland, Scotland, Wales)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Japan (Kyushu, Shikoku), Vietnam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9809697f5ce293b66" w:history="1">
+      <w:hyperlink r:id="rId6480699adfc10b098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6669697f5ce295071" w:history="1">
+      <w:hyperlink r:id="rId4638699adfc10c599" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4430697f5ce2955d4" w:history="1">
+      <w:hyperlink r:id="rId3013699adfc10caf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="52862260" name="name1099697f5ce295883" descr="eu_funding_250.png"/>
+            <wp:docPr id="86773778" name="name1832699adfc10cc7e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2248697f5ce295881" cstate="print"/>
+                    <a:blip r:embed="rId2084699adfc10cc7d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24756052">
+  <w:abstractNum w:abstractNumId="87477456">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52520693">
+    <w:lvl w:ilvl="0" w:tplc="65596854">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52520693" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65596854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24756051">
+  <w:abstractNum w:abstractNumId="87477455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41269154">
+    <w:lvl w:ilvl="0" w:tplc="31625573">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24756051">
-    <w:abstractNumId w:val="24756051"/>
+  <w:num w:numId="87477455">
+    <w:abstractNumId w:val="87477455"/>
   </w:num>
-  <w:num w:numId="24756052">
-    <w:abstractNumId w:val="24756052"/>
+  <w:num w:numId="87477456">
+    <w:abstractNumId w:val="87477456"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116068714" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId550290475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4703697f5ce28ed2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId5603697f5ce28ed9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId4950697f5ce28f4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId9809697f5ce293b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6669697f5ce295071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId4430697f5ce2955d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5215697f5ce28f378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5215697f5ce28f378.jpg"/><Relationship Id="rId4356697f5ce291caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4356697f5ce291caf.jpg"/><Relationship Id="rId2248697f5ce295881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2248697f5ce295881.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId927327077" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId264984611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7378699adfc1064c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId8786699adfc106534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId5212699adfc106b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId6480699adfc10b098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId4638699adfc10c599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId3013699adfc10caf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5528699adfc106a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5528699adfc106a4e.jpg"/><Relationship Id="rId3069699adfc1092f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3069699adfc1092f8.jpg"/><Relationship Id="rId2084699adfc10cc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2084699adfc10cc7d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>