--- v7 (2026-02-22)
+++ v8 (2026-03-14)
@@ -202,51 +202,51 @@
               <w:t xml:space="preserve"> Werres, De Cock &amp; Man in 't Veld</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7378699adfc1064c7" w:history="1">
+            <w:hyperlink r:id="rId816869b5676d21660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -262,51 +262,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8786699adfc106534" w:history="1">
+            <w:hyperlink r:id="rId600769b5676d216d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46121586" name="name9343699adfc106a50" descr="10915.jpg"/>
+                  <wp:docPr id="9321154" name="name134769b5676d21e7e" descr="10915.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10915.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5528699adfc106a4e" cstate="print"/>
+                          <a:blip r:embed="rId201469b5676d21e7d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5212699adfc106b85" w:history="1">
+            <w:hyperlink r:id="rId927569b5676d21f6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -5125,63 +5125,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="817264" name="name6412699adfc1092fb" descr="PHYTRA_distribution_map.jpg"/>
+            <wp:docPr id="74987830" name="name569069b5676d24d5d" descr="PHYTRA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTRA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3069699adfc1092f8" cstate="print"/>
+                    <a:blip r:embed="rId958069b5676d24d59" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -9597,51 +9597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6480699adfc10b098" w:history="1">
+      <w:hyperlink r:id="rId506769b5676d26c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 07/Aug/2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -12928,51 +12928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4638699adfc10c599" w:history="1">
+      <w:hyperlink r:id="rId236069b5676d28244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f11111223</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13782,51 +13782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3013699adfc10caf8" w:history="1">
+      <w:hyperlink r:id="rId667469b5676d287cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13839,63 +13839,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2020. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86773778" name="name1832699adfc10cc7e" descr="eu_funding_250.png"/>
+            <wp:docPr id="71222378" name="name402569b5676d28c1d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2084699adfc10cc7d" cstate="print"/>
+                    <a:blip r:embed="rId305469b5676d28c1b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -13993,137 +13993,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87477456">
+  <w:abstractNum w:abstractNumId="34155031">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65596854">
+    <w:lvl w:ilvl="0" w:tplc="49443694">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65596854" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49443694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87477455">
+  <w:abstractNum w:abstractNumId="34155030">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31625573">
+    <w:lvl w:ilvl="0" w:tplc="88892226">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14875,55 +14875,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87477455">
-    <w:abstractNumId w:val="87477455"/>
+  <w:num w:numId="34155030">
+    <w:abstractNumId w:val="34155030"/>
   </w:num>
-  <w:num w:numId="87477456">
-    <w:abstractNumId w:val="87477456"/>
+  <w:num w:numId="34155031">
+    <w:abstractNumId w:val="34155031"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -26473,51 +26473,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId927327077" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId264984611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7378699adfc1064c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId8786699adfc106534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId5212699adfc106b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId6480699adfc10b098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId4638699adfc10c599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId3013699adfc10caf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5528699adfc106a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5528699adfc106a4e.jpg"/><Relationship Id="rId3069699adfc1092f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3069699adfc1092f8.jpg"/><Relationship Id="rId2084699adfc10cc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2084699adfc10cc7d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId828395115" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId646091550" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId816869b5676d21660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/" TargetMode="External"/><Relationship Id="rId600769b5676d216d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/categorization" TargetMode="External"/><Relationship Id="rId927569b5676d21f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/photos" TargetMode="External"/><Relationship Id="rId506769b5676d26c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId236069b5676d28244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f11111223" TargetMode="External"/><Relationship Id="rId667469b5676d287cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId201469b5676d21e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId201469b5676d21e7d.jpg"/><Relationship Id="rId958069b5676d24d59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId958069b5676d24d59.jpg"/><Relationship Id="rId305469b5676d28c1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305469b5676d28c1b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>