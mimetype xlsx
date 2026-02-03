--- v0 (2025-10-20)
+++ v1 (2026-02-03)
@@ -437,51 +437,51 @@
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>