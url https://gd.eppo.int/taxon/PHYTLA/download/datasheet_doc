--- v0 (2025-10-01)
+++ v1 (2025-10-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId597868dcf7aa7ded7" w:history="1">
+            <w:hyperlink r:id="rId609768fd3dc1c6ee2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId699868dcf7aa7df1c" w:history="1">
+            <w:hyperlink r:id="rId936168fd3dc1c6f27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36387877" name="name276568dcf7aa7e66a" descr="3967.jpg"/>
+                  <wp:docPr id="64139674" name="name596868fd3dc1c7785" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId893568dcf7aa7e668" cstate="print"/>
+                          <a:blip r:embed="rId899368fd3dc1c7783" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId692268dcf7aa7e79f" w:history="1">
+            <w:hyperlink r:id="rId106668fd3dc1c7889" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43861305" name="name423568dcf7aa801d7" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="96638958" name="name956668fd3dc1c9320" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573868dcf7aa801d4" cstate="print"/>
+                    <a:blip r:embed="rId654768fd3dc1c931d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608868dcf7aa81985" w:history="1">
+      <w:hyperlink r:id="rId554868fd3dc1caa84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513468dcf7aa81aca" w:history="1">
+      <w:hyperlink r:id="rId855468fd3dc1cabc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725368dcf7aa81b67" w:history="1">
+      <w:hyperlink r:id="rId843668fd3dc1cac5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295268dcf7aa81d13" w:history="1">
+      <w:hyperlink r:id="rId456468fd3dc1cadf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197668dcf7aa81daf" w:history="1">
+      <w:hyperlink r:id="rId956268fd3dc1cae93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143668dcf7aa81eca" w:history="1">
+      <w:hyperlink r:id="rId754568fd3dc1caf8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465268dcf7aa82209" w:history="1">
+      <w:hyperlink r:id="rId219068fd3dc1cb2c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420268dcf7aa826c7" w:history="1">
+      <w:hyperlink r:id="rId119468fd3dc1cb79b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157468dcf7aa82764" w:history="1">
+      <w:hyperlink r:id="rId188068fd3dc1cb844" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449468dcf7aa827e3" w:history="1">
+      <w:hyperlink r:id="rId506868fd3dc1cb8c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640168dcf7aa828e0" w:history="1">
+      <w:hyperlink r:id="rId463968fd3dc1cb9b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891968dcf7aa82b23" w:history="1">
+      <w:hyperlink r:id="rId933568fd3dc1cbbe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8645,51 +8645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322368dcf7aa82c77" w:history="1">
+      <w:hyperlink r:id="rId296268fd3dc1cbd38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616968dcf7aa82d46" w:history="1">
+      <w:hyperlink r:id="rId383668fd3dc1cbe05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25786362" name="name905568dcf7aa82ddb" descr="eu_funding_250.png"/>
+            <wp:docPr id="27881727" name="name348468fd3dc1cc1f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId366868dcf7aa82dda" cstate="print"/>
+                    <a:blip r:embed="rId871668fd3dc1cc1f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33291757">
+  <w:abstractNum w:abstractNumId="80642479">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65775308">
+    <w:lvl w:ilvl="0" w:tplc="13433533">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65775308" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13433533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33291756">
+  <w:abstractNum w:abstractNumId="80642478">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87455987">
+    <w:lvl w:ilvl="0" w:tplc="36481453">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33291756">
-    <w:abstractNumId w:val="33291756"/>
+  <w:num w:numId="80642478">
+    <w:abstractNumId w:val="80642478"/>
   </w:num>
-  <w:num w:numId="33291757">
-    <w:abstractNumId w:val="33291757"/>
+  <w:num w:numId="80642479">
+    <w:abstractNumId w:val="80642479"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId908296081" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId161883661" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId597868dcf7aa7ded7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId699868dcf7aa7df1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId692268dcf7aa7e79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId608868dcf7aa81985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId513468dcf7aa81aca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId725368dcf7aa81b67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId295268dcf7aa81d13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId197668dcf7aa81daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId143668dcf7aa81eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId465268dcf7aa82209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId420268dcf7aa826c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId157468dcf7aa82764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId449468dcf7aa827e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId640168dcf7aa828e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId891968dcf7aa82b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId322368dcf7aa82c77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId616968dcf7aa82d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId893568dcf7aa7e668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893568dcf7aa7e668.jpg"/><Relationship Id="rId573868dcf7aa801d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573868dcf7aa801d4.jpg"/><Relationship Id="rId366868dcf7aa82dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId366868dcf7aa82dda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId111509143" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId526984838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId609768fd3dc1c6ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId936168fd3dc1c6f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId106668fd3dc1c7889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId554868fd3dc1caa84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId855468fd3dc1cabc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId843668fd3dc1cac5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId456468fd3dc1cadf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId956268fd3dc1cae93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId754568fd3dc1caf8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId219068fd3dc1cb2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId119468fd3dc1cb79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId188068fd3dc1cb844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId506868fd3dc1cb8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId463968fd3dc1cb9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId933568fd3dc1cbbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId296268fd3dc1cbd38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId383668fd3dc1cbe05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId899368fd3dc1c7783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId899368fd3dc1c7783.jpg"/><Relationship Id="rId654768fd3dc1c931d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId654768fd3dc1c931d.jpg"/><Relationship Id="rId871668fd3dc1cc1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId871668fd3dc1cc1f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>