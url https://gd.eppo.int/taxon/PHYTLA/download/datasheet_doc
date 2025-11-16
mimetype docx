--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609768fd3dc1c6ee2" w:history="1">
+            <w:hyperlink r:id="rId95886919e59c851c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId936168fd3dc1c6f27" w:history="1">
+            <w:hyperlink r:id="rId79236919e59c85207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64139674" name="name596868fd3dc1c7785" descr="3967.jpg"/>
+                  <wp:docPr id="66116929" name="name56046919e59c85315" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId899368fd3dc1c7783" cstate="print"/>
+                          <a:blip r:embed="rId19096919e59c85314" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId106668fd3dc1c7889" w:history="1">
+            <w:hyperlink r:id="rId95826919e59c85435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96638958" name="name956668fd3dc1c9320" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="33550922" name="name89726919e59c8714a" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId654768fd3dc1c931d" cstate="print"/>
+                    <a:blip r:embed="rId83296919e59c87141" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554868fd3dc1caa84" w:history="1">
+      <w:hyperlink r:id="rId20906919e59c895f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855468fd3dc1cabc2" w:history="1">
+      <w:hyperlink r:id="rId80176919e59c8973b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843668fd3dc1cac5d" w:history="1">
+      <w:hyperlink r:id="rId86196919e59c897d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456468fd3dc1cadf9" w:history="1">
+      <w:hyperlink r:id="rId31046919e59c89a17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId956268fd3dc1cae93" w:history="1">
+      <w:hyperlink r:id="rId31276919e59c89b16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754568fd3dc1caf8e" w:history="1">
+      <w:hyperlink r:id="rId29856919e59c89c49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219068fd3dc1cb2c5" w:history="1">
+      <w:hyperlink r:id="rId98586919e59c8a01c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119468fd3dc1cb79b" w:history="1">
+      <w:hyperlink r:id="rId53796919e59c8a4ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188068fd3dc1cb844" w:history="1">
+      <w:hyperlink r:id="rId14626919e59c8a58a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506868fd3dc1cb8c1" w:history="1">
+      <w:hyperlink r:id="rId26326919e59c8a606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463968fd3dc1cb9b6" w:history="1">
+      <w:hyperlink r:id="rId42076919e59c8a6fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933568fd3dc1cbbe8" w:history="1">
+      <w:hyperlink r:id="rId31566919e59c8a935" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8645,51 +8645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296268fd3dc1cbd38" w:history="1">
+      <w:hyperlink r:id="rId96746919e59c8aaa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383668fd3dc1cbe05" w:history="1">
+      <w:hyperlink r:id="rId68586919e59c8ab7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27881727" name="name348468fd3dc1cc1f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="66468563" name="name14966919e59c8ac25" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId871668fd3dc1cc1f8" cstate="print"/>
+                    <a:blip r:embed="rId77296919e59c8ac23" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80642479">
+  <w:abstractNum w:abstractNumId="36864672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13433533">
+    <w:lvl w:ilvl="0" w:tplc="32465042">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13433533" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32465042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80642478">
+  <w:abstractNum w:abstractNumId="36864671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36481453">
+    <w:lvl w:ilvl="0" w:tplc="30388928">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80642478">
-    <w:abstractNumId w:val="80642478"/>
+  <w:num w:numId="36864671">
+    <w:abstractNumId w:val="36864671"/>
   </w:num>
-  <w:num w:numId="80642479">
-    <w:abstractNumId w:val="80642479"/>
+  <w:num w:numId="36864672">
+    <w:abstractNumId w:val="36864672"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId111509143" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId526984838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId609768fd3dc1c6ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId936168fd3dc1c6f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId106668fd3dc1c7889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId554868fd3dc1caa84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId855468fd3dc1cabc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId843668fd3dc1cac5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId456468fd3dc1cadf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId956268fd3dc1cae93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId754568fd3dc1caf8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId219068fd3dc1cb2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId119468fd3dc1cb79b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId188068fd3dc1cb844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId506868fd3dc1cb8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId463968fd3dc1cb9b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId933568fd3dc1cbbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId296268fd3dc1cbd38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId383668fd3dc1cbe05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId899368fd3dc1c7783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId899368fd3dc1c7783.jpg"/><Relationship Id="rId654768fd3dc1c931d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId654768fd3dc1c931d.jpg"/><Relationship Id="rId871668fd3dc1cc1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId871668fd3dc1cc1f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173203248" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969713742" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId95886919e59c851c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId79236919e59c85207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId95826919e59c85435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId20906919e59c895f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId80176919e59c8973b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId86196919e59c897d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId31046919e59c89a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId31276919e59c89b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId29856919e59c89c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId98586919e59c8a01c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId53796919e59c8a4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId14626919e59c8a58a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId26326919e59c8a606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId42076919e59c8a6fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId31566919e59c8a935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId96746919e59c8aaa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68586919e59c8ab7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId19096919e59c85314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19096919e59c85314.jpg"/><Relationship Id="rId83296919e59c87141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83296919e59c87141.jpg"/><Relationship Id="rId77296919e59c8ac23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77296919e59c8ac23.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>