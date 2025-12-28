--- v2 (2025-11-16)
+++ v3 (2025-12-28)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95886919e59c851c3" w:history="1">
+            <w:hyperlink r:id="rId14696950b1258eb36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79236919e59c85207" w:history="1">
+            <w:hyperlink r:id="rId73246950b1258eb7d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66116929" name="name56046919e59c85315" descr="3967.jpg"/>
+                  <wp:docPr id="52496688" name="name29746950b1258f2b3" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId19096919e59c85314" cstate="print"/>
+                          <a:blip r:embed="rId83736950b1258f2b2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95826919e59c85435" w:history="1">
+            <w:hyperlink r:id="rId65226950b1258f3bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33550922" name="name89726919e59c8714a" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="31777802" name="name96396950b12590c77" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83296919e59c87141" cstate="print"/>
+                    <a:blip r:embed="rId18996950b12590c74" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20906919e59c895f8" w:history="1">
+      <w:hyperlink r:id="rId48056950b1259242c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80176919e59c8973b" w:history="1">
+      <w:hyperlink r:id="rId61096950b12592572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86196919e59c897d8" w:history="1">
+      <w:hyperlink r:id="rId84866950b12592612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31046919e59c89a17" w:history="1">
+      <w:hyperlink r:id="rId13086950b125927d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31276919e59c89b16" w:history="1">
+      <w:hyperlink r:id="rId92376950b12592879" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29856919e59c89c49" w:history="1">
+      <w:hyperlink r:id="rId50326950b1259297f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98586919e59c8a01c" w:history="1">
+      <w:hyperlink r:id="rId84156950b12592cd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53796919e59c8a4ef" w:history="1">
+      <w:hyperlink r:id="rId36596950b1259318b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14626919e59c8a58a" w:history="1">
+      <w:hyperlink r:id="rId66256950b12593227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26326919e59c8a606" w:history="1">
+      <w:hyperlink r:id="rId99716950b125932a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42076919e59c8a6fc" w:history="1">
+      <w:hyperlink r:id="rId97786950b125933a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31566919e59c8a935" w:history="1">
+      <w:hyperlink r:id="rId99066950b125935e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8645,51 +8645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96746919e59c8aaa9" w:history="1">
+      <w:hyperlink r:id="rId93776950b12593744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68586919e59c8ab7f" w:history="1">
+      <w:hyperlink r:id="rId47326950b12593824" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66468563" name="name14966919e59c8ac25" descr="eu_funding_250.png"/>
+            <wp:docPr id="69800430" name="name22556950b125939cd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77296919e59c8ac23" cstate="print"/>
+                    <a:blip r:embed="rId75796950b125939cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36864672">
+  <w:abstractNum w:abstractNumId="37496619">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32465042">
+    <w:lvl w:ilvl="0" w:tplc="42268848">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32465042" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42268848" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36864671">
+  <w:abstractNum w:abstractNumId="37496618">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30388928">
+    <w:lvl w:ilvl="0" w:tplc="44249876">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36864671">
-    <w:abstractNumId w:val="36864671"/>
+  <w:num w:numId="37496618">
+    <w:abstractNumId w:val="37496618"/>
   </w:num>
-  <w:num w:numId="36864672">
-    <w:abstractNumId w:val="36864672"/>
+  <w:num w:numId="37496619">
+    <w:abstractNumId w:val="37496619"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId173203248" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969713742" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId95886919e59c851c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId79236919e59c85207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId95826919e59c85435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId20906919e59c895f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId80176919e59c8973b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId86196919e59c897d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId31046919e59c89a17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId31276919e59c89b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId29856919e59c89c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId98586919e59c8a01c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId53796919e59c8a4ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId14626919e59c8a58a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId26326919e59c8a606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId42076919e59c8a6fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId31566919e59c8a935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId96746919e59c8aaa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId68586919e59c8ab7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId19096919e59c85314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19096919e59c85314.jpg"/><Relationship Id="rId83296919e59c87141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83296919e59c87141.jpg"/><Relationship Id="rId77296919e59c8ac23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77296919e59c8ac23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894025661" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541161095" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14696950b1258eb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId73246950b1258eb7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId65226950b1258f3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId48056950b1259242c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId61096950b12592572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId84866950b12592612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId13086950b125927d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId92376950b12592879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId50326950b1259297f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId84156950b12592cd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId36596950b1259318b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId66256950b12593227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId99716950b125932a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId97786950b125933a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId99066950b125935e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId93776950b12593744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47326950b12593824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId83736950b1258f2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83736950b1258f2b2.jpg"/><Relationship Id="rId18996950b12590c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18996950b12590c74.jpg"/><Relationship Id="rId75796950b125939cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75796950b125939cc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>