--- v3 (2025-12-28)
+++ v4 (2026-01-22)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14696950b1258eb36" w:history="1">
+            <w:hyperlink r:id="rId21676971a769a3e82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73246950b1258eb7d" w:history="1">
+            <w:hyperlink r:id="rId60666971a769a3ec6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52496688" name="name29746950b1258f2b3" descr="3967.jpg"/>
+                  <wp:docPr id="29584887" name="name29126971a769a44c8" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83736950b1258f2b2" cstate="print"/>
+                          <a:blip r:embed="rId75216971a769a44c5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId65226950b1258f3bf" w:history="1">
+            <w:hyperlink r:id="rId12016971a769a45bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31777802" name="name96396950b12590c77" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="17106519" name="name29806971a769a5e6f" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18996950b12590c74" cstate="print"/>
+                    <a:blip r:embed="rId67076971a769a5e6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48056950b1259242c" w:history="1">
+      <w:hyperlink r:id="rId58706971a769a75cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61096950b12592572" w:history="1">
+      <w:hyperlink r:id="rId35026971a769a770b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84866950b12592612" w:history="1">
+      <w:hyperlink r:id="rId30866971a769a77a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13086950b125927d4" w:history="1">
+      <w:hyperlink r:id="rId58346971a769a7949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92376950b12592879" w:history="1">
+      <w:hyperlink r:id="rId42996971a769a79e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50326950b1259297f" w:history="1">
+      <w:hyperlink r:id="rId41936971a769a7ae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84156950b12592cd4" w:history="1">
+      <w:hyperlink r:id="rId42676971a769a7e11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36596950b1259318b" w:history="1">
+      <w:hyperlink r:id="rId79426971a769a82e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66256950b12593227" w:history="1">
+      <w:hyperlink r:id="rId34866971a769a8382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99716950b125932a6" w:history="1">
+      <w:hyperlink r:id="rId81716971a769a8401" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97786950b125933a0" w:history="1">
+      <w:hyperlink r:id="rId90026971a769a84fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99066950b125935e0" w:history="1">
+      <w:hyperlink r:id="rId49716971a769a8a62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8623,73 +8623,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93776950b12593744" w:history="1">
+      <w:hyperlink r:id="rId89926971a769a8c43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47326950b12593824" w:history="1">
+      <w:hyperlink r:id="rId73996971a769a8d6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69800430" name="name22556950b125939cd" descr="eu_funding_250.png"/>
+            <wp:docPr id="87737937" name="name13536971a769a8f63" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75796950b125939cc" cstate="print"/>
+                    <a:blip r:embed="rId76846971a769a8f61" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37496619">
+  <w:abstractNum w:abstractNumId="47087770">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42268848">
+    <w:lvl w:ilvl="0" w:tplc="76293939">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42268848" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76293939" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37496618">
+  <w:abstractNum w:abstractNumId="47087769">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44249876">
+    <w:lvl w:ilvl="0" w:tplc="22758856">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37496618">
-    <w:abstractNumId w:val="37496618"/>
+  <w:num w:numId="47087769">
+    <w:abstractNumId w:val="47087769"/>
   </w:num>
-  <w:num w:numId="37496619">
-    <w:abstractNumId w:val="37496619"/>
+  <w:num w:numId="47087770">
+    <w:abstractNumId w:val="47087770"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId894025661" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541161095" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14696950b1258eb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId73246950b1258eb7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId65226950b1258f3bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId48056950b1259242c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId61096950b12592572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId84866950b12592612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId13086950b125927d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId92376950b12592879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId50326950b1259297f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId84156950b12592cd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId36596950b1259318b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId66256950b12593227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId99716950b125932a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId97786950b125933a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId99066950b125935e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId93776950b12593744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId47326950b12593824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId83736950b1258f2b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83736950b1258f2b2.jpg"/><Relationship Id="rId18996950b12590c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18996950b12590c74.jpg"/><Relationship Id="rId75796950b125939cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75796950b125939cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881264432" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId180159520" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21676971a769a3e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId60666971a769a3ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId12016971a769a45bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId58706971a769a75cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId35026971a769a770b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId30866971a769a77a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId58346971a769a7949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId42996971a769a79e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId41936971a769a7ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId42676971a769a7e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId79426971a769a82e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId34866971a769a8382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId81716971a769a8401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId90026971a769a84fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId49716971a769a8a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId89926971a769a8c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73996971a769a8d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId75216971a769a44c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75216971a769a44c5.jpg"/><Relationship Id="rId67076971a769a5e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67076971a769a5e6b.jpg"/><Relationship Id="rId76846971a769a8f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76846971a769a8f61.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>