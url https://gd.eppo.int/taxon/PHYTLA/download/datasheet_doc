--- v4 (2026-01-22)
+++ v5 (2026-02-11)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21676971a769a3e82" w:history="1">
+            <w:hyperlink r:id="rId9981698c7391d005f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60666971a769a3ec6" w:history="1">
+            <w:hyperlink r:id="rId6679698c7391d00a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29584887" name="name29126971a769a44c8" descr="3967.jpg"/>
+                  <wp:docPr id="60605063" name="name8151698c7391d0748" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId75216971a769a44c5" cstate="print"/>
+                          <a:blip r:embed="rId6549698c7391d0746" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId12016971a769a45bc" w:history="1">
+            <w:hyperlink r:id="rId2425698c7391d086d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17106519" name="name29806971a769a5e6f" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="33531739" name="name9746698c7391d271a" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67076971a769a5e6b" cstate="print"/>
+                    <a:blip r:embed="rId8558698c7391d2715" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58706971a769a75cc" w:history="1">
+      <w:hyperlink r:id="rId5248698c7391d3e4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35026971a769a770b" w:history="1">
+      <w:hyperlink r:id="rId5126698c7391d3fb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30866971a769a77a6" w:history="1">
+      <w:hyperlink r:id="rId2274698c7391d404e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58346971a769a7949" w:history="1">
+      <w:hyperlink r:id="rId3571698c7391d4212" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42996971a769a79e4" w:history="1">
+      <w:hyperlink r:id="rId7468698c7391d42b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41936971a769a7ae4" w:history="1">
+      <w:hyperlink r:id="rId1704698c7391d43b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42676971a769a7e11" w:history="1">
+      <w:hyperlink r:id="rId7616698c7391d46e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79426971a769a82e5" w:history="1">
+      <w:hyperlink r:id="rId3589698c7391d4b9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34866971a769a8382" w:history="1">
+      <w:hyperlink r:id="rId3184698c7391d4c37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81716971a769a8401" w:history="1">
+      <w:hyperlink r:id="rId9865698c7391d4cb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90026971a769a84fa" w:history="1">
+      <w:hyperlink r:id="rId2114698c7391d4dab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49716971a769a8a62" w:history="1">
+      <w:hyperlink r:id="rId4017698c7391d5020" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8645,51 +8645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89926971a769a8c43" w:history="1">
+      <w:hyperlink r:id="rId7692698c7391d5176" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73996971a769a8d6c" w:history="1">
+      <w:hyperlink r:id="rId9907698c7391d5244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87737937" name="name13536971a769a8f63" descr="eu_funding_250.png"/>
+            <wp:docPr id="18619770" name="name4624698c7391d52e7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76846971a769a8f61" cstate="print"/>
+                    <a:blip r:embed="rId7997698c7391d52e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47087770">
+  <w:abstractNum w:abstractNumId="42904406">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76293939">
+    <w:lvl w:ilvl="0" w:tplc="86375784">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76293939" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86375784" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47087769">
+  <w:abstractNum w:abstractNumId="42904405">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22758856">
+    <w:lvl w:ilvl="0" w:tplc="49967156">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47087769">
-    <w:abstractNumId w:val="47087769"/>
+  <w:num w:numId="42904405">
+    <w:abstractNumId w:val="42904405"/>
   </w:num>
-  <w:num w:numId="47087770">
-    <w:abstractNumId w:val="47087770"/>
+  <w:num w:numId="42904406">
+    <w:abstractNumId w:val="42904406"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId881264432" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId180159520" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21676971a769a3e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId60666971a769a3ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId12016971a769a45bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId58706971a769a75cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId35026971a769a770b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId30866971a769a77a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId58346971a769a7949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId42996971a769a79e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId41936971a769a7ae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId42676971a769a7e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId79426971a769a82e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId34866971a769a8382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId81716971a769a8401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId90026971a769a84fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId49716971a769a8a62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId89926971a769a8c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73996971a769a8d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId75216971a769a44c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75216971a769a44c5.jpg"/><Relationship Id="rId67076971a769a5e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67076971a769a5e6b.jpg"/><Relationship Id="rId76846971a769a8f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76846971a769a8f61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213125283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId420892988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9981698c7391d005f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId6679698c7391d00a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId2425698c7391d086d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId5248698c7391d3e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId5126698c7391d3fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId2274698c7391d404e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId3571698c7391d4212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId7468698c7391d42b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId1704698c7391d43b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId7616698c7391d46e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId3589698c7391d4b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId3184698c7391d4c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId9865698c7391d4cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId2114698c7391d4dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId4017698c7391d5020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId7692698c7391d5176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9907698c7391d5244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId6549698c7391d0746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6549698c7391d0746.jpg"/><Relationship Id="rId8558698c7391d2715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8558698c7391d2715.jpg"/><Relationship Id="rId7997698c7391d52e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7997698c7391d52e6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>