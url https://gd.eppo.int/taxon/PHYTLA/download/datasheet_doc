--- v5 (2026-02-11)
+++ v6 (2026-03-05)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9981698c7391d005f" w:history="1">
+            <w:hyperlink r:id="rId544869a8fafde6097" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6679698c7391d00a4" w:history="1">
+            <w:hyperlink r:id="rId366569a8fafde60da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60605063" name="name8151698c7391d0748" descr="3967.jpg"/>
+                  <wp:docPr id="14943440" name="name631269a8fafde6837" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6549698c7391d0746" cstate="print"/>
+                          <a:blip r:embed="rId195669a8fafde6835" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2425698c7391d086d" w:history="1">
+            <w:hyperlink r:id="rId543969a8fafde6923" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33531739" name="name9746698c7391d271a" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="76256534" name="name542769a8fafde81ad" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8558698c7391d2715" cstate="print"/>
+                    <a:blip r:embed="rId939069a8fafde81ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5248698c7391d3e4e" w:history="1">
+      <w:hyperlink r:id="rId413469a8fafde98f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5126698c7391d3fb0" w:history="1">
+      <w:hyperlink r:id="rId798869a8fafde9a35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2274698c7391d404e" w:history="1">
+      <w:hyperlink r:id="rId303769a8fafde9ad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3571698c7391d4212" w:history="1">
+      <w:hyperlink r:id="rId805469a8fafde9c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7468698c7391d42b2" w:history="1">
+      <w:hyperlink r:id="rId735169a8fafde9d17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1704698c7391d43b3" w:history="1">
+      <w:hyperlink r:id="rId914969a8fafde9e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7616698c7391d46e3" w:history="1">
+      <w:hyperlink r:id="rId632369a8fafdea147" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3589698c7391d4b9a" w:history="1">
+      <w:hyperlink r:id="rId115969a8fafdea5f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3184698c7391d4c37" w:history="1">
+      <w:hyperlink r:id="rId760569a8fafdea695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9865698c7391d4cb4" w:history="1">
+      <w:hyperlink r:id="rId664469a8fafdea712" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2114698c7391d4dab" w:history="1">
+      <w:hyperlink r:id="rId953269a8fafdea808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4017698c7391d5020" w:history="1">
+      <w:hyperlink r:id="rId333969a8fafdeaa51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8645,51 +8645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7692698c7391d5176" w:history="1">
+      <w:hyperlink r:id="rId819369a8fafdeaba2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9907698c7391d5244" w:history="1">
+      <w:hyperlink r:id="rId924369a8fafdeac6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18619770" name="name4624698c7391d52e7" descr="eu_funding_250.png"/>
+            <wp:docPr id="43790110" name="name789569a8fafdeacf6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7997698c7391d52e6" cstate="print"/>
+                    <a:blip r:embed="rId721569a8fafdeacf4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42904406">
+  <w:abstractNum w:abstractNumId="65896110">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86375784">
+    <w:lvl w:ilvl="0" w:tplc="78823686">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86375784" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78823686" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42904405">
+  <w:abstractNum w:abstractNumId="65896109">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49967156">
+    <w:lvl w:ilvl="0" w:tplc="12207005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42904405">
-    <w:abstractNumId w:val="42904405"/>
+  <w:num w:numId="65896109">
+    <w:abstractNumId w:val="65896109"/>
   </w:num>
-  <w:num w:numId="42904406">
-    <w:abstractNumId w:val="42904406"/>
+  <w:num w:numId="65896110">
+    <w:abstractNumId w:val="65896110"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId213125283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId420892988" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9981698c7391d005f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId6679698c7391d00a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId2425698c7391d086d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId5248698c7391d3e4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId5126698c7391d3fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId2274698c7391d404e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId3571698c7391d4212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId7468698c7391d42b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId1704698c7391d43b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId7616698c7391d46e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId3589698c7391d4b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId3184698c7391d4c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId9865698c7391d4cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId2114698c7391d4dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId4017698c7391d5020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId7692698c7391d5176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9907698c7391d5244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId6549698c7391d0746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6549698c7391d0746.jpg"/><Relationship Id="rId8558698c7391d2715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8558698c7391d2715.jpg"/><Relationship Id="rId7997698c7391d52e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7997698c7391d52e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779288510" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962956359" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId544869a8fafde6097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId366569a8fafde60da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId543969a8fafde6923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId413469a8fafde98f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId798869a8fafde9a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId303769a8fafde9ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId805469a8fafde9c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId735169a8fafde9d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId914969a8fafde9e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId632369a8fafdea147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId115969a8fafdea5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId760569a8fafdea695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId664469a8fafdea712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId953269a8fafdea808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId333969a8fafdeaa51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId819369a8fafdeaba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924369a8fafdeac6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId195669a8fafde6835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195669a8fafde6835.jpg"/><Relationship Id="rId939069a8fafde81ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939069a8fafde81ab.jpg"/><Relationship Id="rId721569a8fafdeacf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId721569a8fafdeacf4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>