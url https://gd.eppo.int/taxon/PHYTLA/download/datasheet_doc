--- v6 (2026-03-05)
+++ v7 (2026-03-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of Chamaecyparis</w:t>
             </w:r>
-            <w:hyperlink r:id="rId544869a8fafde6097" w:history="1">
+            <w:hyperlink r:id="rId789369c46fc903f33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366569a8fafde60da" w:history="1">
+            <w:hyperlink r:id="rId545369c46fc903f7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTLA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14943440" name="name631269a8fafde6837" descr="3967.jpg"/>
+                  <wp:docPr id="30115162" name="name981369c46fc904726" descr="3967.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3967.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId195669a8fafde6835" cstate="print"/>
+                          <a:blip r:embed="rId438369c46fc904724" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId543969a8fafde6923" w:history="1">
+            <w:hyperlink r:id="rId976269c46fc904838" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2268,63 +2268,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76256534" name="name542769a8fafde81ad" descr="PHYTLA_distribution_map.jpg"/>
+            <wp:docPr id="29546146" name="name162769c46fc906503" descr="PHYTLA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTLA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId939069a8fafde81ab" cstate="print"/>
+                    <a:blip r:embed="rId626569c46fc9064ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5669,51 +5669,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Port-Orford-cedar root disease). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413469a8fafde98f7" w:history="1">
+      <w:hyperlink r:id="rId490369c46fc907d28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/40973</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5866,51 +5866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2006) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. OEPP/EPPO </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798869a8fafde9a35" w:history="1">
+      <w:hyperlink r:id="rId409569c46fc907e81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5965,51 +5965,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 397–409. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303769a8fafde9ad0" w:history="1">
+      <w:hyperlink r:id="rId417869c46fc907f2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6229,51 +6229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The IUCN Red List of Threatened Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013: e.T34004A2840024. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805469a8fafde9c73" w:history="1">
+      <w:hyperlink r:id="rId877669c46fc9080de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6326,51 +6326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forestry Research (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Factsheet. The Research Agency of the Forestry Commission UK, 11_0160_Leaflet P-lateralis Factsheet, 3pp., Crown Copyright, courtesy Forestry Commission (2021). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId735169a8fafde9d17" w:history="1">
+      <w:hyperlink r:id="rId581269c46fc90817f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 19–28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914969a8fafde9e1c" w:history="1">
+      <w:hyperlink r:id="rId225469c46fc908283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2012.00788.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632369a8fafdea147" w:history="1">
+      <w:hyperlink r:id="rId738469c46fc9085e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/jof7030226</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7743,51 +7743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 417–424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115969a8fafdea5f7" w:history="1">
+      <w:hyperlink r:id="rId780169c46fc908ad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0329.2010.00688.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7842,51 +7842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. New Disease Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760569a8fafdea695" w:history="1">
+      <w:hyperlink r:id="rId580569c46fc908b79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2014.029.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7921,51 +7921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a new host for Phytophthora lateralis. New Disease Report </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664469a8fafdea712" w:history="1">
+      <w:hyperlink r:id="rId169269c46fc908c0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.ndrs.org.uk/article.php?id=024008</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8078,51 +8078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69-83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953269a8fafdea808" w:history="1">
+      <w:hyperlink r:id="rId157269c46fc908d26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1002/ppp3.10081</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8437,51 +8437,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 112-126. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333969a8fafdeaa51" w:history="1">
+      <w:hyperlink r:id="rId563269c46fc908f84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2016.10.002</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 October 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8645,51 +8645,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora lateralis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819369a8fafdeaba2" w:history="1">
+      <w:hyperlink r:id="rId290769c46fc9090e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8775,88 +8775,88 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 43-47. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924369a8fafdeac6e" w:history="1">
+      <w:hyperlink r:id="rId319669c46fc9091b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02234.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43790110" name="name789569a8fafdeacf6" descr="eu_funding_250.png"/>
+            <wp:docPr id="46081820" name="name737169c46fc90923f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId721569a8fafdeacf4" cstate="print"/>
+                    <a:blip r:embed="rId608769c46fc90923e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8954,137 +8954,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65896110">
+  <w:abstractNum w:abstractNumId="93582244">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78823686">
+    <w:lvl w:ilvl="0" w:tplc="23354232">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78823686" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23354232" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65896109">
+  <w:abstractNum w:abstractNumId="93582243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12207005">
+    <w:lvl w:ilvl="0" w:tplc="93459505">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9836,55 +9836,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65896109">
-    <w:abstractNumId w:val="65896109"/>
+  <w:num w:numId="93582243">
+    <w:abstractNumId w:val="93582243"/>
   </w:num>
-  <w:num w:numId="65896110">
-    <w:abstractNumId w:val="65896110"/>
+  <w:num w:numId="93582244">
+    <w:abstractNumId w:val="93582244"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21434,51 +21434,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779288510" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId962956359" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId544869a8fafde6097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId366569a8fafde60da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId543969a8fafde6923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId413469a8fafde98f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId798869a8fafde9a35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId303769a8fafde9ad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId805469a8fafde9c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId735169a8fafde9d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId914969a8fafde9e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId632369a8fafdea147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId115969a8fafdea5f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId760569a8fafdea695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId664469a8fafdea712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId953269a8fafdea808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId333969a8fafdeaa51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId819369a8fafdeaba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId924369a8fafdeac6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId195669a8fafde6835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId195669a8fafde6835.jpg"/><Relationship Id="rId939069a8fafde81ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939069a8fafde81ab.jpg"/><Relationship Id="rId721569a8fafdeacf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId721569a8fafdeacf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId674132692" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870609977" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId789369c46fc903f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/" TargetMode="External"/><Relationship Id="rId545369c46fc903f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/categorization" TargetMode="External"/><Relationship Id="rId976269c46fc904838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTLA/photos" TargetMode="External"/><Relationship Id="rId490369c46fc907d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/40973" TargetMode="External"/><Relationship Id="rId409569c46fc907e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.org/QUARANTINE/Pest_Risk_Analysis/PRA_documents.htm" TargetMode="External"/><Relationship Id="rId417869c46fc907f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12250" TargetMode="External"/><Relationship Id="rId877669c46fc9080de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2305/IUCN.UK.2013-1.RLTS.T34004A2840024.en" TargetMode="External"/><Relationship Id="rId581269c46fc90817f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-lateralis/" TargetMode="External"/><Relationship Id="rId225469c46fc908283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2012.00788.x" TargetMode="External"/><Relationship Id="rId738469c46fc9085e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof7030226" TargetMode="External"/><Relationship Id="rId780169c46fc908ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0329.2010.00688.x" TargetMode="External"/><Relationship Id="rId580569c46fc908b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2014.029.015" TargetMode="External"/><Relationship Id="rId169269c46fc908c0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ndrs.org.uk/article.php?id=024008" TargetMode="External"/><Relationship Id="rId157269c46fc908d26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/ppp3.10081" TargetMode="External"/><Relationship Id="rId563269c46fc908f84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2016.10.002" TargetMode="External"/><Relationship Id="rId290769c46fc9090e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId319669c46fc9091b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02234.x" TargetMode="External"/><Relationship Id="rId438369c46fc904724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId438369c46fc904724.jpg"/><Relationship Id="rId626569c46fc9064ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId626569c46fc9064ff.jpg"/><Relationship Id="rId608769c46fc90923e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608769c46fc90923e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>