--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392468e47eda0b7d3" w:history="1">
+            <w:hyperlink r:id="rId26886900dc2ea47a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298068e47eda0b81a" w:history="1">
+            <w:hyperlink r:id="rId34236900dc2ea4846" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84335275" name="name904368e47eda0b8db" descr="3962.jpg"/>
+                  <wp:docPr id="8817818" name="name20216900dc2ea5006" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId502768e47eda0b8da" cstate="print"/>
+                          <a:blip r:embed="rId17356900dc2ea5004" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId745568e47eda0ba52" w:history="1">
+            <w:hyperlink r:id="rId73606900dc2ea5169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43622980" name="name339968e47eda0d17a" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="39348914" name="name76386900dc2ea67fd" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId705268e47eda0d178" cstate="print"/>
+                    <a:blip r:embed="rId39916900dc2ea67fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628268e47eda0e99b" w:history="1">
+      <w:hyperlink r:id="rId40816900dc2ea8052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232668e47eda0e9ff" w:history="1">
+      <w:hyperlink r:id="rId28986900dc2ea80b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166768e47eda0eae3" w:history="1">
+      <w:hyperlink r:id="rId83206900dc2ea8185" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899468e47eda0eb18" w:history="1">
+      <w:hyperlink r:id="rId21776900dc2ea81ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829768e47eda0ec4e" w:history="1">
+      <w:hyperlink r:id="rId34186900dc2ea82ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503068e47eda0ef0e" w:history="1">
+      <w:hyperlink r:id="rId10916900dc2ea8599" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884168e47eda0f066" w:history="1">
+      <w:hyperlink r:id="rId29826900dc2ea86eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649668e47eda0f0d7" w:history="1">
+      <w:hyperlink r:id="rId67106900dc2ea875a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599068e47eda0f145" w:history="1">
+      <w:hyperlink r:id="rId67186900dc2ea87c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124568e47eda0f1d3" w:history="1">
+      <w:hyperlink r:id="rId73986900dc2ea8853" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358268e47eda0f24e" w:history="1">
+      <w:hyperlink r:id="rId74026900dc2ea88cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475668e47eda0f345" w:history="1">
+      <w:hyperlink r:id="rId23376900dc2ea89bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979768e47eda0f4ab" w:history="1">
+      <w:hyperlink r:id="rId84066900dc2ea8b2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907068e47eda0f4fd" w:history="1">
+      <w:hyperlink r:id="rId12056900dc2ea8b81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId373668e47eda0f849" w:history="1">
+      <w:hyperlink r:id="rId95716900dc2ea8ece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683268e47eda0f8d9" w:history="1">
+      <w:hyperlink r:id="rId68676900dc2ea8f6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874568e47eda0fb36" w:history="1">
+      <w:hyperlink r:id="rId58446900dc2ea91ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214268e47eda0fbd8" w:history="1">
+      <w:hyperlink r:id="rId56736900dc2ea924f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId605868e47eda0fc85" w:history="1">
+      <w:hyperlink r:id="rId46126900dc2ea92f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218368e47eda0fcd7" w:history="1">
+      <w:hyperlink r:id="rId22186900dc2ea9349" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777668e47eda0fe89" w:history="1">
+      <w:hyperlink r:id="rId64166900dc2ea9502" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9163,51 +9163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856268e47eda0ffcd" w:history="1">
+      <w:hyperlink r:id="rId16256900dc2ea9656" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4355314" name="name550168e47eda10089" descr="eu_funding_250.png"/>
+            <wp:docPr id="82731851" name="name78536900dc2ea9ada" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId779368e47eda10088" cstate="print"/>
+                    <a:blip r:embed="rId27826900dc2ea9ad9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18371338">
+  <w:abstractNum w:abstractNumId="86807108">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47771613">
+    <w:lvl w:ilvl="0" w:tplc="37409518">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47771613" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37409518" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18371337">
+  <w:abstractNum w:abstractNumId="86807107">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15275564">
+    <w:lvl w:ilvl="0" w:tplc="97358270">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18371337">
-    <w:abstractNumId w:val="18371337"/>
+  <w:num w:numId="86807107">
+    <w:abstractNumId w:val="86807107"/>
   </w:num>
-  <w:num w:numId="18371338">
-    <w:abstractNumId w:val="18371338"/>
+  <w:num w:numId="86807108">
+    <w:abstractNumId w:val="86807108"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId589808781" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603239582" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId392468e47eda0b7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId298068e47eda0b81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId745568e47eda0ba52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId628268e47eda0e99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId232668e47eda0e9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId166768e47eda0eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId899468e47eda0eb18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId829768e47eda0ec4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId503068e47eda0ef0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId884168e47eda0f066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId649668e47eda0f0d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId599068e47eda0f145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId124568e47eda0f1d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId358268e47eda0f24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId475668e47eda0f345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId979768e47eda0f4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId907068e47eda0f4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId373668e47eda0f849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId683268e47eda0f8d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId874568e47eda0fb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId214268e47eda0fbd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId605868e47eda0fc85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId218368e47eda0fcd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId777668e47eda0fe89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId856268e47eda0ffcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId502768e47eda0b8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502768e47eda0b8da.jpg"/><Relationship Id="rId705268e47eda0d178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705268e47eda0d178.jpg"/><Relationship Id="rId779368e47eda10088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779368e47eda10088.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId765535124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId260695762" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26886900dc2ea47a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId34236900dc2ea4846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId73606900dc2ea5169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId40816900dc2ea8052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId28986900dc2ea80b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId83206900dc2ea8185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId21776900dc2ea81ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId34186900dc2ea82ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId10916900dc2ea8599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId29826900dc2ea86eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId67106900dc2ea875a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId67186900dc2ea87c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId73986900dc2ea8853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId74026900dc2ea88cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId23376900dc2ea89bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId84066900dc2ea8b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId12056900dc2ea8b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId95716900dc2ea8ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId68676900dc2ea8f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId58446900dc2ea91ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId56736900dc2ea924f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId46126900dc2ea92f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId22186900dc2ea9349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId64166900dc2ea9502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId16256900dc2ea9656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17356900dc2ea5004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17356900dc2ea5004.jpg"/><Relationship Id="rId39916900dc2ea67fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39916900dc2ea67fa.jpg"/><Relationship Id="rId27826900dc2ea9ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27826900dc2ea9ad9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>