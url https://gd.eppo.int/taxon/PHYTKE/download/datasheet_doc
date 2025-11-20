--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26886900dc2ea47a5" w:history="1">
+            <w:hyperlink r:id="rId8469691d0922d1a60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34236900dc2ea4846" w:history="1">
+            <w:hyperlink r:id="rId3690691d0922d1aa6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8817818" name="name20216900dc2ea5006" descr="3962.jpg"/>
+                  <wp:docPr id="78303701" name="name9673691d0922d239c" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId17356900dc2ea5004" cstate="print"/>
+                          <a:blip r:embed="rId7970691d0922d239b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId73606900dc2ea5169" w:history="1">
+            <w:hyperlink r:id="rId7578691d0922d248b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39348914" name="name76386900dc2ea67fd" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="80580996" name="name6769691d0922d3ee2" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39916900dc2ea67fa" cstate="print"/>
+                    <a:blip r:embed="rId6571691d0922d3ee0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40816900dc2ea8052" w:history="1">
+      <w:hyperlink r:id="rId6489691d0922d5e3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28986900dc2ea80b8" w:history="1">
+      <w:hyperlink r:id="rId3119691d0922d5ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83206900dc2ea8185" w:history="1">
+      <w:hyperlink r:id="rId2955691d0922d5fb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21776900dc2ea81ba" w:history="1">
+      <w:hyperlink r:id="rId2778691d0922d601a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34186900dc2ea82ed" w:history="1">
+      <w:hyperlink r:id="rId3099691d0922d6177" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10916900dc2ea8599" w:history="1">
+      <w:hyperlink r:id="rId5970691d0922d64b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29826900dc2ea86eb" w:history="1">
+      <w:hyperlink r:id="rId1550691d0922d6638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67106900dc2ea875a" w:history="1">
+      <w:hyperlink r:id="rId4973691d0922d66ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67186900dc2ea87c7" w:history="1">
+      <w:hyperlink r:id="rId9360691d0922d671f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73986900dc2ea8853" w:history="1">
+      <w:hyperlink r:id="rId4263691d0922d67b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74026900dc2ea88cc" w:history="1">
+      <w:hyperlink r:id="rId7342691d0922d682c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23376900dc2ea89bf" w:history="1">
+      <w:hyperlink r:id="rId6454691d0922d6927" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84066900dc2ea8b2f" w:history="1">
+      <w:hyperlink r:id="rId2328691d0922d6a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12056900dc2ea8b81" w:history="1">
+      <w:hyperlink r:id="rId4617691d0922d6ae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95716900dc2ea8ece" w:history="1">
+      <w:hyperlink r:id="rId5655691d0922d6fbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68676900dc2ea8f6f" w:history="1">
+      <w:hyperlink r:id="rId7443691d0922d7055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58446900dc2ea91ad" w:history="1">
+      <w:hyperlink r:id="rId1160691d0922d729f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56736900dc2ea924f" w:history="1">
+      <w:hyperlink r:id="rId6802691d0922d7343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46126900dc2ea92f9" w:history="1">
+      <w:hyperlink r:id="rId3330691d0922d7444" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22186900dc2ea9349" w:history="1">
+      <w:hyperlink r:id="rId6114691d0922d749e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64166900dc2ea9502" w:history="1">
+      <w:hyperlink r:id="rId1089691d0922d768d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9163,51 +9163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16256900dc2ea9656" w:history="1">
+      <w:hyperlink r:id="rId9895691d0922d7804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82731851" name="name78536900dc2ea9ada" descr="eu_funding_250.png"/>
+            <wp:docPr id="19486642" name="name7959691d0922d78ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27826900dc2ea9ad9" cstate="print"/>
+                    <a:blip r:embed="rId6950691d0922d78aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86807108">
+  <w:abstractNum w:abstractNumId="70433156">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37409518">
+    <w:lvl w:ilvl="0" w:tplc="92156149">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37409518" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92156149" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86807107">
+  <w:abstractNum w:abstractNumId="70433155">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97358270">
+    <w:lvl w:ilvl="0" w:tplc="89918566">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86807107">
-    <w:abstractNumId w:val="86807107"/>
+  <w:num w:numId="70433155">
+    <w:abstractNumId w:val="70433155"/>
   </w:num>
-  <w:num w:numId="86807108">
-    <w:abstractNumId w:val="86807108"/>
+  <w:num w:numId="70433156">
+    <w:abstractNumId w:val="70433156"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId765535124" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId260695762" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26886900dc2ea47a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId34236900dc2ea4846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId73606900dc2ea5169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId40816900dc2ea8052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId28986900dc2ea80b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId83206900dc2ea8185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId21776900dc2ea81ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId34186900dc2ea82ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId10916900dc2ea8599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId29826900dc2ea86eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId67106900dc2ea875a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId67186900dc2ea87c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId73986900dc2ea8853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId74026900dc2ea88cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId23376900dc2ea89bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId84066900dc2ea8b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId12056900dc2ea8b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId95716900dc2ea8ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId68676900dc2ea8f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId58446900dc2ea91ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId56736900dc2ea924f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId46126900dc2ea92f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId22186900dc2ea9349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId64166900dc2ea9502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId16256900dc2ea9656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17356900dc2ea5004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17356900dc2ea5004.jpg"/><Relationship Id="rId39916900dc2ea67fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39916900dc2ea67fa.jpg"/><Relationship Id="rId27826900dc2ea9ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27826900dc2ea9ad9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225021388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId271482804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8469691d0922d1a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId3690691d0922d1aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId7578691d0922d248b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId6489691d0922d5e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId3119691d0922d5ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId2955691d0922d5fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId2778691d0922d601a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId3099691d0922d6177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId5970691d0922d64b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId1550691d0922d6638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId4973691d0922d66ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId9360691d0922d671f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId4263691d0922d67b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId7342691d0922d682c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6454691d0922d6927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId2328691d0922d6a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId4617691d0922d6ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId5655691d0922d6fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId7443691d0922d7055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId1160691d0922d729f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId6802691d0922d7343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId3330691d0922d7444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId6114691d0922d749e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId1089691d0922d768d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId9895691d0922d7804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7970691d0922d239b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7970691d0922d239b.jpg"/><Relationship Id="rId6571691d0922d3ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6571691d0922d3ee0.jpg"/><Relationship Id="rId6950691d0922d78aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6950691d0922d78aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>