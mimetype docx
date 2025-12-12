--- v2 (2025-11-20)
+++ v3 (2025-12-12)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8469691d0922d1a60" w:history="1">
+            <w:hyperlink r:id="rId3805693c948f39efc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3690691d0922d1aa6" w:history="1">
+            <w:hyperlink r:id="rId1539693c948f39f43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78303701" name="name9673691d0922d239c" descr="3962.jpg"/>
+                  <wp:docPr id="68367240" name="name1839693c948f3a7d8" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7970691d0922d239b" cstate="print"/>
+                          <a:blip r:embed="rId6772693c948f3a7d6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7578691d0922d248b" w:history="1">
+            <w:hyperlink r:id="rId9285693c948f3a907" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80580996" name="name6769691d0922d3ee2" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="58471068" name="name1872693c948f3c294" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6571691d0922d3ee0" cstate="print"/>
+                    <a:blip r:embed="rId8715693c948f3c290" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6489691d0922d5e3f" w:history="1">
+      <w:hyperlink r:id="rId6642693c948f3e120" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3119691d0922d5ee2" w:history="1">
+      <w:hyperlink r:id="rId5794693c948f3e188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2955691d0922d5fb6" w:history="1">
+      <w:hyperlink r:id="rId2968693c948f3e28b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2778691d0922d601a" w:history="1">
+      <w:hyperlink r:id="rId1718693c948f3e2c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3099691d0922d6177" w:history="1">
+      <w:hyperlink r:id="rId7099693c948f3e400" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5970691d0922d64b2" w:history="1">
+      <w:hyperlink r:id="rId4160693c948f3e709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1550691d0922d6638" w:history="1">
+      <w:hyperlink r:id="rId2834693c948f3e8d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4973691d0922d66ae" w:history="1">
+      <w:hyperlink r:id="rId4562693c948f3e94a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9360691d0922d671f" w:history="1">
+      <w:hyperlink r:id="rId6866693c948f3e9bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4263691d0922d67b0" w:history="1">
+      <w:hyperlink r:id="rId9399693c948f3ea70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7342691d0922d682c" w:history="1">
+      <w:hyperlink r:id="rId9244693c948f3eaf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6454691d0922d6927" w:history="1">
+      <w:hyperlink r:id="rId4894693c948f3ebee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2328691d0922d6a93" w:history="1">
+      <w:hyperlink r:id="rId6328693c948f3ed5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4617691d0922d6ae9" w:history="1">
+      <w:hyperlink r:id="rId4276693c948f3edb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5655691d0922d6fbf" w:history="1">
+      <w:hyperlink r:id="rId7092693c948f3f0ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7443691d0922d7055" w:history="1">
+      <w:hyperlink r:id="rId1542693c948f3f18f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1160691d0922d729f" w:history="1">
+      <w:hyperlink r:id="rId9582693c948f3f3ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6802691d0922d7343" w:history="1">
+      <w:hyperlink r:id="rId2728693c948f3f46f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3330691d0922d7444" w:history="1">
+      <w:hyperlink r:id="rId1540693c948f3f51c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6114691d0922d749e" w:history="1">
+      <w:hyperlink r:id="rId2398693c948f3f56d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1089691d0922d768d" w:history="1">
+      <w:hyperlink r:id="rId3471693c948f3f8c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9163,51 +9163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9895691d0922d7804" w:history="1">
+      <w:hyperlink r:id="rId9389693c948f3fa44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19486642" name="name7959691d0922d78ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="11459712" name="name2954693c948f3faf7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6950691d0922d78aa" cstate="print"/>
+                    <a:blip r:embed="rId5978693c948f3faf5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70433156">
+  <w:abstractNum w:abstractNumId="10256481">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92156149">
+    <w:lvl w:ilvl="0" w:tplc="37638637">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92156149" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37638637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70433155">
+  <w:abstractNum w:abstractNumId="10256480">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89918566">
+    <w:lvl w:ilvl="0" w:tplc="16908248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70433155">
-    <w:abstractNumId w:val="70433155"/>
+  <w:num w:numId="10256480">
+    <w:abstractNumId w:val="10256480"/>
   </w:num>
-  <w:num w:numId="70433156">
-    <w:abstractNumId w:val="70433156"/>
+  <w:num w:numId="10256481">
+    <w:abstractNumId w:val="10256481"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId225021388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId271482804" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8469691d0922d1a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId3690691d0922d1aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId7578691d0922d248b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId6489691d0922d5e3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId3119691d0922d5ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId2955691d0922d5fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId2778691d0922d601a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId3099691d0922d6177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId5970691d0922d64b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId1550691d0922d6638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId4973691d0922d66ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId9360691d0922d671f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId4263691d0922d67b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId7342691d0922d682c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6454691d0922d6927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId2328691d0922d6a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId4617691d0922d6ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId5655691d0922d6fbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId7443691d0922d7055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId1160691d0922d729f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId6802691d0922d7343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId3330691d0922d7444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId6114691d0922d749e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId1089691d0922d768d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId9895691d0922d7804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7970691d0922d239b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7970691d0922d239b.jpg"/><Relationship Id="rId6571691d0922d3ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6571691d0922d3ee0.jpg"/><Relationship Id="rId6950691d0922d78aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6950691d0922d78aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436616817" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103223585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3805693c948f39efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId1539693c948f39f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId9285693c948f3a907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId6642693c948f3e120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId5794693c948f3e188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId2968693c948f3e28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId1718693c948f3e2c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId7099693c948f3e400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId4160693c948f3e709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId2834693c948f3e8d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId4562693c948f3e94a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId6866693c948f3e9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId9399693c948f3ea70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId9244693c948f3eaf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId4894693c948f3ebee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId6328693c948f3ed5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId4276693c948f3edb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId7092693c948f3f0ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId1542693c948f3f18f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId9582693c948f3f3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId2728693c948f3f46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId1540693c948f3f51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId2398693c948f3f56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId3471693c948f3f8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId9389693c948f3fa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6772693c948f3a7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6772693c948f3a7d6.jpg"/><Relationship Id="rId8715693c948f3c290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8715693c948f3c290.jpg"/><Relationship Id="rId5978693c948f3faf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5978693c948f3faf5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>