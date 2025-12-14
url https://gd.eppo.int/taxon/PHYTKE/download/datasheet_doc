--- v3 (2025-12-12)
+++ v4 (2025-12-14)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3805693c948f39efc" w:history="1">
+            <w:hyperlink r:id="rId8004693ed59cce9f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1539693c948f39f43" w:history="1">
+            <w:hyperlink r:id="rId7218693ed59ccea3e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="68367240" name="name1839693c948f3a7d8" descr="3962.jpg"/>
+                  <wp:docPr id="39626703" name="name3889693ed59ccf1c5" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6772693c948f3a7d6" cstate="print"/>
+                          <a:blip r:embed="rId2619693ed59ccf1c3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9285693c948f3a907" w:history="1">
+            <w:hyperlink r:id="rId6450693ed59ccf305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58471068" name="name1872693c948f3c294" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="15086717" name="name2550693ed59cd09d9" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8715693c948f3c290" cstate="print"/>
+                    <a:blip r:embed="rId3119693ed59cd09d6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6642693c948f3e120" w:history="1">
+      <w:hyperlink r:id="rId3163693ed59cd2272" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5794693c948f3e188" w:history="1">
+      <w:hyperlink r:id="rId1206693ed59cd22d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2968693c948f3e28b" w:history="1">
+      <w:hyperlink r:id="rId7297693ed59cd23a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1718693c948f3e2c2" w:history="1">
+      <w:hyperlink r:id="rId1774693ed59cd23d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7099693c948f3e400" w:history="1">
+      <w:hyperlink r:id="rId2349693ed59cd251a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4160693c948f3e709" w:history="1">
+      <w:hyperlink r:id="rId6552693ed59cd27cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2834693c948f3e8d1" w:history="1">
+      <w:hyperlink r:id="rId4790693ed59cd2931" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4562693c948f3e94a" w:history="1">
+      <w:hyperlink r:id="rId6367693ed59cd29a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6866693c948f3e9bd" w:history="1">
+      <w:hyperlink r:id="rId4446693ed59cd2a11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9399693c948f3ea70" w:history="1">
+      <w:hyperlink r:id="rId2551693ed59cd2a9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9244693c948f3eaf1" w:history="1">
+      <w:hyperlink r:id="rId7188693ed59cd2b19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4894693c948f3ebee" w:history="1">
+      <w:hyperlink r:id="rId4373693ed59cd2c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6328693c948f3ed5c" w:history="1">
+      <w:hyperlink r:id="rId6925693ed59cd2d74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4276693c948f3edb0" w:history="1">
+      <w:hyperlink r:id="rId3830693ed59cd2dc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7092693c948f3f0ff" w:history="1">
+      <w:hyperlink r:id="rId6457693ed59cd3137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1542693c948f3f18f" w:history="1">
+      <w:hyperlink r:id="rId4839693ed59cd31ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9582693c948f3f3ce" w:history="1">
+      <w:hyperlink r:id="rId8709693ed59cd3408" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2728693c948f3f46f" w:history="1">
+      <w:hyperlink r:id="rId3344693ed59cd34ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1540693c948f3f51c" w:history="1">
+      <w:hyperlink r:id="rId4835693ed59cd3559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2398693c948f3f56d" w:history="1">
+      <w:hyperlink r:id="rId2850693ed59cd35ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3471693c948f3f8c8" w:history="1">
+      <w:hyperlink r:id="rId9087693ed59cd375d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9163,51 +9163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9389693c948f3fa44" w:history="1">
+      <w:hyperlink r:id="rId7183693ed59cd38b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11459712" name="name2954693c948f3faf7" descr="eu_funding_250.png"/>
+            <wp:docPr id="97040376" name="name6789693ed59cd3956" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5978693c948f3faf5" cstate="print"/>
+                    <a:blip r:embed="rId9491693ed59cd3955" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10256481">
+  <w:abstractNum w:abstractNumId="55569849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37638637">
+    <w:lvl w:ilvl="0" w:tplc="22184986">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37638637" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22184986" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10256480">
+  <w:abstractNum w:abstractNumId="55569848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16908248">
+    <w:lvl w:ilvl="0" w:tplc="68703239">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10256480">
-    <w:abstractNumId w:val="10256480"/>
+  <w:num w:numId="55569848">
+    <w:abstractNumId w:val="55569848"/>
   </w:num>
-  <w:num w:numId="10256481">
-    <w:abstractNumId w:val="10256481"/>
+  <w:num w:numId="55569849">
+    <w:abstractNumId w:val="55569849"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436616817" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId103223585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3805693c948f39efc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId1539693c948f39f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId9285693c948f3a907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId6642693c948f3e120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId5794693c948f3e188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId2968693c948f3e28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId1718693c948f3e2c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId7099693c948f3e400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId4160693c948f3e709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId2834693c948f3e8d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId4562693c948f3e94a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId6866693c948f3e9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId9399693c948f3ea70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId9244693c948f3eaf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId4894693c948f3ebee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId6328693c948f3ed5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId4276693c948f3edb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId7092693c948f3f0ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId1542693c948f3f18f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId9582693c948f3f3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId2728693c948f3f46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId1540693c948f3f51c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId2398693c948f3f56d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId3471693c948f3f8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId9389693c948f3fa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6772693c948f3a7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6772693c948f3a7d6.jpg"/><Relationship Id="rId8715693c948f3c290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8715693c948f3c290.jpg"/><Relationship Id="rId5978693c948f3faf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5978693c948f3faf5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId909100940" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754438457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8004693ed59cce9f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId7218693ed59ccea3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId6450693ed59ccf305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId3163693ed59cd2272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId1206693ed59cd22d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId7297693ed59cd23a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId1774693ed59cd23d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId2349693ed59cd251a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId6552693ed59cd27cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId4790693ed59cd2931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId6367693ed59cd29a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId4446693ed59cd2a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId2551693ed59cd2a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId7188693ed59cd2b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId4373693ed59cd2c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId6925693ed59cd2d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId3830693ed59cd2dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId6457693ed59cd3137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId4839693ed59cd31ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId8709693ed59cd3408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId3344693ed59cd34ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId4835693ed59cd3559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId2850693ed59cd35ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId9087693ed59cd375d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId7183693ed59cd38b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2619693ed59ccf1c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2619693ed59ccf1c3.jpg"/><Relationship Id="rId3119693ed59cd09d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3119693ed59cd09d6.jpg"/><Relationship Id="rId9491693ed59cd3955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9491693ed59cd3955.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>