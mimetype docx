--- v4 (2025-12-14)
+++ v5 (2026-01-08)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8004693ed59cce9f9" w:history="1">
+            <w:hyperlink r:id="rId1031695fd8dc6ef22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7218693ed59ccea3e" w:history="1">
+            <w:hyperlink r:id="rId6532695fd8dc6ef66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39626703" name="name3889693ed59ccf1c5" descr="3962.jpg"/>
+                  <wp:docPr id="49409810" name="name4354695fd8dc6f051" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2619693ed59ccf1c3" cstate="print"/>
+                          <a:blip r:embed="rId8028695fd8dc6f04f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6450693ed59ccf305" w:history="1">
+            <w:hyperlink r:id="rId4135695fd8dc6f1a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15086717" name="name2550693ed59cd09d9" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="51203410" name="name4932695fd8dc7042a" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3119693ed59cd09d6" cstate="print"/>
+                    <a:blip r:embed="rId8843695fd8dc70428" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3163693ed59cd2272" w:history="1">
+      <w:hyperlink r:id="rId2563695fd8dc71d5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1206693ed59cd22d6" w:history="1">
+      <w:hyperlink r:id="rId7304695fd8dc71dc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7297693ed59cd23a4" w:history="1">
+      <w:hyperlink r:id="rId8625695fd8dc71e96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1774693ed59cd23d8" w:history="1">
+      <w:hyperlink r:id="rId8073695fd8dc71ed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2349693ed59cd251a" w:history="1">
+      <w:hyperlink r:id="rId9601695fd8dc72007" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6552693ed59cd27cb" w:history="1">
+      <w:hyperlink r:id="rId7388695fd8dc722c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4790693ed59cd2931" w:history="1">
+      <w:hyperlink r:id="rId3976695fd8dc7242f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6367693ed59cd29a2" w:history="1">
+      <w:hyperlink r:id="rId2599695fd8dc724a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4446693ed59cd2a11" w:history="1">
+      <w:hyperlink r:id="rId5665695fd8dc72519" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2551693ed59cd2a9e" w:history="1">
+      <w:hyperlink r:id="rId4660695fd8dc725a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7188693ed59cd2b19" w:history="1">
+      <w:hyperlink r:id="rId1172695fd8dc7261f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4373693ed59cd2c0f" w:history="1">
+      <w:hyperlink r:id="rId6484695fd8dc72713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6925693ed59cd2d74" w:history="1">
+      <w:hyperlink r:id="rId6454695fd8dc72877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3830693ed59cd2dc6" w:history="1">
+      <w:hyperlink r:id="rId6961695fd8dc728ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6457693ed59cd3137" w:history="1">
+      <w:hyperlink r:id="rId5135695fd8dc72c0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4839693ed59cd31ca" w:history="1">
+      <w:hyperlink r:id="rId8935695fd8dc72c9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8709693ed59cd3408" w:history="1">
+      <w:hyperlink r:id="rId7285695fd8dc72ede" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3344693ed59cd34ab" w:history="1">
+      <w:hyperlink r:id="rId1103695fd8dc72f7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4835693ed59cd3559" w:history="1">
+      <w:hyperlink r:id="rId9555695fd8dc73028" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2850693ed59cd35ab" w:history="1">
+      <w:hyperlink r:id="rId3861695fd8dc73079" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9087693ed59cd375d" w:history="1">
+      <w:hyperlink r:id="rId1117695fd8dc73226" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9141,73 +9141,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7183693ed59cd38b0" w:history="1">
+      <w:hyperlink r:id="rId6683695fd8dc73366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97040376" name="name6789693ed59cd3956" descr="eu_funding_250.png"/>
+            <wp:docPr id="43339441" name="name2073695fd8dc73423" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9491693ed59cd3955" cstate="print"/>
+                    <a:blip r:embed="rId8481695fd8dc73422" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55569849">
+  <w:abstractNum w:abstractNumId="53805955">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22184986">
+    <w:lvl w:ilvl="0" w:tplc="24927399">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22184986" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24927399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55569848">
+  <w:abstractNum w:abstractNumId="53805954">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68703239">
+    <w:lvl w:ilvl="0" w:tplc="92454845">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55569848">
-    <w:abstractNumId w:val="55569848"/>
+  <w:num w:numId="53805954">
+    <w:abstractNumId w:val="53805954"/>
   </w:num>
-  <w:num w:numId="55569849">
-    <w:abstractNumId w:val="55569849"/>
+  <w:num w:numId="53805955">
+    <w:abstractNumId w:val="53805955"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId909100940" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId754438457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8004693ed59cce9f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId7218693ed59ccea3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId6450693ed59ccf305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId3163693ed59cd2272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId1206693ed59cd22d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId7297693ed59cd23a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId1774693ed59cd23d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId2349693ed59cd251a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId6552693ed59cd27cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId4790693ed59cd2931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId6367693ed59cd29a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId4446693ed59cd2a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId2551693ed59cd2a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId7188693ed59cd2b19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId4373693ed59cd2c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId6925693ed59cd2d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId3830693ed59cd2dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId6457693ed59cd3137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId4839693ed59cd31ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId8709693ed59cd3408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId3344693ed59cd34ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId4835693ed59cd3559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId2850693ed59cd35ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId9087693ed59cd375d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId7183693ed59cd38b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2619693ed59ccf1c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2619693ed59ccf1c3.jpg"/><Relationship Id="rId3119693ed59cd09d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3119693ed59cd09d6.jpg"/><Relationship Id="rId9491693ed59cd3955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9491693ed59cd3955.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId719527884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189795402" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1031695fd8dc6ef22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId6532695fd8dc6ef66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId4135695fd8dc6f1a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId2563695fd8dc71d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId7304695fd8dc71dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId8625695fd8dc71e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId8073695fd8dc71ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId9601695fd8dc72007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId7388695fd8dc722c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId3976695fd8dc7242f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId2599695fd8dc724a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId5665695fd8dc72519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId4660695fd8dc725a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId1172695fd8dc7261f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6484695fd8dc72713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId6454695fd8dc72877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId6961695fd8dc728ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId5135695fd8dc72c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId8935695fd8dc72c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId7285695fd8dc72ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId1103695fd8dc72f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId9555695fd8dc73028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId3861695fd8dc73079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId1117695fd8dc73226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId6683695fd8dc73366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8028695fd8dc6f04f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8028695fd8dc6f04f.jpg"/><Relationship Id="rId8843695fd8dc70428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8843695fd8dc70428.jpg"/><Relationship Id="rId8481695fd8dc73422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8481695fd8dc73422.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>