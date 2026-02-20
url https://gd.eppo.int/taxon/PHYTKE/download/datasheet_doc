--- v5 (2026-01-08)
+++ v6 (2026-02-20)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1031695fd8dc6ef22" w:history="1">
+            <w:hyperlink r:id="rId244369989fce704ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6532695fd8dc6ef66" w:history="1">
+            <w:hyperlink r:id="rId233069989fce70534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49409810" name="name4354695fd8dc6f051" descr="3962.jpg"/>
+                  <wp:docPr id="59552734" name="name379569989fce70efd" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8028695fd8dc6f04f" cstate="print"/>
+                          <a:blip r:embed="rId738469989fce70efa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4135695fd8dc6f1a7" w:history="1">
+            <w:hyperlink r:id="rId606169989fce7104d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51203410" name="name4932695fd8dc7042a" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="68663040" name="name818069989fce728a1" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8843695fd8dc70428" cstate="print"/>
+                    <a:blip r:embed="rId264969989fce7289d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2563695fd8dc71d5f" w:history="1">
+      <w:hyperlink r:id="rId222569989fce7429a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7304695fd8dc71dc2" w:history="1">
+      <w:hyperlink r:id="rId100969989fce742ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8625695fd8dc71e96" w:history="1">
+      <w:hyperlink r:id="rId932969989fce743f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8073695fd8dc71ed1" w:history="1">
+      <w:hyperlink r:id="rId132469989fce7442a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9601695fd8dc72007" w:history="1">
+      <w:hyperlink r:id="rId226869989fce7455e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7388695fd8dc722c5" w:history="1">
+      <w:hyperlink r:id="rId871969989fce74810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3976695fd8dc7242f" w:history="1">
+      <w:hyperlink r:id="rId889069989fce74976" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2599695fd8dc724a7" w:history="1">
+      <w:hyperlink r:id="rId349269989fce749e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5665695fd8dc72519" w:history="1">
+      <w:hyperlink r:id="rId287869989fce74a56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4660695fd8dc725a5" w:history="1">
+      <w:hyperlink r:id="rId590569989fce74ae3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1172695fd8dc7261f" w:history="1">
+      <w:hyperlink r:id="rId681969989fce74b5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6484695fd8dc72713" w:history="1">
+      <w:hyperlink r:id="rId600469989fce74c50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6454695fd8dc72877" w:history="1">
+      <w:hyperlink r:id="rId116969989fce74db1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6961695fd8dc728ca" w:history="1">
+      <w:hyperlink r:id="rId895469989fce74e02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5135695fd8dc72c0c" w:history="1">
+      <w:hyperlink r:id="rId217369989fce75143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8935695fd8dc72c9a" w:history="1">
+      <w:hyperlink r:id="rId234769989fce751d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7285695fd8dc72ede" w:history="1">
+      <w:hyperlink r:id="rId221269989fce75443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1103695fd8dc72f7e" w:history="1">
+      <w:hyperlink r:id="rId304369989fce754e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9555695fd8dc73028" w:history="1">
+      <w:hyperlink r:id="rId870569989fce75593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3861695fd8dc73079" w:history="1">
+      <w:hyperlink r:id="rId141869989fce755e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1117695fd8dc73226" w:history="1">
+      <w:hyperlink r:id="rId368169989fce7579f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9163,51 +9163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6683695fd8dc73366" w:history="1">
+      <w:hyperlink r:id="rId738469989fce758e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43339441" name="name2073695fd8dc73423" descr="eu_funding_250.png"/>
+            <wp:docPr id="57823186" name="name119469989fce75c68" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8481695fd8dc73422" cstate="print"/>
+                    <a:blip r:embed="rId833169989fce75c66" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53805955">
+  <w:abstractNum w:abstractNumId="73732953">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24927399">
+    <w:lvl w:ilvl="0" w:tplc="44126228">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24927399" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44126228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53805954">
+  <w:abstractNum w:abstractNumId="73732952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92454845">
+    <w:lvl w:ilvl="0" w:tplc="91902843">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53805954">
-    <w:abstractNumId w:val="53805954"/>
+  <w:num w:numId="73732952">
+    <w:abstractNumId w:val="73732952"/>
   </w:num>
-  <w:num w:numId="53805955">
-    <w:abstractNumId w:val="53805955"/>
+  <w:num w:numId="73732953">
+    <w:abstractNumId w:val="73732953"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId719527884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189795402" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1031695fd8dc6ef22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId6532695fd8dc6ef66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId4135695fd8dc6f1a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId2563695fd8dc71d5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId7304695fd8dc71dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId8625695fd8dc71e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId8073695fd8dc71ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId9601695fd8dc72007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId7388695fd8dc722c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId3976695fd8dc7242f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId2599695fd8dc724a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId5665695fd8dc72519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId4660695fd8dc725a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId1172695fd8dc7261f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId6484695fd8dc72713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId6454695fd8dc72877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId6961695fd8dc728ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId5135695fd8dc72c0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId8935695fd8dc72c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId7285695fd8dc72ede" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId1103695fd8dc72f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId9555695fd8dc73028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId3861695fd8dc73079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId1117695fd8dc73226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId6683695fd8dc73366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8028695fd8dc6f04f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8028695fd8dc6f04f.jpg"/><Relationship Id="rId8843695fd8dc70428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8843695fd8dc70428.jpg"/><Relationship Id="rId8481695fd8dc73422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8481695fd8dc73422.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506296545" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId864420735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId244369989fce704ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId233069989fce70534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId606169989fce7104d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId222569989fce7429a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId100969989fce742ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId932969989fce743f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId132469989fce7442a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId226869989fce7455e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId871969989fce74810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId889069989fce74976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId349269989fce749e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId287869989fce74a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId590569989fce74ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId681969989fce74b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId600469989fce74c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId116969989fce74db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId895469989fce74e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId217369989fce75143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId234769989fce751d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId221269989fce75443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId304369989fce754e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId870569989fce75593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId141869989fce755e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId368169989fce7579f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId738469989fce758e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId738469989fce70efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738469989fce70efa.jpg"/><Relationship Id="rId264969989fce7289d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId264969989fce7289d.jpg"/><Relationship Id="rId833169989fce75c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId833169989fce75c66.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>