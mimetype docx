--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Brasier, Beales &amp; S.A. Kirk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Taxonomic position:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chromista: Oomycota: Oomycetes: Peronosporales: Peronosporaceae</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244369989fce704ec" w:history="1">
+            <w:hyperlink r:id="rId316169b331da9a462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233069989fce70534" w:history="1">
+            <w:hyperlink r:id="rId788269b331da9a4bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -297,86 +297,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTKE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59552734" name="name379569989fce70efd" descr="3962.jpg"/>
+                  <wp:docPr id="49381464" name="name276569b331da9ac27" descr="3962.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3962.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId738469989fce70efa" cstate="print"/>
+                          <a:blip r:embed="rId387369b331da9ac25" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId606169989fce7104d" w:history="1">
+            <w:hyperlink r:id="rId461369b331da9ad56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2100,63 +2100,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">suggest a possible southern hemisphere origin for this species (Forest Research, 2022a).
 </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68663040" name="name818069989fce728a1" descr="PHYTKE_distribution_map.jpg"/>
+            <wp:docPr id="91711414" name="name820969b331da9c52a" descr="PHYTKE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTKE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId264969989fce7289d" cstate="print"/>
+                    <a:blip r:embed="rId433069b331da9c527" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> factsheet. IDphy: molecular and morphological identification of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the types. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222569989fce7429a" w:history="1">
+      <w:hyperlink r:id="rId496669b331da9ded4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://idtools.org/id/phytophthora/factsheet.php?name=7970</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2004) The Plant Health (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernovii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management Zone) (England) Order 2004. UK Statutory Instruments No.3367. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100969989fce742ff" w:history="1">
+      <w:hyperlink r:id="rId257069b331da9df3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.legislation.gov.uk/uksi/2004/3367/introduction/made</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5829,81 +5829,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (undated) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">- A new threat to our trees and woodlands. 6pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932969989fce743f4" w:history="1">
+      <w:hyperlink r:id="rId341669b331da9e00a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2021) How biosecurity can prevent the introduction and spread of tree pests and diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132469989fce7442a" w:history="1">
+      <w:hyperlink r:id="rId700769b331da9e04a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Last updated August, 2021, accessed August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6056,51 +6056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 266-277. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226869989fce7455e" w:history="1">
+      <w:hyperlink r:id="rId934069b331da9e188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.1016/j.fgb.2007.10.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6485,51 +6485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Defra (undated) UK Risk Register Details for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871969989fce74810" w:history="1">
+      <w:hyperlink r:id="rId675669b331da9e481" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed July 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6702,51 +6702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (6), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889069989fce74976" w:history="1">
+      <w:hyperlink r:id="rId114569b331da9e5ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1186/s40490-014-0006-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6772,51 +6772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the United Kingdom. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2009/069 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349269989fce749e8" w:history="1">
+      <w:hyperlink r:id="rId615069b331da9e663" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-173</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6842,51 +6842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Ireland. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Reporting Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010/148 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287869989fce74a56" w:history="1">
+      <w:hyperlink r:id="rId592069b331da9e6d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/reporting/article-605</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6932,51 +6932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 81-93. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590569989fce74ae3" w:history="1">
+      <w:hyperlink r:id="rId299269b331da9e767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTKE/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7011,51 +7011,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora ramorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681969989fce74b5d" w:history="1">
+      <w:hyperlink r:id="rId623669b331da9e7e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYTRA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> diseases on bilberry (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaccinium myrtillus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). A threat to our woodlands, heathlands and historic gardens. Plant Disease Factsheet (4pp) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600469989fce74c50" w:history="1">
+      <w:hyperlink r:id="rId948769b331da9e92b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -7393,101 +7393,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Research. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116969989fce74db1" w:history="1">
+      <w:hyperlink r:id="rId651069b331da9eaab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forest Research (2022a)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tools and resources. Last accessed 9 August 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895469989fce74e02" w:history="1">
+      <w:hyperlink r:id="rId567669b331da9eb03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7974,51 +7974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217369989fce75143" w:history="1">
+      <w:hyperlink r:id="rId535469b331da9ee90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-021-00846-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8064,51 +8064,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e12443 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234769989fce751d1" w:history="1">
+      <w:hyperlink r:id="rId629169b331da9ef25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/10.1111/efp.12443</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8428,51 +8428,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in New Zealand. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221269989fce75443" w:history="1">
+      <w:hyperlink r:id="rId844469b331da9f18f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8529,51 +8529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Forestry Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304369989fce754e7" w:history="1">
+      <w:hyperlink r:id="rId922469b331da9f234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.1186/s40490-014-0008-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8639,101 +8639,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e12327. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870569989fce75593" w:history="1">
+      <w:hyperlink r:id="rId198369b331da9f315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12327</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sansford CE (2008) Revised Summary Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 65pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141869989fce755e4" w:history="1">
+      <w:hyperlink r:id="rId536769b331da9f430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last accessed September 2022.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8964,51 +8964,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in southwest England. In Proceedings of the fourth meeting of the International Union of Forest Research Organizations (IUFRO) Working Party S07.02.09: Phytophthoras in forests and natural ecosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> General Technical Report - Pacific Southwest Research Station, USDA Forest Service, 2009 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No.PSW-GTR-221, pp. 177-183. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368169989fce7579f" w:history="1">
+      <w:hyperlink r:id="rId740269b331da9f5f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9163,51 +9163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora kernoviae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738469989fce758e9" w:history="1">
+      <w:hyperlink r:id="rId500769b331da9f73d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9220,63 +9220,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2022. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57823186" name="name119469989fce75c68" descr="eu_funding_250.png"/>
+            <wp:docPr id="6089841" name="name316669b331da9fa8a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId833169989fce75c66" cstate="print"/>
+                    <a:blip r:embed="rId228569b331da9fa88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9374,137 +9374,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73732953">
+  <w:abstractNum w:abstractNumId="98794671">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44126228">
+    <w:lvl w:ilvl="0" w:tplc="35396690">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44126228" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35396690" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73732952">
+  <w:abstractNum w:abstractNumId="98794670">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91902843">
+    <w:lvl w:ilvl="0" w:tplc="46738496">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10256,55 +10256,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73732952">
-    <w:abstractNumId w:val="73732952"/>
+  <w:num w:numId="98794670">
+    <w:abstractNumId w:val="98794670"/>
   </w:num>
-  <w:num w:numId="73732953">
-    <w:abstractNumId w:val="73732953"/>
+  <w:num w:numId="98794671">
+    <w:abstractNumId w:val="98794671"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21854,51 +21854,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506296545" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId864420735" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId244369989fce704ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId233069989fce70534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId606169989fce7104d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId222569989fce7429a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId100969989fce742ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId932969989fce743f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId132469989fce7442a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId226869989fce7455e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId871969989fce74810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId889069989fce74976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId349269989fce749e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId287869989fce74a56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId590569989fce74ae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId681969989fce74b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId600469989fce74c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId116969989fce74db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId895469989fce74e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId217369989fce75143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId234769989fce751d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId221269989fce75443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId304369989fce754e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId870569989fce75593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId141869989fce755e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId368169989fce7579f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId738469989fce758e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId738469989fce70efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738469989fce70efa.jpg"/><Relationship Id="rId264969989fce7289d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId264969989fce7289d.jpg"/><Relationship Id="rId833169989fce75c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId833169989fce75c66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId791110684" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId873927322" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId316169b331da9a462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/" TargetMode="External"/><Relationship Id="rId788269b331da9a4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/categorization" TargetMode="External"/><Relationship Id="rId461369b331da9ad56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/photos" TargetMode="External"/><Relationship Id="rId496669b331da9ded4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idtools.org/id/phytophthora/factsheet.php?name=7970" TargetMode="External"/><Relationship Id="rId257069b331da9df3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2004/3367/introduction/made" TargetMode="External"/><Relationship Id="rId341669b331da9e00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agri.nv.gov/uploadedFiles/agrinvgov/Content/Plant/Plant_Pathology/Kernoviae%20Bleeding%20Canker%20and%20Blight%20-Phytophthora%20kernoviae.pdf" TargetMode="External"/><Relationship Id="rId700769b331da9e04a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/prevent-the-introduction-and-spread-of-tree-pests-and-diseases" TargetMode="External"/><Relationship Id="rId934069b331da9e188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.1016/j.fgb.2007.10.010" TargetMode="External"/><Relationship Id="rId675669b331da9e481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/viewPestRisks.cfm?cslref=25428" TargetMode="External"/><Relationship Id="rId114569b331da9e5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0006-7" TargetMode="External"/><Relationship Id="rId615069b331da9e663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-173" TargetMode="External"/><Relationship Id="rId592069b331da9e6d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/reporting/article-605" TargetMode="External"/><Relationship Id="rId299269b331da9e767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTKE/documents" TargetMode="External"/><Relationship Id="rId623669b331da9e7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTRA/documents" TargetMode="External"/><Relationship Id="rId948769b331da9e92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/assets/factsheets/phytophthoraBilberry.pdf" TargetMode="External"/><Relationship Id="rId651069b331da9eaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/research/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId567669b331da9eb03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forestresearch.gov.uk/tools-and-resources/fthr/pest-and-disease-resources/phytophthora-kernoviae/" TargetMode="External"/><Relationship Id="rId535469b331da9ee90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-021-00846-5" TargetMode="External"/><Relationship Id="rId629169b331da9ef25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1111/efp.12443" TargetMode="External"/><Relationship Id="rId844469b331da9f18f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId922469b331da9f234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.1186/s40490-014-0008-5" TargetMode="External"/><Relationship Id="rId198369b331da9f315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12327" TargetMode="External"/><Relationship Id="rId536769b331da9f430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://planthealthportal.defra.gov.uk/pests-and-diseases/uk-plant-health-risk-register/downloadExternalPra.cfm?id=4435" TargetMode="External"/><Relationship Id="rId740269b331da9f5f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/psw/publications/documents/psw_gtr221/" TargetMode="External"/><Relationship Id="rId500769b331da9f73d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId387369b331da9ac25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId387369b331da9ac25.jpg"/><Relationship Id="rId433069b331da9c527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId433069b331da9c527.jpg"/><Relationship Id="rId228569b331da9fa88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId228569b331da9fa88.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>