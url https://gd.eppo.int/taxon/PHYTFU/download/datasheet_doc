--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wilcox &amp; Duncan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId660968e77765cfd62" w:history="1">
+            <w:hyperlink r:id="rId35886903d350d73b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId745768e77765cfda9" w:history="1">
+            <w:hyperlink r:id="rId86016903d350d73ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99057830" name="name218468e77765d05b1" descr="16806.jpg"/>
+                  <wp:docPr id="91726655" name="name26286903d350d74b9" descr="16806.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16806.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId481468e77765d05af" cstate="print"/>
+                          <a:blip r:embed="rId80626903d350d74b8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId415168e77765d0b7a" w:history="1">
+            <w:hyperlink r:id="rId63876903d350d7599" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,63 +1343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1987; Washington, 1988).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90235214" name="name326068e77765d2124" descr="PHYTFU_distribution_map.jpg"/>
+            <wp:docPr id="51509588" name="name75766903d350d895d" descr="PHYTFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId139268e77765d2121" cstate="print"/>
+                    <a:blip r:embed="rId81576903d350d895b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6120,51 +6120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora rubi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404468e77765d40eb" w:history="1">
+      <w:hyperlink r:id="rId73666903d350dab97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6343,63 +6343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90915957" name="name963468e77765d42ba" descr="eu_funding_250.png"/>
+            <wp:docPr id="61921315" name="name25736903d350dad89" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId337868e77765d42b9" cstate="print"/>
+                    <a:blip r:embed="rId86826903d350dad88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6497,137 +6497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55284062">
+  <w:abstractNum w:abstractNumId="46589218">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84976167">
+    <w:lvl w:ilvl="0" w:tplc="28187024">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84976167" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28187024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55284061">
+  <w:abstractNum w:abstractNumId="46589217">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41447970">
+    <w:lvl w:ilvl="0" w:tplc="22726244">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7379,55 +7379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55284061">
-    <w:abstractNumId w:val="55284061"/>
+  <w:num w:numId="46589217">
+    <w:abstractNumId w:val="46589217"/>
   </w:num>
-  <w:num w:numId="55284062">
-    <w:abstractNumId w:val="55284062"/>
+  <w:num w:numId="46589218">
+    <w:abstractNumId w:val="46589218"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18977,51 +18977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId694404753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId389388489" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId660968e77765cfd62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId745768e77765cfda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId415168e77765d0b7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId404468e77765d40eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId481468e77765d05af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId481468e77765d05af.jpg"/><Relationship Id="rId139268e77765d2121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId139268e77765d2121.jpg"/><Relationship Id="rId337868e77765d42b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337868e77765d42b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId159637196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId390172695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35886903d350d73b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId86016903d350d73ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId63876903d350d7599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId73666903d350dab97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80626903d350d74b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80626903d350d74b8.jpg"/><Relationship Id="rId81576903d350d895b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576903d350d895b.jpg"/><Relationship Id="rId86826903d350dad88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86826903d350dad88.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>