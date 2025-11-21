--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wilcox &amp; Duncan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35886903d350d73b0" w:history="1">
+            <w:hyperlink r:id="rId97366920282a8ae58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86016903d350d73ff" w:history="1">
+            <w:hyperlink r:id="rId36716920282a8ae9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91726655" name="name26286903d350d74b9" descr="16806.jpg"/>
+                  <wp:docPr id="91725009" name="name50686920282a8b9c3" descr="16806.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16806.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId80626903d350d74b8" cstate="print"/>
+                          <a:blip r:embed="rId23536920282a8b9ba" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId63876903d350d7599" w:history="1">
+            <w:hyperlink r:id="rId64656920282a8c296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,63 +1343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1987; Washington, 1988).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51509588" name="name75766903d350d895d" descr="PHYTFU_distribution_map.jpg"/>
+            <wp:docPr id="77320190" name="name38216920282a8dfa6" descr="PHYTFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId81576903d350d895b" cstate="print"/>
+                    <a:blip r:embed="rId17026920282a8dfa2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6120,51 +6120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora rubi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73666903d350dab97" w:history="1">
+      <w:hyperlink r:id="rId51686920282a900af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6343,63 +6343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61921315" name="name25736903d350dad89" descr="eu_funding_250.png"/>
+            <wp:docPr id="8637462" name="name76766920282a90292" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86826903d350dad88" cstate="print"/>
+                    <a:blip r:embed="rId41076920282a90291" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6497,137 +6497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46589218">
+  <w:abstractNum w:abstractNumId="62962089">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28187024">
+    <w:lvl w:ilvl="0" w:tplc="46013533">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28187024" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46013533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46589217">
+  <w:abstractNum w:abstractNumId="62962088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22726244">
+    <w:lvl w:ilvl="0" w:tplc="95964437">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7379,55 +7379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46589217">
-    <w:abstractNumId w:val="46589217"/>
+  <w:num w:numId="62962088">
+    <w:abstractNumId w:val="62962088"/>
   </w:num>
-  <w:num w:numId="46589218">
-    <w:abstractNumId w:val="46589218"/>
+  <w:num w:numId="62962089">
+    <w:abstractNumId w:val="62962089"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18977,51 +18977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId159637196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId390172695" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId35886903d350d73b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId86016903d350d73ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId63876903d350d7599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId73666903d350dab97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80626903d350d74b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80626903d350d74b8.jpg"/><Relationship Id="rId81576903d350d895b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81576903d350d895b.jpg"/><Relationship Id="rId86826903d350dad88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86826903d350dad88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256869595" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196957942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97366920282a8ae58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId36716920282a8ae9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId64656920282a8c296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId51686920282a900af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId23536920282a8b9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23536920282a8b9ba.jpg"/><Relationship Id="rId17026920282a8dfa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17026920282a8dfa2.jpg"/><Relationship Id="rId41076920282a90291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41076920282a90291.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>