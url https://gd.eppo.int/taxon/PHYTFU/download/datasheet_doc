--- v2 (2025-11-21)
+++ v3 (2025-12-13)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wilcox &amp; Duncan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97366920282a8ae58" w:history="1">
+            <w:hyperlink r:id="rId2287693cdac28acfb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36716920282a8ae9c" w:history="1">
+            <w:hyperlink r:id="rId2151693cdac28ad4d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91725009" name="name50686920282a8b9c3" descr="16806.jpg"/>
+                  <wp:docPr id="51218510" name="name4602693cdac28b69a" descr="16806.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16806.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23536920282a8b9ba" cstate="print"/>
+                          <a:blip r:embed="rId2191693cdac28b698" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId64656920282a8c296" w:history="1">
+            <w:hyperlink r:id="rId1889693cdac28b7de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,63 +1343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1987; Washington, 1988).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77320190" name="name38216920282a8dfa6" descr="PHYTFU_distribution_map.jpg"/>
+            <wp:docPr id="28347089" name="name1978693cdac28cbb6" descr="PHYTFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17026920282a8dfa2" cstate="print"/>
+                    <a:blip r:embed="rId6218693cdac28cbb2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6120,51 +6120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora rubi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51686920282a900af" w:history="1">
+      <w:hyperlink r:id="rId4672693cdac28ed08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6343,63 +6343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8637462" name="name76766920282a90292" descr="eu_funding_250.png"/>
+            <wp:docPr id="46614277" name="name4677693cdac28f2be" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41076920282a90291" cstate="print"/>
+                    <a:blip r:embed="rId9366693cdac28f2bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6497,137 +6497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62962089">
+  <w:abstractNum w:abstractNumId="44817261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46013533">
+    <w:lvl w:ilvl="0" w:tplc="33064003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46013533" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33064003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62962088">
+  <w:abstractNum w:abstractNumId="44817260">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95964437">
+    <w:lvl w:ilvl="0" w:tplc="17100687">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7379,55 +7379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62962088">
-    <w:abstractNumId w:val="62962088"/>
+  <w:num w:numId="44817260">
+    <w:abstractNumId w:val="44817260"/>
   </w:num>
-  <w:num w:numId="62962089">
-    <w:abstractNumId w:val="62962089"/>
+  <w:num w:numId="44817261">
+    <w:abstractNumId w:val="44817261"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18977,51 +18977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256869595" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196957942" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97366920282a8ae58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId36716920282a8ae9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId64656920282a8c296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId51686920282a900af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId23536920282a8b9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23536920282a8b9ba.jpg"/><Relationship Id="rId17026920282a8dfa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17026920282a8dfa2.jpg"/><Relationship Id="rId41076920282a90291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41076920282a90291.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358840045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId945402921" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2287693cdac28acfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId2151693cdac28ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId1889693cdac28b7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId4672693cdac28ed08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2191693cdac28b698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2191693cdac28b698.jpg"/><Relationship Id="rId6218693cdac28cbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6218693cdac28cbb2.jpg"/><Relationship Id="rId9366693cdac28f2bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9366693cdac28f2bc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>