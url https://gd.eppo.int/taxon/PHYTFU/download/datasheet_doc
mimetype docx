--- v3 (2025-12-13)
+++ v4 (2026-02-11)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wilcox &amp; Duncan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2287693cdac28acfb" w:history="1">
+            <w:hyperlink r:id="rId2306698c3fcf95c11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2151693cdac28ad4d" w:history="1">
+            <w:hyperlink r:id="rId8927698c3fcf95c55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51218510" name="name4602693cdac28b69a" descr="16806.jpg"/>
+                  <wp:docPr id="16354631" name="name8076698c3fcf96286" descr="16806.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16806.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2191693cdac28b698" cstate="print"/>
+                          <a:blip r:embed="rId8379698c3fcf96284" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1889693cdac28b7de" w:history="1">
+            <w:hyperlink r:id="rId3835698c3fcf963c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,63 +1343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1987; Washington, 1988).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28347089" name="name1978693cdac28cbb6" descr="PHYTFU_distribution_map.jpg"/>
+            <wp:docPr id="70652503" name="name8613698c3fcf9776d" descr="PHYTFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6218693cdac28cbb2" cstate="print"/>
+                    <a:blip r:embed="rId6766698c3fcf97768" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6098,73 +6098,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora rubi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4672693cdac28ed08" w:history="1">
+      <w:hyperlink r:id="rId5557698c3fcf997d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6343,63 +6343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46614277" name="name4677693cdac28f2be" descr="eu_funding_250.png"/>
+            <wp:docPr id="46821677" name="name7766698c3fcf99996" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9366693cdac28f2bc" cstate="print"/>
+                    <a:blip r:embed="rId2133698c3fcf99995" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6497,137 +6497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44817261">
+  <w:abstractNum w:abstractNumId="46002215">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33064003">
+    <w:lvl w:ilvl="0" w:tplc="83641942">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33064003" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83641942" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44817260">
+  <w:abstractNum w:abstractNumId="46002214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17100687">
+    <w:lvl w:ilvl="0" w:tplc="16900386">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7379,55 +7379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44817260">
-    <w:abstractNumId w:val="44817260"/>
+  <w:num w:numId="46002214">
+    <w:abstractNumId w:val="46002214"/>
   </w:num>
-  <w:num w:numId="44817261">
-    <w:abstractNumId w:val="44817261"/>
+  <w:num w:numId="46002215">
+    <w:abstractNumId w:val="46002215"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18977,51 +18977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358840045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId945402921" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2287693cdac28acfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId2151693cdac28ad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId1889693cdac28b7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId4672693cdac28ed08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2191693cdac28b698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2191693cdac28b698.jpg"/><Relationship Id="rId6218693cdac28cbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6218693cdac28cbb2.jpg"/><Relationship Id="rId9366693cdac28f2bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9366693cdac28f2bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186148982" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId580850888" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2306698c3fcf95c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId8927698c3fcf95c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId3835698c3fcf963c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId5557698c3fcf997d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8379698c3fcf96284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8379698c3fcf96284.jpg"/><Relationship Id="rId6766698c3fcf97768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6766698c3fcf97768.jpg"/><Relationship Id="rId2133698c3fcf99995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2133698c3fcf99995.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>