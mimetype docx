--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wilcox &amp; Duncan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2306698c3fcf95c11" w:history="1">
+            <w:hyperlink r:id="rId319369a6c6a6dd937" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8927698c3fcf95c55" w:history="1">
+            <w:hyperlink r:id="rId200969a6c6a6dd97c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16354631" name="name8076698c3fcf96286" descr="16806.jpg"/>
+                  <wp:docPr id="59886079" name="name922069a6c6a6de041" descr="16806.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16806.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8379698c3fcf96284" cstate="print"/>
+                          <a:blip r:embed="rId675769a6c6a6de03f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3835698c3fcf963c0" w:history="1">
+            <w:hyperlink r:id="rId244669a6c6a6de160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,63 +1343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1987; Washington, 1988).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70652503" name="name8613698c3fcf9776d" descr="PHYTFU_distribution_map.jpg"/>
+            <wp:docPr id="3554275" name="name728969a6c6a6df5b9" descr="PHYTFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6766698c3fcf97768" cstate="print"/>
+                    <a:blip r:embed="rId254469a6c6a6df5b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6120,51 +6120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora rubi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5557698c3fcf997d7" w:history="1">
+      <w:hyperlink r:id="rId758769a6c6a6e167d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6343,63 +6343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46821677" name="name7766698c3fcf99996" descr="eu_funding_250.png"/>
+            <wp:docPr id="33854507" name="name309469a6c6a6e188f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2133698c3fcf99995" cstate="print"/>
+                    <a:blip r:embed="rId563069a6c6a6e188e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6497,137 +6497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46002215">
+  <w:abstractNum w:abstractNumId="43386344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83641942">
+    <w:lvl w:ilvl="0" w:tplc="68736311">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83641942" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68736311" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46002214">
+  <w:abstractNum w:abstractNumId="43386343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16900386">
+    <w:lvl w:ilvl="0" w:tplc="16061082">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7379,55 +7379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46002214">
-    <w:abstractNumId w:val="46002214"/>
+  <w:num w:numId="43386343">
+    <w:abstractNumId w:val="43386343"/>
   </w:num>
-  <w:num w:numId="46002215">
-    <w:abstractNumId w:val="46002215"/>
+  <w:num w:numId="43386344">
+    <w:abstractNumId w:val="43386344"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18977,51 +18977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId186148982" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId580850888" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2306698c3fcf95c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId8927698c3fcf95c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId3835698c3fcf963c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId5557698c3fcf997d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8379698c3fcf96284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8379698c3fcf96284.jpg"/><Relationship Id="rId6766698c3fcf97768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6766698c3fcf97768.jpg"/><Relationship Id="rId2133698c3fcf99995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2133698c3fcf99995.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393290557" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780581282" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId319369a6c6a6dd937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId200969a6c6a6dd97c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId244669a6c6a6de160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId758769a6c6a6e167d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675769a6c6a6de03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675769a6c6a6de03f.jpg"/><Relationship Id="rId254469a6c6a6df5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254469a6c6a6df5b5.jpg"/><Relationship Id="rId563069a6c6a6e188e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563069a6c6a6e188e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>