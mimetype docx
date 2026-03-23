--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Wilcox &amp; Duncan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> root rot of raspberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319369a6c6a6dd937" w:history="1">
+            <w:hyperlink r:id="rId188669c16b5cb587b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200969a6c6a6dd97c" w:history="1">
+            <w:hyperlink r:id="rId138269c16b5cb58c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -365,86 +365,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59886079" name="name922069a6c6a6de041" descr="16806.jpg"/>
+                  <wp:docPr id="83297203" name="name697669c16b5cb5f6e" descr="16806.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="16806.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId675769a6c6a6de03f" cstate="print"/>
+                          <a:blip r:embed="rId849169c16b5cb5f6c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId244669a6c6a6de160" w:history="1">
+            <w:hyperlink r:id="rId137969c16b5cb60ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1343,63 +1343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1987; Washington, 1988).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3554275" name="name728969a6c6a6df5b9" descr="PHYTFU_distribution_map.jpg"/>
+            <wp:docPr id="54386037" name="name999769c16b5cb73d3" descr="PHYTFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId254469a6c6a6df5b5" cstate="print"/>
+                    <a:blip r:embed="rId302169c16b5cb73d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6120,51 +6120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora rubi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId758769a6c6a6e167d" w:history="1">
+      <w:hyperlink r:id="rId193069c16b5cb945a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6343,63 +6343,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33854507" name="name309469a6c6a6e188f" descr="eu_funding_250.png"/>
+            <wp:docPr id="20014731" name="name413669c16b5cb985b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId563069a6c6a6e188e" cstate="print"/>
+                    <a:blip r:embed="rId404669c16b5cb9859" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6497,137 +6497,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43386344">
+  <w:abstractNum w:abstractNumId="94058916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68736311">
+    <w:lvl w:ilvl="0" w:tplc="67802437">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68736311" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67802437" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43386343">
+  <w:abstractNum w:abstractNumId="94058915">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16061082">
+    <w:lvl w:ilvl="0" w:tplc="16084258">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7379,55 +7379,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43386343">
-    <w:abstractNumId w:val="43386343"/>
+  <w:num w:numId="94058915">
+    <w:abstractNumId w:val="94058915"/>
   </w:num>
-  <w:num w:numId="43386344">
-    <w:abstractNumId w:val="43386344"/>
+  <w:num w:numId="94058916">
+    <w:abstractNumId w:val="94058916"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18977,51 +18977,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393290557" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId780581282" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId319369a6c6a6dd937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId200969a6c6a6dd97c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId244669a6c6a6de160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId758769a6c6a6e167d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675769a6c6a6de03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675769a6c6a6de03f.jpg"/><Relationship Id="rId254469a6c6a6df5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254469a6c6a6df5b5.jpg"/><Relationship Id="rId563069a6c6a6e188e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563069a6c6a6e188e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId113031268" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId817061665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId188669c16b5cb587b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/" TargetMode="External"/><Relationship Id="rId138269c16b5cb58c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/categorization" TargetMode="External"/><Relationship Id="rId137969c16b5cb60ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFU/photos" TargetMode="External"/><Relationship Id="rId193069c16b5cb945a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId849169c16b5cb5f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId849169c16b5cb5f6c.jpg"/><Relationship Id="rId302169c16b5cb73d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId302169c16b5cb73d0.jpg"/><Relationship Id="rId404669c16b5cb9859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId404669c16b5cb9859.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>