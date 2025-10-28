--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161768e54a1b91c45" w:history="1">
+            <w:hyperlink r:id="rId488669008db2b7a25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560368e54a1b91cdf" w:history="1">
+            <w:hyperlink r:id="rId428269008db2b7a8f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44030627" name="name706868e54a1b91ea1" descr="1234.jpg"/>
+                  <wp:docPr id="21231825" name="name749469008db2b7de0" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId579768e54a1b91ea0" cstate="print"/>
+                          <a:blip r:embed="rId363869008db2b7dde" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId303068e54a1b91f8b" w:history="1">
+            <w:hyperlink r:id="rId956669008db2b7ef3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31787358" name="name551268e54a1b9346d" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="74637641" name="name649469008db2b93a7" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId525368e54a1b9346a" cstate="print"/>
+                    <a:blip r:embed="rId791369008db2b93a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352768e54a1b94575" w:history="1">
+      <w:hyperlink r:id="rId809569008db2ba1c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111668e54a1b94de6" w:history="1">
+      <w:hyperlink r:id="rId873869008db2ba6e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929168e54a1b950b4" w:history="1">
+      <w:hyperlink r:id="rId518669008db2ba986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854868e54a1b95dbe" w:history="1">
+      <w:hyperlink r:id="rId274869008db2bb515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786468e54a1b95f33" w:history="1">
+      <w:hyperlink r:id="rId161369008db2bb65e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81961320" name="name127468e54a1b95ff5" descr="eu_funding_250.png"/>
+            <wp:docPr id="84325095" name="name956869008db2bb6f8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId283968e54a1b95fe6" cstate="print"/>
+                    <a:blip r:embed="rId930369008db2bb6f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71359539">
+  <w:abstractNum w:abstractNumId="99420137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61915998">
+    <w:lvl w:ilvl="0" w:tplc="91743046">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61915998" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91743046" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71359538">
+  <w:abstractNum w:abstractNumId="99420136">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85547077">
+    <w:lvl w:ilvl="0" w:tplc="31701299">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71359538">
-    <w:abstractNumId w:val="71359538"/>
+  <w:num w:numId="99420136">
+    <w:abstractNumId w:val="99420136"/>
   </w:num>
-  <w:num w:numId="71359539">
-    <w:abstractNumId w:val="71359539"/>
+  <w:num w:numId="99420137">
+    <w:abstractNumId w:val="99420137"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId671189045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId366508618" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId161768e54a1b91c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId560368e54a1b91cdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId303068e54a1b91f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId352768e54a1b94575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId111668e54a1b94de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId929168e54a1b950b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId854868e54a1b95dbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId786468e54a1b95f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId579768e54a1b91ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579768e54a1b91ea0.jpg"/><Relationship Id="rId525368e54a1b9346a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId525368e54a1b9346a.jpg"/><Relationship Id="rId283968e54a1b95fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId283968e54a1b95fe6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349507003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId683514780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId488669008db2b7a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId428269008db2b7a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId956669008db2b7ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId809569008db2ba1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId873869008db2ba6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId518669008db2ba986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId274869008db2bb515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId161369008db2bb65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId363869008db2b7dde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId363869008db2b7dde.jpg"/><Relationship Id="rId791369008db2b93a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791369008db2b93a4.jpg"/><Relationship Id="rId930369008db2bb6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930369008db2bb6f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>