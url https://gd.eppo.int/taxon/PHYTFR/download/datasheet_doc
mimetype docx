--- v1 (2025-10-28)
+++ v2 (2025-12-07)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488669008db2b7a25" w:history="1">
+            <w:hyperlink r:id="rId23746935340062f6f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428269008db2b7a8f" w:history="1">
+            <w:hyperlink r:id="rId44196935340062fd9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="21231825" name="name749469008db2b7de0" descr="1234.jpg"/>
+                  <wp:docPr id="260039" name="name505169353400630e4" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId363869008db2b7dde" cstate="print"/>
+                          <a:blip r:embed="rId959869353400630e2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId956669008db2b7ef3" w:history="1">
+            <w:hyperlink r:id="rId879069353400631f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74637641" name="name649469008db2b93a7" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="39697723" name="name86846935340064285" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId791369008db2b93a4" cstate="print"/>
+                    <a:blip r:embed="rId26096935340064283" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809569008db2ba1c5" w:history="1">
+      <w:hyperlink r:id="rId129269353400650c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873869008db2ba6e1" w:history="1">
+      <w:hyperlink r:id="rId644269353400655fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518669008db2ba986" w:history="1">
+      <w:hyperlink r:id="rId7653693534006584b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274869008db2bb515" w:history="1">
+      <w:hyperlink r:id="rId6389693534006649a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId161369008db2bb65e" w:history="1">
+      <w:hyperlink r:id="rId401169353400665e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84325095" name="name956869008db2bb6f8" descr="eu_funding_250.png"/>
+            <wp:docPr id="28928112" name="name6367693534006668d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId930369008db2bb6f6" cstate="print"/>
+                    <a:blip r:embed="rId9397693534006668c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99420137">
+  <w:abstractNum w:abstractNumId="79211809">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91743046">
+    <w:lvl w:ilvl="0" w:tplc="95386126">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91743046" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95386126" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99420136">
+  <w:abstractNum w:abstractNumId="79211808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31701299">
+    <w:lvl w:ilvl="0" w:tplc="73473375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99420136">
-    <w:abstractNumId w:val="99420136"/>
+  <w:num w:numId="79211808">
+    <w:abstractNumId w:val="79211808"/>
   </w:num>
-  <w:num w:numId="99420137">
-    <w:abstractNumId w:val="99420137"/>
+  <w:num w:numId="79211809">
+    <w:abstractNumId w:val="79211809"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId349507003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId683514780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId488669008db2b7a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId428269008db2b7a8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId956669008db2b7ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId809569008db2ba1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId873869008db2ba6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId518669008db2ba986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId274869008db2bb515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId161369008db2bb65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId363869008db2b7dde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId363869008db2b7dde.jpg"/><Relationship Id="rId791369008db2b93a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791369008db2b93a4.jpg"/><Relationship Id="rId930369008db2bb6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930369008db2bb6f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101660807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282080481" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23746935340062f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId44196935340062fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId879069353400631f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId129269353400650c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId644269353400655fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId7653693534006584b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId6389693534006649a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId401169353400665e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId959869353400630e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959869353400630e2.jpg"/><Relationship Id="rId26096935340064283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26096935340064283.jpg"/><Relationship Id="rId9397693534006668c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9397693534006668c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>