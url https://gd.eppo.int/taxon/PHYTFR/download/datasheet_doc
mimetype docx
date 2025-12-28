--- v2 (2025-12-07)
+++ v3 (2025-12-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23746935340062f6f" w:history="1">
+            <w:hyperlink r:id="rId87796950b129ce7c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44196935340062fd9" w:history="1">
+            <w:hyperlink r:id="rId30646950b129ce82b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="260039" name="name505169353400630e4" descr="1234.jpg"/>
+                  <wp:docPr id="78433351" name="name89116950b129cee70" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId959869353400630e2" cstate="print"/>
+                          <a:blip r:embed="rId87976950b129cee6e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId879069353400631f6" w:history="1">
+            <w:hyperlink r:id="rId21696950b129cef92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39697723" name="name86846935340064285" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="18629228" name="name17076950b129d086e" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26096935340064283" cstate="print"/>
+                    <a:blip r:embed="rId48926950b129d086a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129269353400650c7" w:history="1">
+      <w:hyperlink r:id="rId52626950b129d16e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644269353400655fd" w:history="1">
+      <w:hyperlink r:id="rId12006950b129d1cfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7653693534006584b" w:history="1">
+      <w:hyperlink r:id="rId97906950b129d1fbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6389693534006649a" w:history="1">
+      <w:hyperlink r:id="rId38376950b129d2da8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401169353400665e6" w:history="1">
+      <w:hyperlink r:id="rId73176950b129d2f64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28928112" name="name6367693534006668d" descr="eu_funding_250.png"/>
+            <wp:docPr id="95792915" name="name62176950b129d2fed" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9397693534006668c" cstate="print"/>
+                    <a:blip r:embed="rId68966950b129d2fec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79211809">
+  <w:abstractNum w:abstractNumId="24163419">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95386126">
+    <w:lvl w:ilvl="0" w:tplc="46246406">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95386126" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46246406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79211808">
+  <w:abstractNum w:abstractNumId="24163418">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73473375">
+    <w:lvl w:ilvl="0" w:tplc="61932008">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79211808">
-    <w:abstractNumId w:val="79211808"/>
+  <w:num w:numId="24163418">
+    <w:abstractNumId w:val="24163418"/>
   </w:num>
-  <w:num w:numId="79211809">
-    <w:abstractNumId w:val="79211809"/>
+  <w:num w:numId="24163419">
+    <w:abstractNumId w:val="24163419"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId101660807" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282080481" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23746935340062f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId44196935340062fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId879069353400631f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId129269353400650c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId644269353400655fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId7653693534006584b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId6389693534006649a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId401169353400665e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId959869353400630e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959869353400630e2.jpg"/><Relationship Id="rId26096935340064283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26096935340064283.jpg"/><Relationship Id="rId9397693534006668c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9397693534006668c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117740017" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId932590355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87796950b129ce7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId30646950b129ce82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId21696950b129cef92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId52626950b129d16e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId12006950b129d1cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId97906950b129d1fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId38376950b129d2da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73176950b129d2f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId87976950b129cee6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87976950b129cee6e.jpg"/><Relationship Id="rId48926950b129d086a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48926950b129d086a.jpg"/><Relationship Id="rId68966950b129d2fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68966950b129d2fec.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>