--- v3 (2025-12-28)
+++ v4 (2025-12-28)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87796950b129ce7c0" w:history="1">
+            <w:hyperlink r:id="rId37526950bf9b22663" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30646950b129ce82b" w:history="1">
+            <w:hyperlink r:id="rId80196950bf9b226cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78433351" name="name89116950b129cee70" descr="1234.jpg"/>
+                  <wp:docPr id="16817500" name="name81176950bf9b2358d" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87976950b129cee6e" cstate="print"/>
+                          <a:blip r:embed="rId22696950bf9b23585" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId21696950b129cef92" w:history="1">
+            <w:hyperlink r:id="rId93896950bf9b238c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18629228" name="name17076950b129d086e" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="34306281" name="name60926950bf9b24fba" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48926950b129d086a" cstate="print"/>
+                    <a:blip r:embed="rId32956950bf9b24fb8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52626950b129d16e9" w:history="1">
+      <w:hyperlink r:id="rId88496950bf9b25f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12006950b129d1cfd" w:history="1">
+      <w:hyperlink r:id="rId98546950bf9b265dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97906950b129d1fbe" w:history="1">
+      <w:hyperlink r:id="rId49316950bf9b2686d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38376950b129d2da8" w:history="1">
+      <w:hyperlink r:id="rId57476950bf9b2746e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73176950b129d2f64" w:history="1">
+      <w:hyperlink r:id="rId51646950bf9b275b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95792915" name="name62176950b129d2fed" descr="eu_funding_250.png"/>
+            <wp:docPr id="82120492" name="name43556950bf9b2762d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId68966950b129d2fec" cstate="print"/>
+                    <a:blip r:embed="rId86926950bf9b2762c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24163419">
+  <w:abstractNum w:abstractNumId="56591171">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46246406">
+    <w:lvl w:ilvl="0" w:tplc="37471599">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46246406" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37471599" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24163418">
+  <w:abstractNum w:abstractNumId="56591170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61932008">
+    <w:lvl w:ilvl="0" w:tplc="71525826">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24163418">
-    <w:abstractNumId w:val="24163418"/>
+  <w:num w:numId="56591170">
+    <w:abstractNumId w:val="56591170"/>
   </w:num>
-  <w:num w:numId="24163419">
-    <w:abstractNumId w:val="24163419"/>
+  <w:num w:numId="56591171">
+    <w:abstractNumId w:val="56591171"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId117740017" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId932590355" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId87796950b129ce7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId30646950b129ce82b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId21696950b129cef92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId52626950b129d16e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId12006950b129d1cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId97906950b129d1fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId38376950b129d2da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73176950b129d2f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId87976950b129cee6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87976950b129cee6e.jpg"/><Relationship Id="rId48926950b129d086a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48926950b129d086a.jpg"/><Relationship Id="rId68966950b129d2fec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68966950b129d2fec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510973134" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId963662893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37526950bf9b22663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId80196950bf9b226cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId93896950bf9b238c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId88496950bf9b25f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId98546950bf9b265dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId49316950bf9b2686d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId57476950bf9b2746e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51646950bf9b275b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId22696950bf9b23585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22696950bf9b23585.jpg"/><Relationship Id="rId32956950bf9b24fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32956950bf9b24fb8.jpg"/><Relationship Id="rId86926950bf9b2762c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86926950bf9b2762c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>