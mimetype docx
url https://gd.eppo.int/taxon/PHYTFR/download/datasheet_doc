--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37526950bf9b22663" w:history="1">
+            <w:hyperlink r:id="rId3115696bdd5021a10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80196950bf9b226cf" w:history="1">
+            <w:hyperlink r:id="rId9720696bdd5021a79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16817500" name="name81176950bf9b2358d" descr="1234.jpg"/>
+                  <wp:docPr id="91633024" name="name6838696bdd5021b51" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22696950bf9b23585" cstate="print"/>
+                          <a:blip r:embed="rId3997696bdd5021b4f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId93896950bf9b238c9" w:history="1">
+            <w:hyperlink r:id="rId6765696bdd5021c7e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34306281" name="name60926950bf9b24fba" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="68348294" name="name2107696bdd5022e53" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32956950bf9b24fb8" cstate="print"/>
+                    <a:blip r:embed="rId5517696bdd5022e50" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88496950bf9b25f9c" w:history="1">
+      <w:hyperlink r:id="rId4110696bdd5023d87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98546950bf9b265dd" w:history="1">
+      <w:hyperlink r:id="rId6310696bdd502436d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49316950bf9b2686d" w:history="1">
+      <w:hyperlink r:id="rId8627696bdd50245ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5967,73 +5967,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57476950bf9b2746e" w:history="1">
+      <w:hyperlink r:id="rId1162696bdd50251ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51646950bf9b275b7" w:history="1">
+      <w:hyperlink r:id="rId5561696bdd50252ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82120492" name="name43556950bf9b2762d" descr="eu_funding_250.png"/>
+            <wp:docPr id="14477133" name="name9994696bdd502538b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86926950bf9b2762c" cstate="print"/>
+                    <a:blip r:embed="rId9697696bdd5025389" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56591171">
+  <w:abstractNum w:abstractNumId="72278557">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37471599">
+    <w:lvl w:ilvl="0" w:tplc="37897820">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37471599" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37897820" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56591170">
+  <w:abstractNum w:abstractNumId="72278556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71525826">
+    <w:lvl w:ilvl="0" w:tplc="83160111">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56591170">
-    <w:abstractNumId w:val="56591170"/>
+  <w:num w:numId="72278556">
+    <w:abstractNumId w:val="72278556"/>
   </w:num>
-  <w:num w:numId="56591171">
-    <w:abstractNumId w:val="56591171"/>
+  <w:num w:numId="72278557">
+    <w:abstractNumId w:val="72278557"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510973134" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId963662893" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37526950bf9b22663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId80196950bf9b226cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId93896950bf9b238c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId88496950bf9b25f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId98546950bf9b265dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId49316950bf9b2686d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId57476950bf9b2746e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51646950bf9b275b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId22696950bf9b23585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22696950bf9b23585.jpg"/><Relationship Id="rId32956950bf9b24fb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32956950bf9b24fb8.jpg"/><Relationship Id="rId86926950bf9b2762c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86926950bf9b2762c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528725679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577313227" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3115696bdd5021a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId9720696bdd5021a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId6765696bdd5021c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId4110696bdd5023d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId6310696bdd502436d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId8627696bdd50245ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId1162696bdd50251ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5561696bdd50252ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId3997696bdd5021b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3997696bdd5021b4f.jpg"/><Relationship Id="rId5517696bdd5022e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5517696bdd5022e50.jpg"/><Relationship Id="rId9697696bdd5025389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9697696bdd5025389.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>