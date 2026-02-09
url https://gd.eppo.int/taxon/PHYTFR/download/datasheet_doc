--- v5 (2026-01-17)
+++ v6 (2026-02-09)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3115696bdd5021a10" w:history="1">
+            <w:hyperlink r:id="rId24676989d92bbaa2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9720696bdd5021a79" w:history="1">
+            <w:hyperlink r:id="rId92536989d92bbaa94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91633024" name="name6838696bdd5021b51" descr="1234.jpg"/>
+                  <wp:docPr id="73024903" name="name31056989d92bbb2fc" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3997696bdd5021b4f" cstate="print"/>
+                          <a:blip r:embed="rId37226989d92bbb2f9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6765696bdd5021c7e" w:history="1">
+            <w:hyperlink r:id="rId95156989d92bbb412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,105 +1077,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68348294" name="name2107696bdd5022e53" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="5794432" name="name79226989d92bbc4f5" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5517696bdd5022e50" cstate="print"/>
+                    <a:blip r:embed="rId49836989d92bbc4f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Cyprus, Denmark, Finland, France (mainland), Germany, Ireland, Italy (mainland), Lithuania, Luxembourg, Netherlands, Norway, Russian Federation (the) (Central Russia, Southern Russia), Slovakia, Switzerland, United Kingdom (England, Northern Ireland, Scotland)</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Cyprus, Denmark, Finland, France (mainland), Germany, Ireland, Italy (mainland), Lithuania, Luxembourg, Netherlands, Norway, Russian Federation (Central Russia, Southern Russia), Slovakia, Switzerland, United Kingdom (England, Northern Ireland, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4110696bdd5023d87" w:history="1">
+      <w:hyperlink r:id="rId14256989d92bbd2f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6310696bdd502436d" w:history="1">
+      <w:hyperlink r:id="rId93226989d92bbd840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8627696bdd50245ea" w:history="1">
+      <w:hyperlink r:id="rId16356989d92bbda97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1162696bdd50251ba" w:history="1">
+      <w:hyperlink r:id="rId90856989d92bbe664" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5561696bdd50252ff" w:history="1">
+      <w:hyperlink r:id="rId79986989d92bbe7d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14477133" name="name9994696bdd502538b" descr="eu_funding_250.png"/>
+            <wp:docPr id="20240840" name="name26206989d92bbe885" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9697696bdd5025389" cstate="print"/>
+                    <a:blip r:embed="rId42726989d92bbe884" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72278557">
+  <w:abstractNum w:abstractNumId="78073186">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37897820">
+    <w:lvl w:ilvl="0" w:tplc="17096478">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37897820" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17096478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72278556">
+  <w:abstractNum w:abstractNumId="78073185">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83160111">
+    <w:lvl w:ilvl="0" w:tplc="34562189">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72278556">
-    <w:abstractNumId w:val="72278556"/>
+  <w:num w:numId="78073185">
+    <w:abstractNumId w:val="78073185"/>
   </w:num>
-  <w:num w:numId="72278557">
-    <w:abstractNumId w:val="72278557"/>
+  <w:num w:numId="78073186">
+    <w:abstractNumId w:val="78073186"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId528725679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId577313227" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3115696bdd5021a10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId9720696bdd5021a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId6765696bdd5021c7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId4110696bdd5023d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId6310696bdd502436d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId8627696bdd50245ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId1162696bdd50251ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5561696bdd50252ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId3997696bdd5021b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3997696bdd5021b4f.jpg"/><Relationship Id="rId5517696bdd5022e50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5517696bdd5022e50.jpg"/><Relationship Id="rId9697696bdd5025389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9697696bdd5025389.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId286709787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610170159" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24676989d92bbaa2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId92536989d92bbaa94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId95156989d92bbb412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId14256989d92bbd2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId93226989d92bbd840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId16356989d92bbda97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId90856989d92bbe664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79986989d92bbe7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId37226989d92bbb2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37226989d92bbb2f9.jpg"/><Relationship Id="rId49836989d92bbc4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49836989d92bbc4f2.jpg"/><Relationship Id="rId42726989d92bbe884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42726989d92bbe884.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>