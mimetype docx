--- v6 (2026-02-09)
+++ v7 (2026-03-03)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24676989d92bbaa2a" w:history="1">
+            <w:hyperlink r:id="rId978169a62de0d5bac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92536989d92bbaa94" w:history="1">
+            <w:hyperlink r:id="rId610469a62de0d5c14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73024903" name="name31056989d92bbb2fc" descr="1234.jpg"/>
+                  <wp:docPr id="93555578" name="name216869a62de0d6282" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37226989d92bbb2f9" cstate="print"/>
+                          <a:blip r:embed="rId146969a62de0d6280" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95156989d92bbb412" w:history="1">
+            <w:hyperlink r:id="rId593469a62de0d638a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5794432" name="name79226989d92bbc4f5" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="43614196" name="name438969a62de0d75dc" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49836989d92bbc4f2" cstate="print"/>
+                    <a:blip r:embed="rId685169a62de0d75d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14256989d92bbd2f4" w:history="1">
+      <w:hyperlink r:id="rId249169a62de0d83e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93226989d92bbd840" w:history="1">
+      <w:hyperlink r:id="rId502869a62de0d88f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16356989d92bbda97" w:history="1">
+      <w:hyperlink r:id="rId792269a62de0d8b34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90856989d92bbe664" w:history="1">
+      <w:hyperlink r:id="rId990869a62de0d96df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79986989d92bbe7d4" w:history="1">
+      <w:hyperlink r:id="rId290369a62de0d9829" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20240840" name="name26206989d92bbe885" descr="eu_funding_250.png"/>
+            <wp:docPr id="95081689" name="name191869a62de0d9897" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42726989d92bbe884" cstate="print"/>
+                    <a:blip r:embed="rId235569a62de0d9896" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78073186">
+  <w:abstractNum w:abstractNumId="86481436">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17096478">
+    <w:lvl w:ilvl="0" w:tplc="68821428">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17096478" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68821428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78073185">
+  <w:abstractNum w:abstractNumId="86481435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34562189">
+    <w:lvl w:ilvl="0" w:tplc="13990519">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78073185">
-    <w:abstractNumId w:val="78073185"/>
+  <w:num w:numId="86481435">
+    <w:abstractNumId w:val="86481435"/>
   </w:num>
-  <w:num w:numId="78073186">
-    <w:abstractNumId w:val="78073186"/>
+  <w:num w:numId="86481436">
+    <w:abstractNumId w:val="86481436"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId286709787" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610170159" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24676989d92bbaa2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId92536989d92bbaa94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId95156989d92bbb412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId14256989d92bbd2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId93226989d92bbd840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId16356989d92bbda97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId90856989d92bbe664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79986989d92bbe7d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId37226989d92bbb2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37226989d92bbb2f9.jpg"/><Relationship Id="rId49836989d92bbc4f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49836989d92bbc4f2.jpg"/><Relationship Id="rId42726989d92bbe884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42726989d92bbe884.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867596816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582799974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId978169a62de0d5bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId610469a62de0d5c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId593469a62de0d638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId249169a62de0d83e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId502869a62de0d88f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId792269a62de0d8b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId990869a62de0d96df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId290369a62de0d9829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId146969a62de0d6280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146969a62de0d6280.jpg"/><Relationship Id="rId685169a62de0d75d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId685169a62de0d75d8.jpg"/><Relationship Id="rId235569a62de0d9896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId235569a62de0d9896.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>