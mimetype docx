--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> C.J. Hickman</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lanarkshire disease of strawberry, red core of strawberry, red stele of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId978169a62de0d5bac" w:history="1">
+            <w:hyperlink r:id="rId765969c0ca03c8211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId610469a62de0d5c14" w:history="1">
+            <w:hyperlink r:id="rId794869c0ca03c827a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -388,86 +388,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93555578" name="name216869a62de0d6282" descr="1234.jpg"/>
+                  <wp:docPr id="73470504" name="name806069c0ca03c8836" descr="1234.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1234.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId146969a62de0d6280" cstate="print"/>
+                          <a:blip r:embed="rId115769c0ca03c8834" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId593469a62de0d638a" w:history="1">
+            <w:hyperlink r:id="rId818569c0ca03c8970" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1077,63 +1077,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is reported as eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43614196" name="name438969a62de0d75dc" descr="PHYTFR_distribution_map.jpg"/>
+            <wp:docPr id="84961771" name="name463769c0ca03c984e" descr="PHYTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId685169a62de0d75d8" cstate="print"/>
+                    <a:blip r:embed="rId782969c0ca03c984b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2946,51 +2946,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Abad ZG, Burgess TI, Bourret T, Bensch K, Cacciola S, Scanu B, Mathew R, Kasiborski B, Srivastava S, Kageyama K, Bienapfl JC, Verkleij G, Broders K, Schena L, Redford AJ (2023). Phytophthora: taxonomic and phylogenetic revision of the genus. Studies in Mycology 106, 259–348. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249169a62de0d83e5" w:history="1">
+      <w:hyperlink r:id="rId400769c0ca03ca700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3114/ sim.2023.106.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3769,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3539, 63 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502869a62de0d88f3" w:history="1">
+      <w:hyperlink r:id="rId208169c0ca03cac2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3539</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4127,51 +4127,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gourley CO, Delbridge RW (1972) Economic loss from strawberry red stele disease in Nova Scotia. Report, Research Station Kentville, Nova Scotia, Canada for 1971, pp. 63-64.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Plant Protection Convention (IPPC) (2017), ISPM 40 International movement of growing media in association with plants for planting [online]. Rome, IPPC Secretariat, FAO. 2017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792269a62de0d8b34" w:history="1">
+      <w:hyperlink r:id="rId411769c0ca03cae72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/84342/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5989,51 +5989,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytophthora fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990869a62de0d96df" w:history="1">
+      <w:hyperlink r:id="rId829069c0ca03cba25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6186,90 +6186,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 105-111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290369a62de0d9829" w:history="1">
+      <w:hyperlink r:id="rId479069c0ca03cbb65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01963.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95081689" name="name191869a62de0d9897" descr="eu_funding_250.png"/>
+            <wp:docPr id="46993166" name="name963769c0ca03cbbda" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId235569a62de0d9896" cstate="print"/>
+                    <a:blip r:embed="rId674269c0ca03cbbd9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6367,137 +6367,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86481436">
+  <w:abstractNum w:abstractNumId="99934844">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68821428">
+    <w:lvl w:ilvl="0" w:tplc="52360131">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68821428" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52360131" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86481435">
+  <w:abstractNum w:abstractNumId="99934843">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13990519">
+    <w:lvl w:ilvl="0" w:tplc="86281586">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7249,55 +7249,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86481435">
-    <w:abstractNumId w:val="86481435"/>
+  <w:num w:numId="99934843">
+    <w:abstractNumId w:val="99934843"/>
   </w:num>
-  <w:num w:numId="86481436">
-    <w:abstractNumId w:val="86481436"/>
+  <w:num w:numId="99934844">
+    <w:abstractNumId w:val="99934844"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18847,51 +18847,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867596816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582799974" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId978169a62de0d5bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId610469a62de0d5c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId593469a62de0d638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId249169a62de0d83e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId502869a62de0d88f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId792269a62de0d8b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId990869a62de0d96df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId290369a62de0d9829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId146969a62de0d6280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146969a62de0d6280.jpg"/><Relationship Id="rId685169a62de0d75d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId685169a62de0d75d8.jpg"/><Relationship Id="rId235569a62de0d9896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId235569a62de0d9896.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId428443689" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId966377707" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId765969c0ca03c8211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/" TargetMode="External"/><Relationship Id="rId794869c0ca03c827a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/categorization" TargetMode="External"/><Relationship Id="rId818569c0ca03c8970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYTFR/photos" TargetMode="External"/><Relationship Id="rId400769c0ca03ca700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3114/%20sim.2023.106.05" TargetMode="External"/><Relationship Id="rId208169c0ca03cac2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3539" TargetMode="External"/><Relationship Id="rId411769c0ca03cae72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/84342/" TargetMode="External"/><Relationship Id="rId829069c0ca03cba25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId479069c0ca03cbb65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01963.x" TargetMode="External"/><Relationship Id="rId115769c0ca03c8834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId115769c0ca03c8834.jpg"/><Relationship Id="rId782969c0ca03c984b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId782969c0ca03c984b.jpg"/><Relationship Id="rId674269c0ca03cbbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674269c0ca03cbbd9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>