--- v0 (2025-10-01)
+++ v1 (2026-02-09)
@@ -470,51 +470,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>