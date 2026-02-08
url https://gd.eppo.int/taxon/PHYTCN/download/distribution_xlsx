--- v0 (2025-10-04)
+++ v1 (2026-02-08)
@@ -767,51 +767,51 @@
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>