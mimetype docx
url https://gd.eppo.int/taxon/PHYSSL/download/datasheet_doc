--- v0 (2025-10-18)
+++ v1 (2025-11-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId992668f348c162ab7" w:history="1">
+            <w:hyperlink r:id="rId71696917d02e92a61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId891268f348c162b20" w:history="1">
+            <w:hyperlink r:id="rId54126917d02e92acc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23887148" name="name647668f348c16395e" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="85592112" name="name27276917d02e93191" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId879168f348c16395b" cstate="print"/>
+                    <a:blip r:embed="rId17506917d02e9318f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436768f348c164862" w:history="1">
+      <w:hyperlink r:id="rId12596917d02e94065" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105468f348c1648af" w:history="1">
+      <w:hyperlink r:id="rId25186917d02e940b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543268f348c16498b" w:history="1">
+      <w:hyperlink r:id="rId87206917d02e94168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588268f348c164b00" w:history="1">
+      <w:hyperlink r:id="rId50846917d02e942d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78548538" name="name591368f348c164b76" descr="eu_funding_250.png"/>
+            <wp:docPr id="29706731" name="name88336917d02e946ee" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId282568f348c164b75" cstate="print"/>
+                    <a:blip r:embed="rId26776917d02e946ed" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="40783692">
+  <w:abstractNum w:abstractNumId="10759067">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57023707">
+    <w:lvl w:ilvl="0" w:tplc="41423928">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57023707" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41423928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40783691">
+  <w:abstractNum w:abstractNumId="10759066">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18674435">
+    <w:lvl w:ilvl="0" w:tplc="83028121">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40783691">
-    <w:abstractNumId w:val="40783691"/>
+  <w:num w:numId="10759066">
+    <w:abstractNumId w:val="10759066"/>
   </w:num>
-  <w:num w:numId="40783692">
-    <w:abstractNumId w:val="40783692"/>
+  <w:num w:numId="10759067">
+    <w:abstractNumId w:val="10759067"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId579226472" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId301457040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId992668f348c162ab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId891268f348c162b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId436768f348c164862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId105468f348c1648af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId543268f348c16498b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId588268f348c164b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId879168f348c16395b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId879168f348c16395b.jpg"/><Relationship Id="rId282568f348c164b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282568f348c164b75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId871594897" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965376374" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71696917d02e92a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId54126917d02e92acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId12596917d02e94065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId25186917d02e940b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId87206917d02e94168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50846917d02e942d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId17506917d02e9318f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17506917d02e9318f.jpg"/><Relationship Id="rId26776917d02e946ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26776917d02e946ed.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>