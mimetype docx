--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71696917d02e92a61" w:history="1">
+            <w:hyperlink r:id="rId77786932856f281ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54126917d02e92acc" w:history="1">
+            <w:hyperlink r:id="rId14056932856f28253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85592112" name="name27276917d02e93191" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="17508447" name="name51026932856f28640" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17506917d02e9318f" cstate="print"/>
+                    <a:blip r:embed="rId90186932856f2863f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12596917d02e94065" w:history="1">
+      <w:hyperlink r:id="rId89886932856f2948a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25186917d02e940b0" w:history="1">
+      <w:hyperlink r:id="rId11896932856f294d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87206917d02e94168" w:history="1">
+      <w:hyperlink r:id="rId18816932856f2958d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50846917d02e942d9" w:history="1">
+      <w:hyperlink r:id="rId17526932856f296fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29706731" name="name88336917d02e946ee" descr="eu_funding_250.png"/>
+            <wp:docPr id="91856258" name="name96426932856f2af71" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26776917d02e946ed" cstate="print"/>
+                    <a:blip r:embed="rId55046932856f2af6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10759067">
+  <w:abstractNum w:abstractNumId="32991583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41423928">
+    <w:lvl w:ilvl="0" w:tplc="40057207">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41423928" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40057207" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10759066">
+  <w:abstractNum w:abstractNumId="32991582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83028121">
+    <w:lvl w:ilvl="0" w:tplc="43190361">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10759066">
-    <w:abstractNumId w:val="10759066"/>
+  <w:num w:numId="32991582">
+    <w:abstractNumId w:val="32991582"/>
   </w:num>
-  <w:num w:numId="10759067">
-    <w:abstractNumId w:val="10759067"/>
+  <w:num w:numId="32991583">
+    <w:abstractNumId w:val="32991583"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId871594897" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId965376374" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71696917d02e92a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId54126917d02e92acc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId12596917d02e94065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId25186917d02e940b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId87206917d02e94168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50846917d02e942d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId17506917d02e9318f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17506917d02e9318f.jpg"/><Relationship Id="rId26776917d02e946ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26776917d02e946ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId303765883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId514176787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77786932856f281ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId14056932856f28253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId89886932856f2948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId11896932856f294d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId18816932856f2958d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17526932856f296fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId90186932856f2863f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90186932856f2863f.jpg"/><Relationship Id="rId55046932856f2af6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55046932856f2af6f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>