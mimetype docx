--- v2 (2025-12-05)
+++ v3 (2025-12-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77786932856f281ea" w:history="1">
+            <w:hyperlink r:id="rId9427694d503a7ac26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14056932856f28253" w:history="1">
+            <w:hyperlink r:id="rId8693694d503a7ac92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17508447" name="name51026932856f28640" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="1745074" name="name9264694d503a7bd1d" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90186932856f2863f" cstate="print"/>
+                    <a:blip r:embed="rId9455694d503a7bd1a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89886932856f2948a" w:history="1">
+      <w:hyperlink r:id="rId3848694d503a7cc9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11896932856f294d4" w:history="1">
+      <w:hyperlink r:id="rId3506694d503a7cce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18816932856f2958d" w:history="1">
+      <w:hyperlink r:id="rId3999694d503a7cff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17526932856f296fa" w:history="1">
+      <w:hyperlink r:id="rId9406694d503a7d1e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91856258" name="name96426932856f2af71" descr="eu_funding_250.png"/>
+            <wp:docPr id="58709444" name="name7398694d503a7d672" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55046932856f2af6f" cstate="print"/>
+                    <a:blip r:embed="rId9920694d503a7d670" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32991583">
+  <w:abstractNum w:abstractNumId="97311626">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40057207">
+    <w:lvl w:ilvl="0" w:tplc="94204594">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40057207" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94204594" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32991582">
+  <w:abstractNum w:abstractNumId="97311625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43190361">
+    <w:lvl w:ilvl="0" w:tplc="84848327">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32991582">
-    <w:abstractNumId w:val="32991582"/>
+  <w:num w:numId="97311625">
+    <w:abstractNumId w:val="97311625"/>
   </w:num>
-  <w:num w:numId="32991583">
-    <w:abstractNumId w:val="32991583"/>
+  <w:num w:numId="97311626">
+    <w:abstractNumId w:val="97311626"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId303765883" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId514176787" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77786932856f281ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId14056932856f28253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId89886932856f2948a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId11896932856f294d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId18816932856f2958d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17526932856f296fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId90186932856f2863f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90186932856f2863f.jpg"/><Relationship Id="rId55046932856f2af6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55046932856f2af6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId170216429" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId306029085" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9427694d503a7ac26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId8693694d503a7ac92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId3848694d503a7cc9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId3506694d503a7cce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId3999694d503a7cff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9406694d503a7d1e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId9455694d503a7bd1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9455694d503a7bd1a.jpg"/><Relationship Id="rId9920694d503a7d670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9920694d503a7d670.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>