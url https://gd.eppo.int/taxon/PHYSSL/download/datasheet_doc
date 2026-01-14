--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9427694d503a7ac26" w:history="1">
+            <w:hyperlink r:id="rId1318696804400c7a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8693694d503a7ac92" w:history="1">
+            <w:hyperlink r:id="rId7329696804400c80b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1745074" name="name9264694d503a7bd1d" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="61340761" name="name4414696804400d3ea" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9455694d503a7bd1a" cstate="print"/>
+                    <a:blip r:embed="rId3959696804400d3e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3848694d503a7cc9a" w:history="1">
+      <w:hyperlink r:id="rId9413696804400e278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3506694d503a7cce6" w:history="1">
+      <w:hyperlink r:id="rId8392696804400e2c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2821,73 +2821,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3999694d503a7cff2" w:history="1">
+      <w:hyperlink r:id="rId2509696804400e37b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9406694d503a7d1e8" w:history="1">
+      <w:hyperlink r:id="rId4939696804400e4f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58709444" name="name7398694d503a7d672" descr="eu_funding_250.png"/>
+            <wp:docPr id="75244523" name="name3218696804400e56a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9920694d503a7d670" cstate="print"/>
+                    <a:blip r:embed="rId8213696804400e569" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97311626">
+  <w:abstractNum w:abstractNumId="59336370">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94204594">
+    <w:lvl w:ilvl="0" w:tplc="54848729">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94204594" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54848729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97311625">
+  <w:abstractNum w:abstractNumId="59336369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84848327">
+    <w:lvl w:ilvl="0" w:tplc="47138321">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97311625">
-    <w:abstractNumId w:val="97311625"/>
+  <w:num w:numId="59336369">
+    <w:abstractNumId w:val="59336369"/>
   </w:num>
-  <w:num w:numId="97311626">
-    <w:abstractNumId w:val="97311626"/>
+  <w:num w:numId="59336370">
+    <w:abstractNumId w:val="59336370"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId170216429" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId306029085" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9427694d503a7ac26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId8693694d503a7ac92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId3848694d503a7cc9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId3506694d503a7cce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId3999694d503a7cff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9406694d503a7d1e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId9455694d503a7bd1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9455694d503a7bd1a.jpg"/><Relationship Id="rId9920694d503a7d670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9920694d503a7d670.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId264951916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159664907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1318696804400c7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId7329696804400c80b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId9413696804400e278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId8392696804400e2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId2509696804400e37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4939696804400e4f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId3959696804400d3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3959696804400d3e8.jpg"/><Relationship Id="rId8213696804400e569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8213696804400e569.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>