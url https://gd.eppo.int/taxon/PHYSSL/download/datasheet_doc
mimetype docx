--- v4 (2026-01-14)
+++ v5 (2026-02-04)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1318696804400c7a3" w:history="1">
+            <w:hyperlink r:id="rId229469828e4e391ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7329696804400c80b" w:history="1">
+            <w:hyperlink r:id="rId982569828e4e39257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61340761" name="name4414696804400d3ea" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="73086869" name="name428669828e4e3a151" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3959696804400d3e8" cstate="print"/>
+                    <a:blip r:embed="rId484569828e4e3a14e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9413696804400e278" w:history="1">
+      <w:hyperlink r:id="rId566169828e4e3b0de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8392696804400e2c4" w:history="1">
+      <w:hyperlink r:id="rId306569828e4e3b129" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2509696804400e37b" w:history="1">
+      <w:hyperlink r:id="rId335469828e4e3b1e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4939696804400e4f3" w:history="1">
+      <w:hyperlink r:id="rId787669828e4e3b352" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75244523" name="name3218696804400e56a" descr="eu_funding_250.png"/>
+            <wp:docPr id="27144323" name="name937969828e4e3b587" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8213696804400e569" cstate="print"/>
+                    <a:blip r:embed="rId700469828e4e3b585" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59336370">
+  <w:abstractNum w:abstractNumId="37362560">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54848729">
+    <w:lvl w:ilvl="0" w:tplc="57812304">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54848729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57812304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59336369">
+  <w:abstractNum w:abstractNumId="37362559">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47138321">
+    <w:lvl w:ilvl="0" w:tplc="43030744">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59336369">
-    <w:abstractNumId w:val="59336369"/>
+  <w:num w:numId="37362559">
+    <w:abstractNumId w:val="37362559"/>
   </w:num>
-  <w:num w:numId="59336370">
-    <w:abstractNumId w:val="59336370"/>
+  <w:num w:numId="37362560">
+    <w:abstractNumId w:val="37362560"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId264951916" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159664907" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1318696804400c7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId7329696804400c80b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId9413696804400e278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId8392696804400e2c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId2509696804400e37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4939696804400e4f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId3959696804400d3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3959696804400d3e8.jpg"/><Relationship Id="rId8213696804400e569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8213696804400e569.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId961980745" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781061950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId229469828e4e391ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId982569828e4e39257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId566169828e4e3b0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId306569828e4e3b129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId335469828e4e3b1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId787669828e4e3b352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId484569828e4e3a14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484569828e4e3a14e.jpg"/><Relationship Id="rId700469828e4e3b585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId700469828e4e3b585.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>