--- v5 (2026-02-04)
+++ v6 (2026-02-24)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229469828e4e391ec" w:history="1">
+            <w:hyperlink r:id="rId5208699d6a92cb6e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId982569828e4e39257" w:history="1">
+            <w:hyperlink r:id="rId9363699d6a92cb74d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73086869" name="name428669828e4e3a151" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="96745320" name="name5912699d6a92cc6df" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId484569828e4e3a14e" cstate="print"/>
+                    <a:blip r:embed="rId7695699d6a92cc6dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566169828e4e3b0de" w:history="1">
+      <w:hyperlink r:id="rId9864699d6a92cd5f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306569828e4e3b129" w:history="1">
+      <w:hyperlink r:id="rId6041699d6a92cd643" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335469828e4e3b1e2" w:history="1">
+      <w:hyperlink r:id="rId7362699d6a92cd6fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId787669828e4e3b352" w:history="1">
+      <w:hyperlink r:id="rId5086699d6a92cd89b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="27144323" name="name937969828e4e3b587" descr="eu_funding_250.png"/>
+            <wp:docPr id="92842768" name="name3722699d6a92cd924" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId700469828e4e3b585" cstate="print"/>
+                    <a:blip r:embed="rId5676699d6a92cd923" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37362560">
+  <w:abstractNum w:abstractNumId="62815439">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57812304">
+    <w:lvl w:ilvl="0" w:tplc="64374870">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57812304" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64374870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37362559">
+  <w:abstractNum w:abstractNumId="62815438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43030744">
+    <w:lvl w:ilvl="0" w:tplc="67442459">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37362559">
-    <w:abstractNumId w:val="37362559"/>
+  <w:num w:numId="62815438">
+    <w:abstractNumId w:val="62815438"/>
   </w:num>
-  <w:num w:numId="37362560">
-    <w:abstractNumId w:val="37362560"/>
+  <w:num w:numId="62815439">
+    <w:abstractNumId w:val="62815439"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId961980745" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781061950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId229469828e4e391ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId982569828e4e39257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId566169828e4e3b0de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId306569828e4e3b129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId335469828e4e3b1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId787669828e4e3b352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId484569828e4e3a14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484569828e4e3a14e.jpg"/><Relationship Id="rId700469828e4e3b585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId700469828e4e3b585.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId513499027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId261214917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5208699d6a92cb6e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId9363699d6a92cb74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId9864699d6a92cd5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId6041699d6a92cd643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId7362699d6a92cd6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5086699d6a92cd89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId7695699d6a92cc6dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7695699d6a92cc6dc.jpg"/><Relationship Id="rId5676699d6a92cd923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5676699d6a92cd923.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>