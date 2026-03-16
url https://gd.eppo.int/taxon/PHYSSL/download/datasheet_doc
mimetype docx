--- v6 (2026-02-24)
+++ v7 (2026-03-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Botryosphaeriales: Phyllostictaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blotch of apple, fruit blotch of pome fruits, leaf spot of pome fruits, twig cancer of pome fruits</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5208699d6a92cb6e3" w:history="1">
+            <w:hyperlink r:id="rId470569b83f432aedb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9363699d6a92cb74d" w:history="1">
+            <w:hyperlink r:id="rId111669b83f432af5c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -733,63 +733,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">P. solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in these countries were provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96745320" name="name5912699d6a92cc6df" descr="PHYSSL_distribution_map.jpg"/>
+            <wp:docPr id="5312204" name="name882869b83f432bfe5" descr="PHYSSL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYSSL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7695699d6a92cc6dc" cstate="print"/>
+                    <a:blip r:embed="rId686369b83f432bfe0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2692,92 +2692,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9864699d6a92cd5f6" w:history="1">
+      <w:hyperlink r:id="rId912169b83f432d5d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/journal/cabicompendium</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6041699d6a92cd643" w:history="1">
+      <w:hyperlink r:id="rId856369b83f432d628" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1863</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2843,51 +2843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phyllosticta solitaria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7362699d6a92cd6fa" w:history="1">
+      <w:hyperlink r:id="rId823369b83f432d730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3078,81 +3078,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5086699d6a92cd89b" w:history="1">
+      <w:hyperlink r:id="rId412069b83f432d954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92842768" name="name3722699d6a92cd924" descr="eu_funding_250.png"/>
+            <wp:docPr id="53469590" name="name903969b83f432dce8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5676699d6a92cd923" cstate="print"/>
+                    <a:blip r:embed="rId305669b83f432dce6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3250,137 +3250,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62815439">
+  <w:abstractNum w:abstractNumId="57940974">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64374870">
+    <w:lvl w:ilvl="0" w:tplc="21078436">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64374870" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21078436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62815438">
+  <w:abstractNum w:abstractNumId="57940973">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67442459">
+    <w:lvl w:ilvl="0" w:tplc="45055210">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4132,55 +4132,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62815438">
-    <w:abstractNumId w:val="62815438"/>
+  <w:num w:numId="57940973">
+    <w:abstractNumId w:val="57940973"/>
   </w:num>
-  <w:num w:numId="62815439">
-    <w:abstractNumId w:val="62815439"/>
+  <w:num w:numId="57940974">
+    <w:abstractNumId w:val="57940974"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15730,51 +15730,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId513499027" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId261214917" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5208699d6a92cb6e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId9363699d6a92cb74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId9864699d6a92cd5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId6041699d6a92cd643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId7362699d6a92cd6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5086699d6a92cd89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId7695699d6a92cc6dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7695699d6a92cc6dc.jpg"/><Relationship Id="rId5676699d6a92cd923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5676699d6a92cd923.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId603418299" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId212016268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId470569b83f432aedb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/" TargetMode="External"/><Relationship Id="rId111669b83f432af5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYSSL/categorization" TargetMode="External"/><Relationship Id="rId912169b83f432d5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/journal/cabicompendium" TargetMode="External"/><Relationship Id="rId856369b83f432d628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1863" TargetMode="External"/><Relationship Id="rId823369b83f432d730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId412069b83f432d954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1980.tb02689.x" TargetMode="External"/><Relationship Id="rId686369b83f432bfe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId686369b83f432bfe0.jpg"/><Relationship Id="rId305669b83f432dce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId305669b83f432dce6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>