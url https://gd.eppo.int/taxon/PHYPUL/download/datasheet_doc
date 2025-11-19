--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId721968e7776805582" w:history="1">
+            <w:hyperlink r:id="rId3592691d09922db04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId602468e77768055ec" w:history="1">
+            <w:hyperlink r:id="rId2971691d09922db6e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="74680477" name="name665368e77768056b5" descr="3007.jpg"/>
+                  <wp:docPr id="64671104" name="name1746691d09922dc71" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId772768e77768056b4" cstate="print"/>
+                          <a:blip r:embed="rId7333691d09922dc70" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId777168e77768057ba" w:history="1">
+            <w:hyperlink r:id="rId4200691d09922dd71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39953259" name="name126268e7776806e47" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="84121267" name="name1643691d09922f65a" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId789268e7776806e44" cstate="print"/>
+                    <a:blip r:embed="rId8551691d09922f658" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952668e777680b91b" w:history="1">
+      <w:hyperlink r:id="rId9436691d099232057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806868e777680ba82" w:history="1">
+      <w:hyperlink r:id="rId4795691d0992321aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36503637" name="name409468e777680baee" descr="eu_funding_250.png"/>
+            <wp:docPr id="54876967" name="name6496691d09923221c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId994168e777680baed" cstate="print"/>
+                    <a:blip r:embed="rId2369691d09923221b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60380040">
+  <w:abstractNum w:abstractNumId="10722136">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56585260">
+    <w:lvl w:ilvl="0" w:tplc="96039620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56585260" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96039620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60380039">
+  <w:abstractNum w:abstractNumId="10722135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61426518">
+    <w:lvl w:ilvl="0" w:tplc="97058619">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60380039">
-    <w:abstractNumId w:val="60380039"/>
+  <w:num w:numId="10722135">
+    <w:abstractNumId w:val="10722135"/>
   </w:num>
-  <w:num w:numId="60380040">
-    <w:abstractNumId w:val="60380040"/>
+  <w:num w:numId="10722136">
+    <w:abstractNumId w:val="10722136"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669312489" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId229046575" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId721968e7776805582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId602468e77768055ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId777168e77768057ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId952668e777680b91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId806868e777680ba82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId772768e77768056b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId772768e77768056b4.jpg"/><Relationship Id="rId789268e7776806e44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId789268e7776806e44.jpg"/><Relationship Id="rId994168e777680baed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994168e777680baed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId685938488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId370418846" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3592691d09922db04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId2971691d09922db6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId4200691d09922dd71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId9436691d099232057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4795691d0992321aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId7333691d09922dc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7333691d09922dc70.jpg"/><Relationship Id="rId8551691d09922f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8551691d09922f658.jpg"/><Relationship Id="rId2369691d09923221b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2369691d09923221b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>