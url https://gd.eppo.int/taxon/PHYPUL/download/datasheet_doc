--- v1 (2025-11-19)
+++ v2 (2025-12-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3592691d09922db04" w:history="1">
+            <w:hyperlink r:id="rId967669398ab0b526c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2971691d09922db6e" w:history="1">
+            <w:hyperlink r:id="rId726869398ab0b52d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64671104" name="name1746691d09922dc71" descr="3007.jpg"/>
+                  <wp:docPr id="77123283" name="name425269398ab0b53df" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7333691d09922dc70" cstate="print"/>
+                          <a:blip r:embed="rId185169398ab0b53de" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4200691d09922dd71" w:history="1">
+            <w:hyperlink r:id="rId790269398ab0b54f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84121267" name="name1643691d09922f65a" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="98905059" name="name350369398ab0b6daf" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8551691d09922f658" cstate="print"/>
+                    <a:blip r:embed="rId951969398ab0b6dac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9436691d099232057" w:history="1">
+      <w:hyperlink r:id="rId207569398ab0b9b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4795691d0992321aa" w:history="1">
+      <w:hyperlink r:id="rId440769398ab0b9c8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54876967" name="name6496691d09923221c" descr="eu_funding_250.png"/>
+            <wp:docPr id="53276339" name="name711969398ab0b9d2d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2369691d09923221b" cstate="print"/>
+                    <a:blip r:embed="rId154169398ab0b9d2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10722136">
+  <w:abstractNum w:abstractNumId="26347927">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96039620">
+    <w:lvl w:ilvl="0" w:tplc="21770729">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96039620" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21770729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10722135">
+  <w:abstractNum w:abstractNumId="26347926">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97058619">
+    <w:lvl w:ilvl="0" w:tplc="87087590">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10722135">
-    <w:abstractNumId w:val="10722135"/>
+  <w:num w:numId="26347926">
+    <w:abstractNumId w:val="26347926"/>
   </w:num>
-  <w:num w:numId="10722136">
-    <w:abstractNumId w:val="10722136"/>
+  <w:num w:numId="26347927">
+    <w:abstractNumId w:val="26347927"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId685938488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId370418846" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3592691d09922db04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId2971691d09922db6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId4200691d09922dd71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId9436691d099232057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4795691d0992321aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId7333691d09922dc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7333691d09922dc70.jpg"/><Relationship Id="rId8551691d09922f658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8551691d09922f658.jpg"/><Relationship Id="rId2369691d09923221b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2369691d09923221b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172456513" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId604006765" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId967669398ab0b526c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId726869398ab0b52d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId790269398ab0b54f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId207569398ab0b9b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId440769398ab0b9c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId185169398ab0b53de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185169398ab0b53de.jpg"/><Relationship Id="rId951969398ab0b6dac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId951969398ab0b6dac.jpg"/><Relationship Id="rId154169398ab0b9d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154169398ab0b9d2c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>