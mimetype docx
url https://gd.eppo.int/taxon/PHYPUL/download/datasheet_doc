--- v2 (2025-12-10)
+++ v3 (2026-01-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId967669398ab0b526c" w:history="1">
+            <w:hyperlink r:id="rId3103696c4c06e7fc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId726869398ab0b52d7" w:history="1">
+            <w:hyperlink r:id="rId3849696c4c06e803f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77123283" name="name425269398ab0b53df" descr="3007.jpg"/>
+                  <wp:docPr id="82442148" name="name3944696c4c06e80fd" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId185169398ab0b53de" cstate="print"/>
+                          <a:blip r:embed="rId4578696c4c06e80fc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId790269398ab0b54f3" w:history="1">
+            <w:hyperlink r:id="rId1102696c4c06e8226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98905059" name="name350369398ab0b6daf" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="11137783" name="name6131696c4c06e8bd0" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId951969398ab0b6dac" cstate="print"/>
+                    <a:blip r:embed="rId7475696c4c06e8bcf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8222,73 +8222,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId207569398ab0b9b1e" w:history="1">
+      <w:hyperlink r:id="rId4059696c4c06eb7ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440769398ab0b9c8f" w:history="1">
+      <w:hyperlink r:id="rId7320696c4c06eb917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53276339" name="name711969398ab0b9d2d" descr="eu_funding_250.png"/>
+            <wp:docPr id="62155542" name="name8793696c4c06eb97e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId154169398ab0b9d2c" cstate="print"/>
+                    <a:blip r:embed="rId4282696c4c06eb97d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26347927">
+  <w:abstractNum w:abstractNumId="60125087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21770729">
+    <w:lvl w:ilvl="0" w:tplc="37915107">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21770729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37915107" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26347926">
+  <w:abstractNum w:abstractNumId="60125086">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87087590">
+    <w:lvl w:ilvl="0" w:tplc="97982350">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26347926">
-    <w:abstractNumId w:val="26347926"/>
+  <w:num w:numId="60125086">
+    <w:abstractNumId w:val="60125086"/>
   </w:num>
-  <w:num w:numId="26347927">
-    <w:abstractNumId w:val="26347927"/>
+  <w:num w:numId="60125087">
+    <w:abstractNumId w:val="60125087"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172456513" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId604006765" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId967669398ab0b526c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId726869398ab0b52d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId790269398ab0b54f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId207569398ab0b9b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId440769398ab0b9c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId185169398ab0b53de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185169398ab0b53de.jpg"/><Relationship Id="rId951969398ab0b6dac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId951969398ab0b6dac.jpg"/><Relationship Id="rId154169398ab0b9d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId154169398ab0b9d2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529573611" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId548809329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3103696c4c06e7fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId3849696c4c06e803f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId1102696c4c06e8226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId4059696c4c06eb7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7320696c4c06eb917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId4578696c4c06e80fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4578696c4c06e80fc.jpg"/><Relationship Id="rId7475696c4c06e8bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7475696c4c06e8bcf.jpg"/><Relationship Id="rId4282696c4c06eb97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4282696c4c06eb97d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>