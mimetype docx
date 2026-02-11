--- v3 (2026-01-18)
+++ v4 (2026-02-11)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3103696c4c06e7fc2" w:history="1">
+            <w:hyperlink r:id="rId4736698c51194de0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3849696c4c06e803f" w:history="1">
+            <w:hyperlink r:id="rId5664698c51194de78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82442148" name="name3944696c4c06e80fd" descr="3007.jpg"/>
+                  <wp:docPr id="26130539" name="name5729698c51194e471" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4578696c4c06e80fc" cstate="print"/>
+                          <a:blip r:embed="rId5785698c51194e46f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1102696c4c06e8226" w:history="1">
+            <w:hyperlink r:id="rId7377698c51194e596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11137783" name="name6131696c4c06e8bd0" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="20229591" name="name9627698c51194fca2" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7475696c4c06e8bcf" cstate="print"/>
+                    <a:blip r:embed="rId2028698c51194fc9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4059696c4c06eb7ab" w:history="1">
+      <w:hyperlink r:id="rId8012698c511952789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7320696c4c06eb917" w:history="1">
+      <w:hyperlink r:id="rId7086698c5119528dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62155542" name="name8793696c4c06eb97e" descr="eu_funding_250.png"/>
+            <wp:docPr id="37832829" name="name3488698c511952952" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4282696c4c06eb97d" cstate="print"/>
+                    <a:blip r:embed="rId9290698c511952951" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60125087">
+  <w:abstractNum w:abstractNumId="23168309">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37915107">
+    <w:lvl w:ilvl="0" w:tplc="33889422">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37915107" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33889422" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60125086">
+  <w:abstractNum w:abstractNumId="23168308">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97982350">
+    <w:lvl w:ilvl="0" w:tplc="74644930">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60125086">
-    <w:abstractNumId w:val="60125086"/>
+  <w:num w:numId="23168308">
+    <w:abstractNumId w:val="23168308"/>
   </w:num>
-  <w:num w:numId="60125087">
-    <w:abstractNumId w:val="60125087"/>
+  <w:num w:numId="23168309">
+    <w:abstractNumId w:val="23168309"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId529573611" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId548809329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3103696c4c06e7fc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId3849696c4c06e803f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId1102696c4c06e8226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId4059696c4c06eb7ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7320696c4c06eb917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId4578696c4c06e80fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4578696c4c06e80fc.jpg"/><Relationship Id="rId7475696c4c06e8bcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7475696c4c06e8bcf.jpg"/><Relationship Id="rId4282696c4c06eb97d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4282696c4c06eb97d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId647841892" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346781217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4736698c51194de0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId5664698c51194de78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId7377698c51194e596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId8012698c511952789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7086698c5119528dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId5785698c51194e46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5785698c51194e46f.jpg"/><Relationship Id="rId2028698c51194fc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2028698c51194fc9f.jpg"/><Relationship Id="rId9290698c511952951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9290698c511952951.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>