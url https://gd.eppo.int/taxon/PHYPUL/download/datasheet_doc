--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4736698c51194de0d" w:history="1">
+            <w:hyperlink r:id="rId522069a6c6bf0c7b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5664698c51194de78" w:history="1">
+            <w:hyperlink r:id="rId477369a6c6bf0c81f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26130539" name="name5729698c51194e471" descr="3007.jpg"/>
+                  <wp:docPr id="669754" name="name813869a6c6bf0cf59" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5785698c51194e46f" cstate="print"/>
+                          <a:blip r:embed="rId193669a6c6bf0cf57" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7377698c51194e596" w:history="1">
+            <w:hyperlink r:id="rId899069a6c6bf0d097" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20229591" name="name9627698c51194fca2" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="59466575" name="name704169a6c6bf0e3ef" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2028698c51194fc9f" cstate="print"/>
+                    <a:blip r:embed="rId807469a6c6bf0e3ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8012698c511952789" w:history="1">
+      <w:hyperlink r:id="rId773069a6c6bf1101e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7086698c5119528dd" w:history="1">
+      <w:hyperlink r:id="rId725869a6c6bf1117e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37832829" name="name3488698c511952952" descr="eu_funding_250.png"/>
+            <wp:docPr id="57730962" name="name504669a6c6bf11220" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9290698c511952951" cstate="print"/>
+                    <a:blip r:embed="rId597169a6c6bf1121f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23168309">
+  <w:abstractNum w:abstractNumId="93715364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33889422">
+    <w:lvl w:ilvl="0" w:tplc="47874914">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33889422" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47874914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23168308">
+  <w:abstractNum w:abstractNumId="93715363">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74644930">
+    <w:lvl w:ilvl="0" w:tplc="77486703">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23168308">
-    <w:abstractNumId w:val="23168308"/>
+  <w:num w:numId="93715363">
+    <w:abstractNumId w:val="93715363"/>
   </w:num>
-  <w:num w:numId="23168309">
-    <w:abstractNumId w:val="23168309"/>
+  <w:num w:numId="93715364">
+    <w:abstractNumId w:val="93715364"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId647841892" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId346781217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4736698c51194de0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId5664698c51194de78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId7377698c51194e596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId8012698c511952789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7086698c5119528dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId5785698c51194e46f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5785698c51194e46f.jpg"/><Relationship Id="rId2028698c51194fc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2028698c51194fc9f.jpg"/><Relationship Id="rId9290698c511952951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9290698c511952951.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305988497" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679601395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId522069a6c6bf0c7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId477369a6c6bf0c81f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId899069a6c6bf0d097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId773069a6c6bf1101e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId725869a6c6bf1117e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId193669a6c6bf0cf57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193669a6c6bf0cf57.jpg"/><Relationship Id="rId807469a6c6bf0e3ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807469a6c6bf0e3ec.jpg"/><Relationship Id="rId597169a6c6bf1121f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597169a6c6bf1121f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>