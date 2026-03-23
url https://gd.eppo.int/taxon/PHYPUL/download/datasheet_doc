--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522069a6c6bf0c7b3" w:history="1">
+            <w:hyperlink r:id="rId473769c167c611e02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477369a6c6bf0c81f" w:history="1">
+            <w:hyperlink r:id="rId574569c167c611e6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="669754" name="name813869a6c6bf0cf59" descr="3007.jpg"/>
+                  <wp:docPr id="71602936" name="name937669c167c612446" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId193669a6c6bf0cf57" cstate="print"/>
+                          <a:blip r:embed="rId126069c167c612444" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId899069a6c6bf0d097" w:history="1">
+            <w:hyperlink r:id="rId856469c167c612589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59466575" name="name704169a6c6bf0e3ef" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="69698133" name="name156369c167c613aa7" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId807469a6c6bf0e3ec" cstate="print"/>
+                    <a:blip r:embed="rId202269c167c613aa5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773069a6c6bf1101e" w:history="1">
+      <w:hyperlink r:id="rId394869c167c616524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725869a6c6bf1117e" w:history="1">
+      <w:hyperlink r:id="rId401769c167c61667b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57730962" name="name504669a6c6bf11220" descr="eu_funding_250.png"/>
+            <wp:docPr id="69356924" name="name266669c167c616939" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId597169a6c6bf1121f" cstate="print"/>
+                    <a:blip r:embed="rId956469c167c616938" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93715364">
+  <w:abstractNum w:abstractNumId="89564740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47874914">
+    <w:lvl w:ilvl="0" w:tplc="90394811">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47874914" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90394811" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93715363">
+  <w:abstractNum w:abstractNumId="89564739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77486703">
+    <w:lvl w:ilvl="0" w:tplc="57689470">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93715363">
-    <w:abstractNumId w:val="93715363"/>
+  <w:num w:numId="89564739">
+    <w:abstractNumId w:val="89564739"/>
   </w:num>
-  <w:num w:numId="93715364">
-    <w:abstractNumId w:val="93715364"/>
+  <w:num w:numId="89564740">
+    <w:abstractNumId w:val="89564740"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305988497" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId679601395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId522069a6c6bf0c7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId477369a6c6bf0c81f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId899069a6c6bf0d097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId773069a6c6bf1101e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId725869a6c6bf1117e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId193669a6c6bf0cf57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId193669a6c6bf0cf57.jpg"/><Relationship Id="rId807469a6c6bf0e3ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807469a6c6bf0e3ec.jpg"/><Relationship Id="rId597169a6c6bf1121f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId597169a6c6bf1121f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId228820437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId128598015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId473769c167c611e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId574569c167c611e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId856469c167c612589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId394869c167c616524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId401769c167c61667b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId126069c167c612444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126069c167c612444.jpg"/><Relationship Id="rId202269c167c613aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202269c167c613aa5.jpg"/><Relationship Id="rId956469c167c616938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956469c167c616938.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>