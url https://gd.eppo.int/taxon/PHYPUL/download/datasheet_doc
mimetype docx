--- v6 (2026-03-23)
+++ v7 (2026-03-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Lee, Martini, Marcone &amp; Zhu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> elm yellows, phloem necrosis of elm, yellows of elm (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId473769c167c611e02" w:history="1">
+            <w:hyperlink r:id="rId536369c17eda3f6de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list, A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId574569c167c611e6c" w:history="1">
+            <w:hyperlink r:id="rId829369c17eda3f749" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPUL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71602936" name="name937669c167c612446" descr="3007.jpg"/>
+                  <wp:docPr id="32656578" name="name545869c17eda3fd0d" descr="3007.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="3007.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId126069c167c612444" cstate="print"/>
+                          <a:blip r:embed="rId937769c17eda3fd0b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId856469c167c612589" w:history="1">
+            <w:hyperlink r:id="rId265769c17eda3fe83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1759,63 +1759,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1997).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69698133" name="name156369c167c613aa7" descr="PHYPUL_distribution_map.jpg"/>
+            <wp:docPr id="54340080" name="name963969c17eda414c2" descr="PHYPUL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPUL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId202269c167c613aa5" cstate="print"/>
+                    <a:blip r:embed="rId224269c17eda414c0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8244,51 +8244,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma ulmi'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394869c167c616524" w:history="1">
+      <w:hyperlink r:id="rId175069c17eda43fd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8459,81 +8459,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 107-112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401769c167c61667b" w:history="1">
+      <w:hyperlink r:id="rId351769c17eda4413e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02457.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69356924" name="name266669c167c616939" descr="eu_funding_250.png"/>
+            <wp:docPr id="81443301" name="name588569c17eda441df" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId956469c167c616938" cstate="print"/>
+                    <a:blip r:embed="rId394669c17eda441dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8631,137 +8631,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89564740">
+  <w:abstractNum w:abstractNumId="46580847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90394811">
+    <w:lvl w:ilvl="0" w:tplc="26053110">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90394811" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26053110" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89564739">
+  <w:abstractNum w:abstractNumId="46580846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57689470">
+    <w:lvl w:ilvl="0" w:tplc="15982721">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9513,55 +9513,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89564739">
-    <w:abstractNumId w:val="89564739"/>
+  <w:num w:numId="46580846">
+    <w:abstractNumId w:val="46580846"/>
   </w:num>
-  <w:num w:numId="89564740">
-    <w:abstractNumId w:val="89564740"/>
+  <w:num w:numId="46580847">
+    <w:abstractNumId w:val="46580847"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21111,51 +21111,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId228820437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId128598015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId473769c167c611e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId574569c167c611e6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId856469c167c612589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId394869c167c616524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId401769c167c61667b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId126069c167c612444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126069c167c612444.jpg"/><Relationship Id="rId202269c167c613aa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId202269c167c613aa5.jpg"/><Relationship Id="rId956469c167c616938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956469c167c616938.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId208497587" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656610890" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId536369c17eda3f6de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/" TargetMode="External"/><Relationship Id="rId829369c17eda3f749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/categorization" TargetMode="External"/><Relationship Id="rId265769c17eda3fe83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPUL/photos" TargetMode="External"/><Relationship Id="rId175069c17eda43fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId351769c17eda4413e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02457.x" TargetMode="External"/><Relationship Id="rId937769c17eda3fd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId937769c17eda3fd0b.jpg"/><Relationship Id="rId224269c17eda414c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId224269c17eda414c0.jpg"/><Relationship Id="rId394669c17eda441dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394669c17eda441dd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>