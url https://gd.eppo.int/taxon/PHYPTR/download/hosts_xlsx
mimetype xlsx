--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -12,80 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHYPTR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
+    <t>AELMA</t>
+  </si>
+  <si>
+    <t>Aegle marmelos</t>
+  </si>
+  <si>
+    <t>* Gupta S, Singh AK, Ranebennur H, Rao GP (2025) First report of ‘Candidatus Phytoplasma trifolii’ associated with leaf yellowing disease of Aegle marmelos in India. New Disease Reports 52(2), e70077</t>
+  </si>
+  <si>
     <t>BRSOL</t>
   </si>
   <si>
     <t>Brassica oleracea var. capitata</t>
   </si>
   <si>
     <t>* Rivedal HM, Temple TN, Lukas SB, Skillman VP, Funke CN, Frost K (2025) An outbreak of beet leafhopper-transmitted virescence agent and Spiroplasma citri in cabbage (Brassica oleracea var. capitata) and Brussels sprouts (B. oleracea var. gemmifera) grown in the Columbia Basin of Oregon. Plant Health Progress (early view). https://doi.org/10.1094/PHP-03-25-0101-BR</t>
   </si>
   <si>
     <t>BRSOF</t>
   </si>
   <si>
     <t>Brassica oleracea var. gemmifera</t>
+  </si>
+  <si>
+    <t>CYDOB</t>
+  </si>
+  <si>
+    <t>Cydonia oblonga</t>
+  </si>
+  <si>
+    <t>* Asadollah Bina M, Rastgou M, Allahverdipour T, Noris E, Matić S (2025) Detection and molecular characterization of Phytoplasmas associated with pome fruits in northwest Iran. Applied Fruit Science 67(6), 453.</t>
   </si>
   <si>
     <t>MEDSA</t>
   </si>
   <si>
     <t>Medicago sativa</t>
   </si>
   <si>
     <t>MEUAL</t>
   </si>
   <si>
     <t>Melilotus albus</t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>1SOLG</t>
   </si>
   <si>
     <t>Solanum</t>
   </si>
@@ -448,51 +466,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="432.894" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -501,155 +519,183 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>10</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
       </c>
-      <c r="C11" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">