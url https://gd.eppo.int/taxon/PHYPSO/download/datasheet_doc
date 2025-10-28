--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId809768e58590c68fc" w:history="1">
+            <w:hyperlink r:id="rId43096900ca3629c95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -408,51 +408,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366868e58590c6974" w:history="1">
+            <w:hyperlink r:id="rId72726900ca3629d01" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34221686" name="name512468e58590c711b" descr="12707.jpg"/>
+                  <wp:docPr id="87062386" name="name11856900ca362a613" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId770368e58590c711a" cstate="print"/>
+                          <a:blip r:embed="rId88916900ca362a611" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId641468e58590c72a5" w:history="1">
+            <w:hyperlink r:id="rId99996900ca362a735" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,63 +4940,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98657376" name="name933068e58590c9c41" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="43008856" name="name76176900ca362d2a2" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId380868e58590c9c39" cstate="print"/>
+                    <a:blip r:embed="rId34446900ca362d29e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId222768e58590cb1e7" w:history="1">
+      <w:hyperlink r:id="rId52326900ca362dc6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId872468e58590cc26c" w:history="1">
+      <w:hyperlink r:id="rId47516900ca362eafd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821668e58590cc344" w:history="1">
+      <w:hyperlink r:id="rId84186900ca362ebda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId760868e58590cd775" w:history="1">
+      <w:hyperlink r:id="rId73776900ca3630005" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11432,51 +11432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920068e58590cd841" w:history="1">
+      <w:hyperlink r:id="rId58716900ca36300ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710268e58590cd9c0" w:history="1">
+      <w:hyperlink r:id="rId24476900ca3630283" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710768e58590cd9e1" w:history="1"/>
+      <w:hyperlink r:id="rId60936900ca36302a3" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51493572" name="name553368e58590cda41" descr="eu_funding_250.png"/>
+            <wp:docPr id="93196821" name="name20356900ca3630315" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId114968e58590cda40" cstate="print"/>
+                    <a:blip r:embed="rId96516900ca3630314" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41334474">
+  <w:abstractNum w:abstractNumId="76966784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61568100">
+    <w:lvl w:ilvl="0" w:tplc="38892386">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61568100" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38892386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41334473">
+  <w:abstractNum w:abstractNumId="76966783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84878537">
+    <w:lvl w:ilvl="0" w:tplc="34278383">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41334473">
-    <w:abstractNumId w:val="41334473"/>
+  <w:num w:numId="76966783">
+    <w:abstractNumId w:val="76966783"/>
   </w:num>
-  <w:num w:numId="41334474">
-    <w:abstractNumId w:val="41334474"/>
+  <w:num w:numId="76966784">
+    <w:abstractNumId w:val="76966784"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId542653695" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId760482614" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId809768e58590c68fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId366868e58590c6974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId641468e58590c72a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId222768e58590cb1e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId872468e58590cc26c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId821668e58590cc344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId760868e58590cd775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId920068e58590cd841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId710268e58590cd9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId710768e58590cd9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId770368e58590c711a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId770368e58590c711a.jpg"/><Relationship Id="rId380868e58590c9c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId380868e58590c9c39.jpg"/><Relationship Id="rId114968e58590cda40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId114968e58590cda40.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId354029185" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423450013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43096900ca3629c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId72726900ca3629d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId99996900ca362a735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId52326900ca362dc6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId47516900ca362eafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId84186900ca362ebda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId73776900ca3630005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId58716900ca36300ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24476900ca3630283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId60936900ca36302a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId88916900ca362a611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88916900ca362a611.jpg"/><Relationship Id="rId34446900ca362d29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34446900ca362d29e.jpg"/><Relationship Id="rId96516900ca3630314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96516900ca3630314.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>