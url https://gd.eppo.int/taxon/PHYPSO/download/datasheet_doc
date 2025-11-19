--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43096900ca3629c95" w:history="1">
+            <w:hyperlink r:id="rId7347691d0991e228e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -408,51 +408,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72726900ca3629d01" w:history="1">
+            <w:hyperlink r:id="rId3886691d0991e22fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87062386" name="name11856900ca362a613" descr="12707.jpg"/>
+                  <wp:docPr id="16113690" name="name1139691d0991e23a8" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId88916900ca362a611" cstate="print"/>
+                          <a:blip r:embed="rId1050691d0991e23a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99996900ca362a735" w:history="1">
+            <w:hyperlink r:id="rId1249691d0991e2481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,63 +4940,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43008856" name="name76176900ca362d2a2" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="50162800" name="name1387691d0991e5593" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34446900ca362d29e" cstate="print"/>
+                    <a:blip r:embed="rId7090691d0991e558f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52326900ca362dc6f" w:history="1">
+      <w:hyperlink r:id="rId1868691d0991e6192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47516900ca362eafd" w:history="1">
+      <w:hyperlink r:id="rId9868691d0991e72c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84186900ca362ebda" w:history="1">
+      <w:hyperlink r:id="rId3509691d0991e73a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId73776900ca3630005" w:history="1">
+      <w:hyperlink r:id="rId6872691d0991e8b7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11432,51 +11432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58716900ca36300ff" w:history="1">
+      <w:hyperlink r:id="rId5333691d0991e8c4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24476900ca3630283" w:history="1">
+      <w:hyperlink r:id="rId4119691d0991e8dbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60936900ca36302a3" w:history="1"/>
+      <w:hyperlink r:id="rId2579691d0991e8ddd" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93196821" name="name20356900ca3630315" descr="eu_funding_250.png"/>
+            <wp:docPr id="15256214" name="name3410691d0991e8f12" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96516900ca3630314" cstate="print"/>
+                    <a:blip r:embed="rId5946691d0991e8f10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76966784">
+  <w:abstractNum w:abstractNumId="16032082">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38892386">
+    <w:lvl w:ilvl="0" w:tplc="75800193">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38892386" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75800193" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76966783">
+  <w:abstractNum w:abstractNumId="16032081">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34278383">
+    <w:lvl w:ilvl="0" w:tplc="82648282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76966783">
-    <w:abstractNumId w:val="76966783"/>
+  <w:num w:numId="16032081">
+    <w:abstractNumId w:val="16032081"/>
   </w:num>
-  <w:num w:numId="76966784">
-    <w:abstractNumId w:val="76966784"/>
+  <w:num w:numId="16032082">
+    <w:abstractNumId w:val="16032082"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId354029185" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId423450013" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43096900ca3629c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId72726900ca3629d01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId99996900ca362a735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId52326900ca362dc6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId47516900ca362eafd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId84186900ca362ebda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId73776900ca3630005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId58716900ca36300ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24476900ca3630283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId60936900ca36302a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId88916900ca362a611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88916900ca362a611.jpg"/><Relationship Id="rId34446900ca362d29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34446900ca362d29e.jpg"/><Relationship Id="rId96516900ca3630314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96516900ca3630314.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId979822312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId945598552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7347691d0991e228e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId3886691d0991e22fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId1249691d0991e2481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId1868691d0991e6192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId9868691d0991e72c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId3509691d0991e73a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId6872691d0991e8b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId5333691d0991e8c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4119691d0991e8dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId2579691d0991e8ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId1050691d0991e23a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1050691d0991e23a6.jpg"/><Relationship Id="rId7090691d0991e558f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7090691d0991e558f.jpg"/><Relationship Id="rId5946691d0991e8f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5946691d0991e8f10.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>