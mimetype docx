--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7347691d0991e228e" w:history="1">
+            <w:hyperlink r:id="rId4227693a9528b6a8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -408,51 +408,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3886691d0991e22fa" w:history="1">
+            <w:hyperlink r:id="rId3363693a9528b6afa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16113690" name="name1139691d0991e23a8" descr="12707.jpg"/>
+                  <wp:docPr id="93618722" name="name3781693a9528b6be8" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1050691d0991e23a6" cstate="print"/>
+                          <a:blip r:embed="rId9401693a9528b6be7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1249691d0991e2481" w:history="1">
+            <w:hyperlink r:id="rId6233693a9528b6d30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,63 +4940,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50162800" name="name1387691d0991e5593" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="58176950" name="name8553693a9528b97db" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7090691d0991e558f" cstate="print"/>
+                    <a:blip r:embed="rId3857693a9528b97d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1868691d0991e6192" w:history="1">
+      <w:hyperlink r:id="rId9262693a9528ba20e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9868691d0991e72c9" w:history="1">
+      <w:hyperlink r:id="rId2369693a9528bb0e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3509691d0991e73a7" w:history="1">
+      <w:hyperlink r:id="rId2919693a9528bb1c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6872691d0991e8b7e" w:history="1">
+      <w:hyperlink r:id="rId8694693a9528bc5b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11432,51 +11432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5333691d0991e8c4e" w:history="1">
+      <w:hyperlink r:id="rId3750693a9528bc69f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4119691d0991e8dbd" w:history="1">
+      <w:hyperlink r:id="rId5902693a9528bc83b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2579691d0991e8ddd" w:history="1"/>
+      <w:hyperlink r:id="rId3203693a9528bc85c" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15256214" name="name3410691d0991e8f12" descr="eu_funding_250.png"/>
+            <wp:docPr id="56758941" name="name5118693a9528bc8b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5946691d0991e8f10" cstate="print"/>
+                    <a:blip r:embed="rId2503693a9528bc8b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16032082">
+  <w:abstractNum w:abstractNumId="38758348">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75800193">
+    <w:lvl w:ilvl="0" w:tplc="56341279">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75800193" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56341279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16032081">
+  <w:abstractNum w:abstractNumId="38758347">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82648282">
+    <w:lvl w:ilvl="0" w:tplc="96658896">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16032081">
-    <w:abstractNumId w:val="16032081"/>
+  <w:num w:numId="38758347">
+    <w:abstractNumId w:val="38758347"/>
   </w:num>
-  <w:num w:numId="16032082">
-    <w:abstractNumId w:val="16032082"/>
+  <w:num w:numId="38758348">
+    <w:abstractNumId w:val="38758348"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId979822312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId945598552" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7347691d0991e228e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId3886691d0991e22fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId1249691d0991e2481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId1868691d0991e6192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId9868691d0991e72c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId3509691d0991e73a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId6872691d0991e8b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId5333691d0991e8c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4119691d0991e8dbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId2579691d0991e8ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId1050691d0991e23a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1050691d0991e23a6.jpg"/><Relationship Id="rId7090691d0991e558f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7090691d0991e558f.jpg"/><Relationship Id="rId5946691d0991e8f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5946691d0991e8f10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId406390093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657006719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4227693a9528b6a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId3363693a9528b6afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId6233693a9528b6d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId9262693a9528ba20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId2369693a9528bb0e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId2919693a9528bb1c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId8694693a9528bc5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId3750693a9528bc69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5902693a9528bc83b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId3203693a9528bc85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId9401693a9528b6be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9401693a9528b6be7.jpg"/><Relationship Id="rId3857693a9528b97d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3857693a9528b97d8.jpg"/><Relationship Id="rId2503693a9528bc8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2503693a9528bc8b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>