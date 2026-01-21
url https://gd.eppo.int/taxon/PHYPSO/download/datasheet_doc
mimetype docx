--- v3 (2025-12-11)
+++ v4 (2026-01-21)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4227693a9528b6a8d" w:history="1">
+            <w:hyperlink r:id="rId528269710bd9256f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -408,51 +408,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3363693a9528b6afa" w:history="1">
+            <w:hyperlink r:id="rId639269710bd925762" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93618722" name="name3781693a9528b6be8" descr="12707.jpg"/>
+                  <wp:docPr id="69951618" name="name597069710bd925fed" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9401693a9528b6be7" cstate="print"/>
+                          <a:blip r:embed="rId664369710bd925feb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6233693a9528b6d30" w:history="1">
+            <w:hyperlink r:id="rId556069710bd92614c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,63 +4940,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58176950" name="name8553693a9528b97db" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="14688199" name="name230069710bd928a10" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3857693a9528b97d8" cstate="print"/>
+                    <a:blip r:embed="rId110969710bd928a0d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9262693a9528ba20e" w:history="1">
+      <w:hyperlink r:id="rId713769710bd929586" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2369693a9528bb0e6" w:history="1">
+      <w:hyperlink r:id="rId981969710bd92a692" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2919693a9528bb1c9" w:history="1">
+      <w:hyperlink r:id="rId186569710bd92a774" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8694693a9528bc5b4" w:history="1">
+      <w:hyperlink r:id="rId174369710bd92c019" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11410,73 +11410,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3750693a9528bc69f" w:history="1">
+      <w:hyperlink r:id="rId111669710bd92c10a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5902693a9528bc83b" w:history="1">
+      <w:hyperlink r:id="rId727269710bd92c288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3203693a9528bc85c" w:history="1"/>
+      <w:hyperlink r:id="rId633469710bd92c2aa" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56758941" name="name5118693a9528bc8b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="73302998" name="name524269710bd92c34b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2503693a9528bc8b7" cstate="print"/>
+                    <a:blip r:embed="rId895069710bd92c34a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38758348">
+  <w:abstractNum w:abstractNumId="35999724">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56341279">
+    <w:lvl w:ilvl="0" w:tplc="92037938">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56341279" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92037938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38758347">
+  <w:abstractNum w:abstractNumId="35999723">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96658896">
+    <w:lvl w:ilvl="0" w:tplc="82764403">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38758347">
-    <w:abstractNumId w:val="38758347"/>
+  <w:num w:numId="35999723">
+    <w:abstractNumId w:val="35999723"/>
   </w:num>
-  <w:num w:numId="38758348">
-    <w:abstractNumId w:val="38758348"/>
+  <w:num w:numId="35999724">
+    <w:abstractNumId w:val="35999724"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId406390093" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657006719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4227693a9528b6a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId3363693a9528b6afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId6233693a9528b6d30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId9262693a9528ba20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId2369693a9528bb0e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId2919693a9528bb1c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId8694693a9528bc5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId3750693a9528bc69f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5902693a9528bc83b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId3203693a9528bc85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId9401693a9528b6be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9401693a9528b6be7.jpg"/><Relationship Id="rId3857693a9528b97d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3857693a9528b97d8.jpg"/><Relationship Id="rId2503693a9528bc8b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2503693a9528bc8b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308600986" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId930928058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId528269710bd9256f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId639269710bd925762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId556069710bd92614c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId713769710bd929586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId981969710bd92a692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId186569710bd92a774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId174369710bd92c019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId111669710bd92c10a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId727269710bd92c288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId633469710bd92c2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId664369710bd925feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664369710bd925feb.jpg"/><Relationship Id="rId110969710bd928a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId110969710bd928a0d.jpg"/><Relationship Id="rId895069710bd92c34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895069710bd92c34a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>