--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId528269710bd9256f6" w:history="1">
+            <w:hyperlink r:id="rId3697698c3fd9e1127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -406,53 +406,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId639269710bd925762" w:history="1">
+            <w:hyperlink r:id="rId3076698c3fd9e1190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69951618" name="name597069710bd925fed" descr="12707.jpg"/>
+                  <wp:docPr id="32442044" name="name7009698c3fd9e1672" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId664369710bd925feb" cstate="print"/>
+                          <a:blip r:embed="rId8654698c3fd9e1670" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId556069710bd92614c" w:history="1">
+            <w:hyperlink r:id="rId9195698c3fd9e1799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,105 +4940,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="14688199" name="name230069710bd928a10" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="49642428" name="name8691698c3fd9e43fb" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId110969710bd928a0d" cstate="print"/>
+                    <a:blip r:embed="rId8387698c3fd9e43f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Armenia, Austria, Azerbaijan, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sicilia), Jordan, Kyrgyzstan, Moldova, Republic of, Montenegro, North Macedonia, Poland, Romania, Russian Federation (the) (Central Russia, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Albania, Armenia, Austria, Azerbaijan, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sicilia), Jordan, Kyrgyzstan, Moldova, Republic of, Montenegro, North Macedonia, Poland, Romania, Russian Federation (Central Russia, Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Niger</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId713769710bd929586" w:history="1">
+      <w:hyperlink r:id="rId8869698c3fd9e4e1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981969710bd92a692" w:history="1">
+      <w:hyperlink r:id="rId4586698c3fd9e5caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId186569710bd92a774" w:history="1">
+      <w:hyperlink r:id="rId3530698c3fd9e5d95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId174369710bd92c019" w:history="1">
+      <w:hyperlink r:id="rId6791698c3fd9e74b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11432,51 +11432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111669710bd92c10a" w:history="1">
+      <w:hyperlink r:id="rId2276698c3fd9e7592" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727269710bd92c288" w:history="1">
+      <w:hyperlink r:id="rId6742698c3fd9e771a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633469710bd92c2aa" w:history="1"/>
+      <w:hyperlink r:id="rId4046698c3fd9e773b" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73302998" name="name524269710bd92c34b" descr="eu_funding_250.png"/>
+            <wp:docPr id="74208405" name="name6984698c3fd9e779b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId895069710bd92c34a" cstate="print"/>
+                    <a:blip r:embed="rId4897698c3fd9e779a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35999724">
+  <w:abstractNum w:abstractNumId="97897114">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92037938">
+    <w:lvl w:ilvl="0" w:tplc="83889683">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92037938" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83889683" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35999723">
+  <w:abstractNum w:abstractNumId="97897113">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82764403">
+    <w:lvl w:ilvl="0" w:tplc="38941165">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35999723">
-    <w:abstractNumId w:val="35999723"/>
+  <w:num w:numId="97897113">
+    <w:abstractNumId w:val="97897113"/>
   </w:num>
-  <w:num w:numId="35999724">
-    <w:abstractNumId w:val="35999724"/>
+  <w:num w:numId="97897114">
+    <w:abstractNumId w:val="97897114"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId308600986" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId930928058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId528269710bd9256f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId639269710bd925762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId556069710bd92614c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId713769710bd929586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId981969710bd92a692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId186569710bd92a774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId174369710bd92c019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId111669710bd92c10a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId727269710bd92c288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId633469710bd92c2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId664369710bd925feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664369710bd925feb.jpg"/><Relationship Id="rId110969710bd928a0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId110969710bd928a0d.jpg"/><Relationship Id="rId895069710bd92c34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId895069710bd92c34a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId460804147" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629246779" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3697698c3fd9e1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId3076698c3fd9e1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId9195698c3fd9e1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId8869698c3fd9e4e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId4586698c3fd9e5caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId3530698c3fd9e5d95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId6791698c3fd9e74b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId2276698c3fd9e7592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6742698c3fd9e771a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId4046698c3fd9e773b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId8654698c3fd9e1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8654698c3fd9e1670.jpg"/><Relationship Id="rId8387698c3fd9e43f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8387698c3fd9e43f7.jpg"/><Relationship Id="rId4897698c3fd9e779a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4897698c3fd9e779a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>