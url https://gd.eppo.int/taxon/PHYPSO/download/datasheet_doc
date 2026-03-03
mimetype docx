--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3697698c3fd9e1127" w:history="1">
+            <w:hyperlink r:id="rId301869a6b376a51b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -408,51 +408,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3076698c3fd9e1190" w:history="1">
+            <w:hyperlink r:id="rId879669a6b376a5220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32442044" name="name7009698c3fd9e1672" descr="12707.jpg"/>
+                  <wp:docPr id="9449164" name="name588069a6b376a5925" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8654698c3fd9e1670" cstate="print"/>
+                          <a:blip r:embed="rId727669a6b376a5923" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9195698c3fd9e1799" w:history="1">
+            <w:hyperlink r:id="rId431669a6b376a5a66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,63 +4940,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49642428" name="name8691698c3fd9e43fb" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="56870236" name="name382469a6b376a8417" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8387698c3fd9e43f7" cstate="print"/>
+                    <a:blip r:embed="rId160169a6b376a8413" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8869698c3fd9e4e1f" w:history="1">
+      <w:hyperlink r:id="rId379369a6b376a8e16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4586698c3fd9e5caa" w:history="1">
+      <w:hyperlink r:id="rId752669a6b376a9caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3530698c3fd9e5d95" w:history="1">
+      <w:hyperlink r:id="rId117369a6b376a9d85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6791698c3fd9e74b6" w:history="1">
+      <w:hyperlink r:id="rId871169a6b376ab23d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11432,51 +11432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2276698c3fd9e7592" w:history="1">
+      <w:hyperlink r:id="rId196969a6b376ab318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6742698c3fd9e771a" w:history="1">
+      <w:hyperlink r:id="rId247469a6b376ab48b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4046698c3fd9e773b" w:history="1"/>
+      <w:hyperlink r:id="rId450969a6b376ab4ab" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74208405" name="name6984698c3fd9e779b" descr="eu_funding_250.png"/>
+            <wp:docPr id="59451994" name="name679869a6b376ab509" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4897698c3fd9e779a" cstate="print"/>
+                    <a:blip r:embed="rId874769a6b376ab508" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97897114">
+  <w:abstractNum w:abstractNumId="90135589">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83889683">
+    <w:lvl w:ilvl="0" w:tplc="20869593">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83889683" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20869593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97897113">
+  <w:abstractNum w:abstractNumId="90135588">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38941165">
+    <w:lvl w:ilvl="0" w:tplc="99575084">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97897113">
-    <w:abstractNumId w:val="97897113"/>
+  <w:num w:numId="90135588">
+    <w:abstractNumId w:val="90135588"/>
   </w:num>
-  <w:num w:numId="97897114">
-    <w:abstractNumId w:val="97897114"/>
+  <w:num w:numId="90135589">
+    <w:abstractNumId w:val="90135589"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId460804147" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629246779" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3697698c3fd9e1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId3076698c3fd9e1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId9195698c3fd9e1799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId8869698c3fd9e4e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId4586698c3fd9e5caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId3530698c3fd9e5d95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId6791698c3fd9e74b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId2276698c3fd9e7592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6742698c3fd9e771a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId4046698c3fd9e773b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId8654698c3fd9e1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8654698c3fd9e1670.jpg"/><Relationship Id="rId8387698c3fd9e43f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8387698c3fd9e43f7.jpg"/><Relationship Id="rId4897698c3fd9e779a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4897698c3fd9e779a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId631650338" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId805152916" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId301869a6b376a51b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId879669a6b376a5220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId431669a6b376a5a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId379369a6b376a8e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId752669a6b376a9caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId117369a6b376a9d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId871169a6b376ab23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId196969a6b376ab318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId247469a6b376ab48b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId450969a6b376ab4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId727669a6b376a5923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727669a6b376a5923.jpg"/><Relationship Id="rId160169a6b376a8413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId160169a6b376a8413.jpg"/><Relationship Id="rId874769a6b376ab508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId874769a6b376ab508.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>