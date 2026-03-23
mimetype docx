--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -348,51 +348,51 @@
               <w:t xml:space="preserve">Stolbur phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> STOL, black wood of grapevine, maize redness, metabolbur, parastolbur, stolbur of potato, stolbur of tobacco, stolbur of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301869a6b376a51b3" w:history="1">
+            <w:hyperlink r:id="rId981169c129458f7f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -408,51 +408,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId879669a6b376a5220" w:history="1">
+            <w:hyperlink r:id="rId469169c129458f862" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -466,86 +466,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPSO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9449164" name="name588069a6b376a5925" descr="12707.jpg"/>
+                  <wp:docPr id="58452763" name="name976069c12945918d4" descr="12707.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12707.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId727669a6b376a5923" cstate="print"/>
+                          <a:blip r:embed="rId933569c12945918d2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId431669a6b376a5a66" w:history="1">
+            <w:hyperlink r:id="rId249669c1294591a31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4940,63 +4940,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma solani'.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56870236" name="name382469a6b376a8417" descr="PHYPSO_distribution_map.jpg"/>
+            <wp:docPr id="56652048" name="name191069c12945966ff" descr="PHYPSO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPSO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId160169a6b376a8413" cstate="print"/>
+                    <a:blip r:embed="rId142369c12945966fb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6205,51 +6205,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">On lavender (lavender decline)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Early symptoms of lavender decline are low vigour and leaf yellowing, then the canopy of infected lavender dries in sectors and plants eventually die (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId379369a6b376a8e16" w:history="1">
+      <w:hyperlink r:id="rId725469c1294597178" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">S</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">émétey </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -8426,51 +8426,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dermastia M, Bertaccini A, Constable F &amp; Mehle N (2017) Grapevine Yellows Diseases and Their Phytoplasma Agents. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Springer International Publishing. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cham, (SZ). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId752669a6b376a9caa" w:history="1">
+      <w:hyperlink r:id="rId929269c12945981de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpo.org/10.1007/978-3-319-50648-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8556,51 +8556,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId117369a6b376a9d85" w:history="1">
+      <w:hyperlink r:id="rId593669c12945982b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3924</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11313,51 +11313,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Phytoplasma solani’ (Stolbur phytoplasma) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId871169a6b376ab23d" w:history="1">
+      <w:hyperlink r:id="rId306469c129459b5d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/108243</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 10 December 2020; accessed on May 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11432,51 +11432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma solani'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196969a6b376ab318" w:history="1">
+      <w:hyperlink r:id="rId948769c129459b6bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11647,91 +11647,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 115-120. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247469a6b376ab48b" w:history="1">
+      <w:hyperlink r:id="rId440169c129459b84b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02782.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId450969a6b376ab4ab" w:history="1"/>
+      <w:hyperlink r:id="rId835269c129459b876" w:history="1"/>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59451994" name="name679869a6b376ab509" descr="eu_funding_250.png"/>
+            <wp:docPr id="26950236" name="name174969c129459b8f5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId874769a6b376ab508" cstate="print"/>
+                    <a:blip r:embed="rId146669c129459b8f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p/>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
@@ -11830,137 +11830,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90135589">
+  <w:abstractNum w:abstractNumId="16774302">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20869593">
+    <w:lvl w:ilvl="0" w:tplc="16640021">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20869593" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16640021" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90135588">
+  <w:abstractNum w:abstractNumId="16774301">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99575084">
+    <w:lvl w:ilvl="0" w:tplc="21908822">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12712,55 +12712,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90135588">
-    <w:abstractNumId w:val="90135588"/>
+  <w:num w:numId="16774301">
+    <w:abstractNumId w:val="16774301"/>
   </w:num>
-  <w:num w:numId="90135589">
-    <w:abstractNumId w:val="90135589"/>
+  <w:num w:numId="16774302">
+    <w:abstractNumId w:val="16774302"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -24310,51 +24310,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId631650338" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId805152916" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId301869a6b376a51b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId879669a6b376a5220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId431669a6b376a5a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId379369a6b376a8e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId752669a6b376a9caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId117369a6b376a9d85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId871169a6b376ab23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId196969a6b376ab318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId247469a6b376ab48b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId450969a6b376ab4ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId727669a6b376a5923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727669a6b376a5923.jpg"/><Relationship Id="rId160169a6b376a8413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId160169a6b376a8413.jpg"/><Relationship Id="rId874769a6b376ab508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId874769a6b376ab508.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId755932460" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId964167854" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId981169c129458f7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/" TargetMode="External"/><Relationship Id="rId469169c129458f862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/categorization" TargetMode="External"/><Relationship Id="rId249669c1294591a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPSO/photos" TargetMode="External"/><Relationship Id="rId725469c1294597178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243#28334cdc-8482-49b0-b47c-56c3c3271fcc" TargetMode="External"/><Relationship Id="rId929269c12945981de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpo.org/10.1007/978-3-319-50648-7" TargetMode="External"/><Relationship Id="rId593669c12945982b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3924" TargetMode="External"/><Relationship Id="rId306469c129459b5d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/108243" TargetMode="External"/><Relationship Id="rId948769c129459b6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId440169c129459b84b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02782.x" TargetMode="External"/><Relationship Id="rId835269c129459b876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01715.x" TargetMode="External"/><Relationship Id="rId933569c12945918d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId933569c12945918d2.jpg"/><Relationship Id="rId142369c12945966fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId142369c12945966fb.jpg"/><Relationship Id="rId146669c129459b8f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId146669c129459b8f4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>