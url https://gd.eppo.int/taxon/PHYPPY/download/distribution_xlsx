--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHYPPY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
@@ -306,53 +306,50 @@
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
-  </si>
-[...1 lines deleted...]
-    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
@@ -1436,216 +1433,216 @@
       <c r="B41" t="s">
         <v>94</v>
       </c>
       <c r="C41"/>
       <c r="D41" t="s">
         <v>95</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>50</v>
       </c>
       <c r="B42" t="s">
         <v>96</v>
       </c>
       <c r="C42"/>
       <c r="D42" t="s">
         <v>97</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>50</v>
       </c>
       <c r="B43" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>50</v>
       </c>
       <c r="B44" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
         <v>50</v>
       </c>
       <c r="B45" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C45"/>
       <c r="D45" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>50</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C46"/>
       <c r="D46" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>50</v>
       </c>
       <c r="B49" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
         <v>50</v>
       </c>
       <c r="B50" t="s">
+        <v>110</v>
+      </c>
+      <c r="C50" t="s">
+        <v>112</v>
+      </c>
+      <c r="D50" t="s">
         <v>111</v>
       </c>
-      <c r="C50" t="s">
+      <c r="E50" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>114</v>
+      </c>
+      <c r="B51" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" t="s">
         <v>115</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
+        <v>117</v>
+      </c>
+      <c r="D52" t="s">
         <v>116</v>
       </c>
-      <c r="C52" t="s">
+      <c r="E52" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>