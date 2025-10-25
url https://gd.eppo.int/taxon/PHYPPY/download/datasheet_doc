--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429468e095ae104d4" w:history="1">
+            <w:hyperlink r:id="rId434068fc166dbd5c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392068e095ae10540" w:history="1">
+            <w:hyperlink r:id="rId700068fc166dbd630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5680142" name="name670968e095ae109af" descr="15001.jpg"/>
+                  <wp:docPr id="3382873" name="name336468fc166dbd736" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId987568e095ae109ad" cstate="print"/>
+                          <a:blip r:embed="rId713068fc166dbd735" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId897768e095ae10ae6" w:history="1">
+            <w:hyperlink r:id="rId875668fc166dbd855" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,63 +1186,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27433280" name="name503568e095ae12de0" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="34735596" name="name754568fc166dbf56e" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId258368e095ae12ddc" cstate="print"/>
+                    <a:blip r:embed="rId590368fc166dbf569" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId952568e095ae13da6" w:history="1">
+      <w:hyperlink r:id="rId590868fc166dc054f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId652368e095ae1402d" w:history="1">
+      <w:hyperlink r:id="rId156368fc166dc07d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284668e095ae14084" w:history="1">
+      <w:hyperlink r:id="rId953768fc166dc082b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653468e095ae141fd" w:history="1">
+      <w:hyperlink r:id="rId599468fc166dc099d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579968e095ae142b2" w:history="1">
+      <w:hyperlink r:id="rId984468fc166dc0a51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141368e095ae143e2" w:history="1">
+      <w:hyperlink r:id="rId337468fc166dc0b8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875868e095ae1452d" w:history="1">
+      <w:hyperlink r:id="rId924268fc166dc0cdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328168e095ae1461e" w:history="1">
+      <w:hyperlink r:id="rId412168fc166dc0dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908768e095ae146d0" w:history="1">
+      <w:hyperlink r:id="rId203168fc166dc0e7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509968e095ae147bc" w:history="1">
+      <w:hyperlink r:id="rId434368fc166dc0f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId726868e095ae149e4" w:history="1">
+      <w:hyperlink r:id="rId309568fc166dc1011" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930368e095ae16890" w:history="1">
+      <w:hyperlink r:id="rId776868fc166dc1108" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145468e095ae16936" w:history="1">
+      <w:hyperlink r:id="rId987268fc166dc11a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId574168e095ae16a6d" w:history="1">
+      <w:hyperlink r:id="rId891068fc166dc12dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487268e095ae16d65" w:history="1">
+      <w:hyperlink r:id="rId243668fc166dc15d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696668e095ae16e6b" w:history="1">
+      <w:hyperlink r:id="rId571468fc166dc16de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958568e095ae16f8c" w:history="1">
+      <w:hyperlink r:id="rId151068fc166dc17f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581968e095ae170e5" w:history="1">
+      <w:hyperlink r:id="rId564168fc166dc194c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82072452" name="name599468e095ae1751c" descr="eu_funding_250.png"/>
+            <wp:docPr id="92110245" name="name971368fc166dc19b4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId663668e095ae1751a" cstate="print"/>
+                    <a:blip r:embed="rId199068fc166dc19b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28717604">
+  <w:abstractNum w:abstractNumId="51098685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14554970">
+    <w:lvl w:ilvl="0" w:tplc="82099203">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14554970" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82099203" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28717603">
+  <w:abstractNum w:abstractNumId="51098684">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47081889">
+    <w:lvl w:ilvl="0" w:tplc="13153094">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28717603">
-    <w:abstractNumId w:val="28717603"/>
+  <w:num w:numId="51098684">
+    <w:abstractNumId w:val="51098684"/>
   </w:num>
-  <w:num w:numId="28717604">
-    <w:abstractNumId w:val="28717604"/>
+  <w:num w:numId="51098685">
+    <w:abstractNumId w:val="51098685"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId821887025" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId110989966" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId429468e095ae104d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId392068e095ae10540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId897768e095ae10ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId952568e095ae13da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId652368e095ae1402d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId284668e095ae14084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId653468e095ae141fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId579968e095ae142b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId141368e095ae143e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId875868e095ae1452d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId328168e095ae1461e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId908768e095ae146d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId509968e095ae147bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId726868e095ae149e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId930368e095ae16890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId145468e095ae16936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId574168e095ae16a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId487268e095ae16d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId696668e095ae16e6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId958568e095ae16f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId581968e095ae170e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId987568e095ae109ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId987568e095ae109ad.jpg"/><Relationship Id="rId258368e095ae12ddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId258368e095ae12ddc.jpg"/><Relationship Id="rId663668e095ae1751a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId663668e095ae1751a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId907899666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615414815" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId434068fc166dbd5c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId700068fc166dbd630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId875668fc166dbd855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId590868fc166dc054f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId156368fc166dc07d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId953768fc166dc082b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId599468fc166dc099d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId984468fc166dc0a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId337468fc166dc0b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId924268fc166dc0cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId412168fc166dc0dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId203168fc166dc0e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId434368fc166dc0f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId309568fc166dc1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId776868fc166dc1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId987268fc166dc11a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId891068fc166dc12dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId243668fc166dc15d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId571468fc166dc16de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId151068fc166dc17f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId564168fc166dc194c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId713068fc166dbd735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId713068fc166dbd735.jpg"/><Relationship Id="rId590368fc166dbf569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId590368fc166dbf569.jpg"/><Relationship Id="rId199068fc166dc19b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199068fc166dc19b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>