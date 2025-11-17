--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434068fc166dbd5c4" w:history="1">
+            <w:hyperlink r:id="rId5323691a8e93d6db7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId700068fc166dbd630" w:history="1">
+            <w:hyperlink r:id="rId5178691a8e93d6e23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3382873" name="name336468fc166dbd736" descr="15001.jpg"/>
+                  <wp:docPr id="78262733" name="name1963691a8e93d76df" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId713068fc166dbd735" cstate="print"/>
+                          <a:blip r:embed="rId9125691a8e93d76dd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId875668fc166dbd855" w:history="1">
+            <w:hyperlink r:id="rId4892691a8e93d7818" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,63 +1186,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34735596" name="name754568fc166dbf56e" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="8043313" name="name1810691a8e93d8ebf" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId590368fc166dbf569" cstate="print"/>
+                    <a:blip r:embed="rId8175691a8e93d8ebb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590868fc166dc054f" w:history="1">
+      <w:hyperlink r:id="rId7151691a8e93d9de0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId156368fc166dc07d4" w:history="1">
+      <w:hyperlink r:id="rId3203691a8e93da050" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953768fc166dc082b" w:history="1">
+      <w:hyperlink r:id="rId1832691a8e93da0a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599468fc166dc099d" w:history="1">
+      <w:hyperlink r:id="rId2853691a8e93da20e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984468fc166dc0a51" w:history="1">
+      <w:hyperlink r:id="rId7018691a8e93da2bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337468fc166dc0b8e" w:history="1">
+      <w:hyperlink r:id="rId7374691a8e93da3f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924268fc166dc0cdc" w:history="1">
+      <w:hyperlink r:id="rId3579691a8e93da54c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412168fc166dc0dce" w:history="1">
+      <w:hyperlink r:id="rId6727691a8e93da63b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203168fc166dc0e7e" w:history="1">
+      <w:hyperlink r:id="rId4589691a8e93da6e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434368fc166dc0f9c" w:history="1">
+      <w:hyperlink r:id="rId8383691a8e93da7d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309568fc166dc1011" w:history="1">
+      <w:hyperlink r:id="rId8703691a8e93da842" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776868fc166dc1108" w:history="1">
+      <w:hyperlink r:id="rId9460691a8e93da90e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987268fc166dc11a8" w:history="1">
+      <w:hyperlink r:id="rId7926691a8e93da99e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891068fc166dc12dd" w:history="1">
+      <w:hyperlink r:id="rId2183691a8e93daac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243668fc166dc15d4" w:history="1">
+      <w:hyperlink r:id="rId8752691a8e93dadc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571468fc166dc16de" w:history="1">
+      <w:hyperlink r:id="rId7056691a8e93daec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId151068fc166dc17f3" w:history="1">
+      <w:hyperlink r:id="rId6001691a8e93dafec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564168fc166dc194c" w:history="1">
+      <w:hyperlink r:id="rId3616691a8e93db141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92110245" name="name971368fc166dc19b4" descr="eu_funding_250.png"/>
+            <wp:docPr id="82271241" name="name9574691a8e93db482" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId199068fc166dc19b3" cstate="print"/>
+                    <a:blip r:embed="rId7671691a8e93db481" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51098685">
+  <w:abstractNum w:abstractNumId="64176586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82099203">
+    <w:lvl w:ilvl="0" w:tplc="76195945">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82099203" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76195945" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51098684">
+  <w:abstractNum w:abstractNumId="64176585">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13153094">
+    <w:lvl w:ilvl="0" w:tplc="91213369">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51098684">
-    <w:abstractNumId w:val="51098684"/>
+  <w:num w:numId="64176585">
+    <w:abstractNumId w:val="64176585"/>
   </w:num>
-  <w:num w:numId="51098685">
-    <w:abstractNumId w:val="51098685"/>
+  <w:num w:numId="64176586">
+    <w:abstractNumId w:val="64176586"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId907899666" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId615414815" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId434068fc166dbd5c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId700068fc166dbd630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId875668fc166dbd855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId590868fc166dc054f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId156368fc166dc07d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId953768fc166dc082b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId599468fc166dc099d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId984468fc166dc0a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId337468fc166dc0b8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId924268fc166dc0cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId412168fc166dc0dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId203168fc166dc0e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId434368fc166dc0f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId309568fc166dc1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId776868fc166dc1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId987268fc166dc11a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId891068fc166dc12dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId243668fc166dc15d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId571468fc166dc16de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId151068fc166dc17f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId564168fc166dc194c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId713068fc166dbd735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId713068fc166dbd735.jpg"/><Relationship Id="rId590368fc166dbf569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId590368fc166dbf569.jpg"/><Relationship Id="rId199068fc166dc19b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId199068fc166dc19b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414461139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278249410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5323691a8e93d6db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId5178691a8e93d6e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId4892691a8e93d7818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId7151691a8e93d9de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId3203691a8e93da050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId1832691a8e93da0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId2853691a8e93da20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId7018691a8e93da2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId7374691a8e93da3f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId3579691a8e93da54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId6727691a8e93da63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId4589691a8e93da6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId8383691a8e93da7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId8703691a8e93da842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId9460691a8e93da90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId7926691a8e93da99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId2183691a8e93daac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId8752691a8e93dadc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId7056691a8e93daec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId6001691a8e93dafec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3616691a8e93db141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId9125691a8e93d76dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9125691a8e93d76dd.jpg"/><Relationship Id="rId8175691a8e93d8ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8175691a8e93d8ebb.jpg"/><Relationship Id="rId7671691a8e93db481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7671691a8e93db481.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>