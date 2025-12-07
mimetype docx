--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5323691a8e93d6db7" w:history="1">
+            <w:hyperlink r:id="rId2408693515d0f2561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5178691a8e93d6e23" w:history="1">
+            <w:hyperlink r:id="rId6087693515d0f25d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78262733" name="name1963691a8e93d76df" descr="15001.jpg"/>
+                  <wp:docPr id="99483746" name="name6147693515d0f26ac" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9125691a8e93d76dd" cstate="print"/>
+                          <a:blip r:embed="rId5075693515d0f26ab" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4892691a8e93d7818" w:history="1">
+            <w:hyperlink r:id="rId6941693515d0f27ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,105 +1186,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8043313" name="name1810691a8e93d8ebf" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="86221554" name="name7056693515d0f3980" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8175691a8e93d8ebb" cstate="print"/>
+                    <a:blip r:embed="rId1882693515d0f397e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Germany, Greece (mainland), Hungary, Israel, Italy (mainland), Jordan, Luxembourg, Moldova, Republic of, Netherlands, Norway, Poland, Portugal (mainland), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Germany, Greece (mainland), Hungary, Israel, Italy (mainland), Jordan, Luxembourg, Moldova, Republic of, Netherlands, Norway, Poland, Portugal (mainland), Russian Federation (the), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Libya, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7151691a8e93d9de0" w:history="1">
+      <w:hyperlink r:id="rId9229693515d100695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3203691a8e93da050" w:history="1">
+      <w:hyperlink r:id="rId8702693515d1008ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1832691a8e93da0a6" w:history="1">
+      <w:hyperlink r:id="rId9476693515d100941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2853691a8e93da20e" w:history="1">
+      <w:hyperlink r:id="rId1638693515d100aa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7018691a8e93da2bd" w:history="1">
+      <w:hyperlink r:id="rId7838693515d100b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7374691a8e93da3f8" w:history="1">
+      <w:hyperlink r:id="rId3222693515d100c8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3579691a8e93da54c" w:history="1">
+      <w:hyperlink r:id="rId7350693515d100dd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6727691a8e93da63b" w:history="1">
+      <w:hyperlink r:id="rId1392693515d100ec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4589691a8e93da6e9" w:history="1">
+      <w:hyperlink r:id="rId1136693515d100f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8383691a8e93da7d3" w:history="1">
+      <w:hyperlink r:id="rId3589693515d101087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8703691a8e93da842" w:history="1">
+      <w:hyperlink r:id="rId9164693515d1010f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9460691a8e93da90e" w:history="1">
+      <w:hyperlink r:id="rId2165693515d1011c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7926691a8e93da99e" w:history="1">
+      <w:hyperlink r:id="rId9845693515d101258" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2183691a8e93daac8" w:history="1">
+      <w:hyperlink r:id="rId1283693515d101383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8752691a8e93dadc6" w:history="1">
+      <w:hyperlink r:id="rId9342693515d101661" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7056691a8e93daec9" w:history="1">
+      <w:hyperlink r:id="rId7180693515d10176d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6001691a8e93dafec" w:history="1">
+      <w:hyperlink r:id="rId6046693515d101885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3616691a8e93db141" w:history="1">
+      <w:hyperlink r:id="rId7591693515d1019d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82271241" name="name9574691a8e93db482" descr="eu_funding_250.png"/>
+            <wp:docPr id="92745415" name="name6674693515d101a39" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7671691a8e93db481" cstate="print"/>
+                    <a:blip r:embed="rId9722693515d101a38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64176586">
+  <w:abstractNum w:abstractNumId="80280877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76195945">
+    <w:lvl w:ilvl="0" w:tplc="90402151">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76195945" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90402151" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64176585">
+  <w:abstractNum w:abstractNumId="80280876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91213369">
+    <w:lvl w:ilvl="0" w:tplc="76112706">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64176585">
-    <w:abstractNumId w:val="64176585"/>
+  <w:num w:numId="80280876">
+    <w:abstractNumId w:val="80280876"/>
   </w:num>
-  <w:num w:numId="64176586">
-    <w:abstractNumId w:val="64176586"/>
+  <w:num w:numId="80280877">
+    <w:abstractNumId w:val="80280877"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId414461139" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId278249410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5323691a8e93d6db7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId5178691a8e93d6e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId4892691a8e93d7818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId7151691a8e93d9de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId3203691a8e93da050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId1832691a8e93da0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId2853691a8e93da20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId7018691a8e93da2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId7374691a8e93da3f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId3579691a8e93da54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId6727691a8e93da63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId4589691a8e93da6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId8383691a8e93da7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId8703691a8e93da842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId9460691a8e93da90e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId7926691a8e93da99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId2183691a8e93daac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId8752691a8e93dadc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId7056691a8e93daec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId6001691a8e93dafec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3616691a8e93db141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId9125691a8e93d76dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9125691a8e93d76dd.jpg"/><Relationship Id="rId8175691a8e93d8ebb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8175691a8e93d8ebb.jpg"/><Relationship Id="rId7671691a8e93db481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7671691a8e93db481.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527464575" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId986894107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2408693515d0f2561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId6087693515d0f25d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId6941693515d0f27ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId9229693515d100695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId8702693515d1008ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId9476693515d100941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId1638693515d100aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId7838693515d100b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId3222693515d100c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId7350693515d100dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId1392693515d100ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId1136693515d100f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId3589693515d101087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId9164693515d1010f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId2165693515d1011c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId9845693515d101258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId1283693515d101383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId9342693515d101661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId7180693515d10176d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId6046693515d101885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7591693515d1019d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId5075693515d0f26ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5075693515d0f26ab.jpg"/><Relationship Id="rId1882693515d0f397e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1882693515d0f397e.jpg"/><Relationship Id="rId9722693515d101a38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9722693515d101a38.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>