--- v3 (2025-12-07)
+++ v4 (2025-12-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2408693515d0f2561" w:history="1">
+            <w:hyperlink r:id="rId5399694ff72355622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6087693515d0f25d1" w:history="1">
+            <w:hyperlink r:id="rId3633694ff7235568a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99483746" name="name6147693515d0f26ac" descr="15001.jpg"/>
+                  <wp:docPr id="23463972" name="name7600694ff72355756" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5075693515d0f26ab" cstate="print"/>
+                          <a:blip r:embed="rId9034694ff72355755" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6941693515d0f27ed" w:history="1">
+            <w:hyperlink r:id="rId7164694ff72355864" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,63 +1186,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86221554" name="name7056693515d0f3980" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="91366768" name="name9112694ff72356c3c" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1882693515d0f397e" cstate="print"/>
+                    <a:blip r:embed="rId7908694ff72356c39" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9229693515d100695" w:history="1">
+      <w:hyperlink r:id="rId5125694ff72357b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8702693515d1008ed" w:history="1">
+      <w:hyperlink r:id="rId9968694ff72357d6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9476693515d100941" w:history="1">
+      <w:hyperlink r:id="rId2440694ff72357dc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1638693515d100aa6" w:history="1">
+      <w:hyperlink r:id="rId6889694ff72357f3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7838693515d100b53" w:history="1">
+      <w:hyperlink r:id="rId1410694ff72357fed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3222693515d100c8e" w:history="1">
+      <w:hyperlink r:id="rId9761694ff72358123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7350693515d100dd8" w:history="1">
+      <w:hyperlink r:id="rId2083694ff72358273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1392693515d100ec7" w:history="1">
+      <w:hyperlink r:id="rId6168694ff72358365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1136693515d100f8b" w:history="1">
+      <w:hyperlink r:id="rId8052694ff72358412" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3589693515d101087" w:history="1">
+      <w:hyperlink r:id="rId2449694ff723584fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9164693515d1010f9" w:history="1">
+      <w:hyperlink r:id="rId6127694ff7235856a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2165693515d1011c8" w:history="1">
+      <w:hyperlink r:id="rId1049694ff72358635" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9845693515d101258" w:history="1">
+      <w:hyperlink r:id="rId7981694ff723586c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1283693515d101383" w:history="1">
+      <w:hyperlink r:id="rId3100694ff723587e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9342693515d101661" w:history="1">
+      <w:hyperlink r:id="rId4213694ff72358ab8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7180693515d10176d" w:history="1">
+      <w:hyperlink r:id="rId7175694ff72358bb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6046693515d101885" w:history="1">
+      <w:hyperlink r:id="rId5906694ff72358cd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7591693515d1019d9" w:history="1">
+      <w:hyperlink r:id="rId8906694ff72358e3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92745415" name="name6674693515d101a39" descr="eu_funding_250.png"/>
+            <wp:docPr id="76805867" name="name4569694ff72358eb3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9722693515d101a38" cstate="print"/>
+                    <a:blip r:embed="rId1221694ff72358eb2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80280877">
+  <w:abstractNum w:abstractNumId="41188345">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90402151">
+    <w:lvl w:ilvl="0" w:tplc="26494127">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90402151" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26494127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80280876">
+  <w:abstractNum w:abstractNumId="41188344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76112706">
+    <w:lvl w:ilvl="0" w:tplc="45598375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80280876">
-    <w:abstractNumId w:val="80280876"/>
+  <w:num w:numId="41188344">
+    <w:abstractNumId w:val="41188344"/>
   </w:num>
-  <w:num w:numId="80280877">
-    <w:abstractNumId w:val="80280877"/>
+  <w:num w:numId="41188345">
+    <w:abstractNumId w:val="41188345"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId527464575" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId986894107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2408693515d0f2561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId6087693515d0f25d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId6941693515d0f27ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId9229693515d100695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId8702693515d1008ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId9476693515d100941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId1638693515d100aa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId7838693515d100b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId3222693515d100c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId7350693515d100dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId1392693515d100ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId1136693515d100f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId3589693515d101087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId9164693515d1010f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId2165693515d1011c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId9845693515d101258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId1283693515d101383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId9342693515d101661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId7180693515d10176d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId6046693515d101885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7591693515d1019d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId5075693515d0f26ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5075693515d0f26ab.jpg"/><Relationship Id="rId1882693515d0f397e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1882693515d0f397e.jpg"/><Relationship Id="rId9722693515d101a38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9722693515d101a38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId229774525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959046259" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5399694ff72355622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId3633694ff7235568a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId7164694ff72355864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId5125694ff72357b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId9968694ff72357d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId2440694ff72357dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId6889694ff72357f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId1410694ff72357fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId9761694ff72358123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId2083694ff72358273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId6168694ff72358365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId8052694ff72358412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId2449694ff723584fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId6127694ff7235856a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId1049694ff72358635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId7981694ff723586c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId3100694ff723587e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId4213694ff72358ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId7175694ff72358bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId5906694ff72358cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8906694ff72358e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId9034694ff72355755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9034694ff72355755.jpg"/><Relationship Id="rId7908694ff72356c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7908694ff72356c39.jpg"/><Relationship Id="rId1221694ff72358eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1221694ff72358eb2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>