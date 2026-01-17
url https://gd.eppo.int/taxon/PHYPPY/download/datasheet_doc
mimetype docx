--- v4 (2025-12-27)
+++ v5 (2026-01-17)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5399694ff72355622" w:history="1">
+            <w:hyperlink r:id="rId1473696b4c754fd00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3633694ff7235568a" w:history="1">
+            <w:hyperlink r:id="rId3127696b4c754fd6c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23463972" name="name7600694ff72355756" descr="15001.jpg"/>
+                  <wp:docPr id="24395298" name="name1732696b4c75502c7" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9034694ff72355755" cstate="print"/>
+                          <a:blip r:embed="rId6135696b4c75502c5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7164694ff72355864" w:history="1">
+            <w:hyperlink r:id="rId5544696b4c75503dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,63 +1186,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91366768" name="name9112694ff72356c3c" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="73314955" name="name1257696b4c75517b1" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7908694ff72356c39" cstate="print"/>
+                    <a:blip r:embed="rId7027696b4c75517ae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5125694ff72357b17" w:history="1">
+      <w:hyperlink r:id="rId9984696b4c75526bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9968694ff72357d6e" w:history="1">
+      <w:hyperlink r:id="rId2535696b4c755290d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2440694ff72357dc0" w:history="1">
+      <w:hyperlink r:id="rId8329696b4c755295f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6889694ff72357f3f" w:history="1">
+      <w:hyperlink r:id="rId5956696b4c7552ac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1410694ff72357fed" w:history="1">
+      <w:hyperlink r:id="rId6901696b4c7552b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9761694ff72358123" w:history="1">
+      <w:hyperlink r:id="rId4157696b4c7552cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2083694ff72358273" w:history="1">
+      <w:hyperlink r:id="rId1567696b4c7552e06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6168694ff72358365" w:history="1">
+      <w:hyperlink r:id="rId5760696b4c7552ef2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8052694ff72358412" w:history="1">
+      <w:hyperlink r:id="rId5230696b4c7552f9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2449694ff723584fc" w:history="1">
+      <w:hyperlink r:id="rId5308696b4c755309b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6127694ff7235856a" w:history="1">
+      <w:hyperlink r:id="rId7230696b4c755310c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1049694ff72358635" w:history="1">
+      <w:hyperlink r:id="rId2640696b4c75531d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7981694ff723586c3" w:history="1">
+      <w:hyperlink r:id="rId9730696b4c7553267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3100694ff723587e9" w:history="1">
+      <w:hyperlink r:id="rId1215696b4c755338e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4213694ff72358ab8" w:history="1">
+      <w:hyperlink r:id="rId1840696b4c755365f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7175694ff72358bb5" w:history="1">
+      <w:hyperlink r:id="rId2777696b4c755375c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6021,73 +6021,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5906694ff72358cd2" w:history="1">
+      <w:hyperlink r:id="rId5431696b4c7553876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8906694ff72358e3c" w:history="1">
+      <w:hyperlink r:id="rId1355696b4c75539ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76805867" name="name4569694ff72358eb3" descr="eu_funding_250.png"/>
+            <wp:docPr id="11089412" name="name4767696b4c7553a2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1221694ff72358eb2" cstate="print"/>
+                    <a:blip r:embed="rId8960696b4c7553a2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41188345">
+  <w:abstractNum w:abstractNumId="47229116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26494127">
+    <w:lvl w:ilvl="0" w:tplc="30897472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26494127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30897472" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41188344">
+  <w:abstractNum w:abstractNumId="47229115">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45598375">
+    <w:lvl w:ilvl="0" w:tplc="16108736">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41188344">
-    <w:abstractNumId w:val="41188344"/>
+  <w:num w:numId="47229115">
+    <w:abstractNumId w:val="47229115"/>
   </w:num>
-  <w:num w:numId="41188345">
-    <w:abstractNumId w:val="41188345"/>
+  <w:num w:numId="47229116">
+    <w:abstractNumId w:val="47229116"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId229774525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId959046259" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5399694ff72355622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId3633694ff7235568a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId7164694ff72355864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId5125694ff72357b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId9968694ff72357d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId2440694ff72357dc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId6889694ff72357f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId1410694ff72357fed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId9761694ff72358123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId2083694ff72358273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId6168694ff72358365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId8052694ff72358412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId2449694ff723584fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId6127694ff7235856a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId1049694ff72358635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId7981694ff723586c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId3100694ff723587e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId4213694ff72358ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId7175694ff72358bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId5906694ff72358cd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8906694ff72358e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId9034694ff72355755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9034694ff72355755.jpg"/><Relationship Id="rId7908694ff72356c39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7908694ff72356c39.jpg"/><Relationship Id="rId1221694ff72358eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1221694ff72358eb2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId517574603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724302005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1473696b4c754fd00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId3127696b4c754fd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId5544696b4c75503dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId9984696b4c75526bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId2535696b4c755290d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId8329696b4c755295f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId5956696b4c7552ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId6901696b4c7552b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId4157696b4c7552cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId1567696b4c7552e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId5760696b4c7552ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId5230696b4c7552f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId5308696b4c755309b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId7230696b4c755310c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId2640696b4c75531d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId9730696b4c7553267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId1215696b4c755338e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId1840696b4c755365f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId2777696b4c755375c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId5431696b4c7553876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1355696b4c75539ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId6135696b4c75502c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6135696b4c75502c5.jpg"/><Relationship Id="rId7027696b4c75517ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7027696b4c75517ae.jpg"/><Relationship Id="rId8960696b4c7553a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8960696b4c7553a2a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>