--- v5 (2026-01-17)
+++ v6 (2026-02-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1473696b4c754fd00" w:history="1">
+            <w:hyperlink r:id="rId5610698a0b379c99e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3127696b4c754fd6c" w:history="1">
+            <w:hyperlink r:id="rId9849698a0b379ca07" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24395298" name="name1732696b4c75502c7" descr="15001.jpg"/>
+                  <wp:docPr id="7118658" name="name3674698a0b379cff2" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6135696b4c75502c5" cstate="print"/>
+                          <a:blip r:embed="rId6224698a0b379cff0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5544696b4c75503dc" w:history="1">
+            <w:hyperlink r:id="rId8079698a0b379d149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,105 +1186,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73314955" name="name1257696b4c75517b1" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="5131132" name="name2770698a0b379e41d" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7027696b4c75517ae" cstate="print"/>
+                    <a:blip r:embed="rId6213698a0b379e41a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Germany, Greece (mainland), Hungary, Israel, Italy (mainland), Jordan, Luxembourg, Moldova, Republic of, Netherlands, Norway, Poland, Portugal (mainland), Russian Federation (the), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Azerbaijan, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland), Germany, Greece (mainland), Hungary, Israel, Italy (mainland), Jordan, Luxembourg, Moldova, Republic of, Netherlands, Norway, Poland, Portugal (mainland), Russian Federation, Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Libya, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9984696b4c75526bf" w:history="1">
+      <w:hyperlink r:id="rId7092698a0b379f3a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2535696b4c755290d" w:history="1">
+      <w:hyperlink r:id="rId4471698a0b379f601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8329696b4c755295f" w:history="1">
+      <w:hyperlink r:id="rId8155698a0b379f655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5956696b4c7552ac0" w:history="1">
+      <w:hyperlink r:id="rId1161698a0b379f822" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6901696b4c7552b7f" w:history="1">
+      <w:hyperlink r:id="rId7441698a0b379f8d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4157696b4c7552cb9" w:history="1">
+      <w:hyperlink r:id="rId3333698a0b379fa08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1567696b4c7552e06" w:history="1">
+      <w:hyperlink r:id="rId4142698a0b379fb5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5760696b4c7552ef2" w:history="1">
+      <w:hyperlink r:id="rId1581698a0b379fc66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5230696b4c7552f9e" w:history="1">
+      <w:hyperlink r:id="rId4978698a0b379fd15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5308696b4c755309b" w:history="1">
+      <w:hyperlink r:id="rId8650698a0b379fe02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7230696b4c755310c" w:history="1">
+      <w:hyperlink r:id="rId8908698a0b379fe73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2640696b4c75531d9" w:history="1">
+      <w:hyperlink r:id="rId1733698a0b379ff43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9730696b4c7553267" w:history="1">
+      <w:hyperlink r:id="rId6498698a0b379ffd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1215696b4c755338e" w:history="1">
+      <w:hyperlink r:id="rId5417698a0b37a00fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1840696b4c755365f" w:history="1">
+      <w:hyperlink r:id="rId6196698a0b37a03e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2777696b4c755375c" w:history="1">
+      <w:hyperlink r:id="rId3219698a0b37a04e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5431696b4c7553876" w:history="1">
+      <w:hyperlink r:id="rId6386698a0b37a0607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1355696b4c75539ca" w:history="1">
+      <w:hyperlink r:id="rId9518698a0b37a076b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11089412" name="name4767696b4c7553a2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="40736450" name="name2377698a0b37a07f2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8960696b4c7553a2a" cstate="print"/>
+                    <a:blip r:embed="rId9464698a0b37a07f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47229116">
+  <w:abstractNum w:abstractNumId="11235867">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30897472">
+    <w:lvl w:ilvl="0" w:tplc="26621048">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30897472" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26621048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47229115">
+  <w:abstractNum w:abstractNumId="11235866">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16108736">
+    <w:lvl w:ilvl="0" w:tplc="91657602">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47229115">
-    <w:abstractNumId w:val="47229115"/>
+  <w:num w:numId="11235866">
+    <w:abstractNumId w:val="11235866"/>
   </w:num>
-  <w:num w:numId="47229116">
-    <w:abstractNumId w:val="47229116"/>
+  <w:num w:numId="11235867">
+    <w:abstractNumId w:val="11235867"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId517574603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724302005" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1473696b4c754fd00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId3127696b4c754fd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId5544696b4c75503dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId9984696b4c75526bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId2535696b4c755290d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId8329696b4c755295f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId5956696b4c7552ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId6901696b4c7552b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId4157696b4c7552cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId1567696b4c7552e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId5760696b4c7552ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId5230696b4c7552f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId5308696b4c755309b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId7230696b4c755310c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId2640696b4c75531d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId9730696b4c7553267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId1215696b4c755338e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId1840696b4c755365f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId2777696b4c755375c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId5431696b4c7553876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1355696b4c75539ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId6135696b4c75502c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6135696b4c75502c5.jpg"/><Relationship Id="rId7027696b4c75517ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7027696b4c75517ae.jpg"/><Relationship Id="rId8960696b4c7553a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8960696b4c7553a2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId578017411" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407041535" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5610698a0b379c99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId9849698a0b379ca07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId8079698a0b379d149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId7092698a0b379f3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId4471698a0b379f601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId8155698a0b379f655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId1161698a0b379f822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId7441698a0b379f8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId3333698a0b379fa08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId4142698a0b379fb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId1581698a0b379fc66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId4978698a0b379fd15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId8650698a0b379fe02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId8908698a0b379fe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId1733698a0b379ff43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId6498698a0b379ffd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId5417698a0b37a00fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId6196698a0b37a03e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId3219698a0b37a04e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId6386698a0b37a0607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9518698a0b37a076b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId6224698a0b379cff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6224698a0b379cff0.jpg"/><Relationship Id="rId6213698a0b379e41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6213698a0b379e41a.jpg"/><Relationship Id="rId9464698a0b37a07f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9464698a0b37a07f0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>