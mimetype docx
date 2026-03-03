--- v6 (2026-02-09)
+++ v7 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5610698a0b379c99e" w:history="1">
+            <w:hyperlink r:id="rId690169a694295fe39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9849698a0b379ca07" w:history="1">
+            <w:hyperlink r:id="rId935269a694295fea4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7118658" name="name3674698a0b379cff2" descr="15001.jpg"/>
+                  <wp:docPr id="52791014" name="name265069a694296045b" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6224698a0b379cff0" cstate="print"/>
+                          <a:blip r:embed="rId730269a6942960459" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8079698a0b379d149" w:history="1">
+            <w:hyperlink r:id="rId612469a6942960579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,63 +1186,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5131132" name="name2770698a0b379e41d" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="93154960" name="name797269a69429614c4" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6213698a0b379e41a" cstate="print"/>
+                    <a:blip r:embed="rId284769a69429614c2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7092698a0b379f3a8" w:history="1">
+      <w:hyperlink r:id="rId888369a69429623ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4471698a0b379f601" w:history="1">
+      <w:hyperlink r:id="rId459669a694296264c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8155698a0b379f655" w:history="1">
+      <w:hyperlink r:id="rId316369a69429626a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1161698a0b379f822" w:history="1">
+      <w:hyperlink r:id="rId237069a6942962810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7441698a0b379f8d8" w:history="1">
+      <w:hyperlink r:id="rId203669a69429628c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3333698a0b379fa08" w:history="1">
+      <w:hyperlink r:id="rId100369a6942962a6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4142698a0b379fb5c" w:history="1">
+      <w:hyperlink r:id="rId166569a6942962bec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1581698a0b379fc66" w:history="1">
+      <w:hyperlink r:id="rId856269a6942962ce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4978698a0b379fd15" w:history="1">
+      <w:hyperlink r:id="rId613669a6942962d98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8650698a0b379fe02" w:history="1">
+      <w:hyperlink r:id="rId524569a6942962e8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8908698a0b379fe73" w:history="1">
+      <w:hyperlink r:id="rId983169a6942962efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1733698a0b379ff43" w:history="1">
+      <w:hyperlink r:id="rId885769a6942962fce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6498698a0b379ffd3" w:history="1">
+      <w:hyperlink r:id="rId131369a6942963060" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5417698a0b37a00fb" w:history="1">
+      <w:hyperlink r:id="rId568469a6942963192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6196698a0b37a03e9" w:history="1">
+      <w:hyperlink r:id="rId604269a694296347b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3219698a0b37a04e9" w:history="1">
+      <w:hyperlink r:id="rId588369a6942963580" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6386698a0b37a0607" w:history="1">
+      <w:hyperlink r:id="rId288969a69429636a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9518698a0b37a076b" w:history="1">
+      <w:hyperlink r:id="rId936869a69429637fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40736450" name="name2377698a0b37a07f2" descr="eu_funding_250.png"/>
+            <wp:docPr id="66703916" name="name162269a6942963858" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9464698a0b37a07f0" cstate="print"/>
+                    <a:blip r:embed="rId582869a6942963857" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11235867">
+  <w:abstractNum w:abstractNumId="17680217">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26621048">
+    <w:lvl w:ilvl="0" w:tplc="26652964">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26621048" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26652964" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11235866">
+  <w:abstractNum w:abstractNumId="17680216">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91657602">
+    <w:lvl w:ilvl="0" w:tplc="61938351">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11235866">
-    <w:abstractNumId w:val="11235866"/>
+  <w:num w:numId="17680216">
+    <w:abstractNumId w:val="17680216"/>
   </w:num>
-  <w:num w:numId="11235867">
-    <w:abstractNumId w:val="11235867"/>
+  <w:num w:numId="17680217">
+    <w:abstractNumId w:val="17680217"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId578017411" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407041535" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5610698a0b379c99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId9849698a0b379ca07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId8079698a0b379d149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId7092698a0b379f3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId4471698a0b379f601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId8155698a0b379f655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId1161698a0b379f822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId7441698a0b379f8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId3333698a0b379fa08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId4142698a0b379fb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId1581698a0b379fc66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId4978698a0b379fd15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId8650698a0b379fe02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId8908698a0b379fe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId1733698a0b379ff43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId6498698a0b379ffd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId5417698a0b37a00fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId6196698a0b37a03e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId3219698a0b37a04e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId6386698a0b37a0607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9518698a0b37a076b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId6224698a0b379cff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6224698a0b379cff0.jpg"/><Relationship Id="rId6213698a0b379e41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6213698a0b379e41a.jpg"/><Relationship Id="rId9464698a0b37a07f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9464698a0b37a07f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId119831487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788898832" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690169a694295fe39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId935269a694295fea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId612469a6942960579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId888369a69429623ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId459669a694296264c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId316369a69429626a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId237069a6942962810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId203669a69429628c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId100369a6942962a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId166569a6942962bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId856269a6942962ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId613669a6942962d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId524569a6942962e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId983169a6942962efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId885769a6942962fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId131369a6942963060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId568469a6942963192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId604269a694296347b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId588369a6942963580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId288969a69429636a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId936869a69429637fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId730269a6942960459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730269a6942960459.jpg"/><Relationship Id="rId284769a69429614c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId284769a69429614c2.jpg"/><Relationship Id="rId582869a6942963857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId582869a6942963857.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>