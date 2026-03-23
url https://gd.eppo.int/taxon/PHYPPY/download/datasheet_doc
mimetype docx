--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PD, Parry's disease of pear, decline of pear, leaf curl of pear, moria disease of pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId690169a694295fe39" w:history="1">
+            <w:hyperlink r:id="rId666169c16ad1401e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId935269a694295fea4" w:history="1">
+            <w:hyperlink r:id="rId482369c16ad140250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52791014" name="name265069a694296045b" descr="15001.jpg"/>
+                  <wp:docPr id="91137206" name="name878569c16ad1409a5" descr="15001.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15001.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId730269a6942960459" cstate="print"/>
+                          <a:blip r:embed="rId947469c16ad1409a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId612469a6942960579" w:history="1">
+            <w:hyperlink r:id="rId872769c16ad140ad2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1186,63 +1186,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pear decline was first reported in North America in the late 1940s, but it is believed to be of European origin (Seemüller and Schneider, 2004).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93154960" name="name797269a69429614c4" descr="PHYPPY_distribution_map.jpg"/>
+            <wp:docPr id="34126683" name="name497369c16ad141e38" descr="PHYPPY_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPY_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId284769a69429614c2" cstate="print"/>
+                    <a:blip r:embed="rId709969c16ad141e35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3225,51 +3225,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 119-132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888369a69429623ec" w:history="1">
+      <w:hyperlink r:id="rId644569c16ad142d17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi:10.1017/S0007485300015340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3600,101 +3600,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 217-222.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId459669a694296264c" w:history="1">
+      <w:hyperlink r:id="rId958669c16ad142f65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2010.01752.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Civolani (2012) The past and present of pear protection against the pear Psylla, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cacopsylla pyri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L. In: Perveen F (ed) Insecticides. Pest Engineering. InTech, pp 386-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316369a69429626a3" w:history="1">
+      <w:hyperlink r:id="rId911569c16ad142fb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://cdn.intechopen.com/pdfs-wm/28270.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3878,51 +3878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237069a6942962810" w:history="1">
+      <w:hyperlink r:id="rId625469c16ad143117" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3988,51 +3988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203669a69429628c1" w:history="1">
+      <w:hyperlink r:id="rId114869c16ad1431c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4174,51 +4174,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e1009459. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100369a6942962a6d" w:history="1">
+      <w:hyperlink r:id="rId415269c16ad1432e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1009459</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4380,51 +4380,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 403-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166569a6942962bec" w:history="1">
+      <w:hyperlink r:id="rId399469c16ad14343c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1364-3703.2008.00472.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4526,51 +4526,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161-162. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856269a6942962ce1" w:history="1">
+      <w:hyperlink r:id="rId496069c16ad14352a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5958/2249-4677.2019.00081.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kube M, Mitrovic J, Duduk B, Rabus R &amp; Seemüller E (2012) Current view on phytoplasma genomes and encoded metabolism. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Th Scientific World Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185942. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613669a6942962d98" w:history="1">
+      <w:hyperlink r:id="rId884169c16ad1435d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1100/2012/185942</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4782,51 +4782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">656</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 119–124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524569a6942962e8a" w:history="1">
+      <w:hyperlink r:id="rId289669c16ad1436d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2004.656.18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4852,51 +4852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 230. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983169a6942962efb" w:history="1">
+      <w:hyperlink r:id="rId904669c16ad143744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2013.00230</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4980,51 +4980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 375-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885769a6942962fce" w:history="1">
+      <w:hyperlink r:id="rId722069c16ad143810" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5070,51 +5070,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as new pathogen vector. Journal of Plant Diseases and Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375–386, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131369a6942963060" w:history="1">
+      <w:hyperlink r:id="rId612869c16ad14389f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s41348-021-00526-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5258,51 +5258,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 978-986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568469a6942963192" w:history="1">
+      <w:hyperlink r:id="rId438169c16ad1439c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12809</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5718,51 +5718,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604269a694296347b" w:history="1">
+      <w:hyperlink r:id="rId982469c16ad143c98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5875,51 +5875,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biology (Basel) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588369a6942963580" w:history="1">
+      <w:hyperlink r:id="rId328769c16ad143d95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/biology11081119</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6043,51 +6043,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pyri'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288969a69429636a2" w:history="1">
+      <w:hyperlink r:id="rId472369c16ad143ea4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6258,81 +6258,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 100-104 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936869a69429637fc" w:history="1">
+      <w:hyperlink r:id="rId528969c16ad144001" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02779.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66703916" name="name162269a6942963858" descr="eu_funding_250.png"/>
+            <wp:docPr id="49488694" name="name111869c16ad144060" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId582869a6942963857" cstate="print"/>
+                    <a:blip r:embed="rId150069c16ad14405f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6430,137 +6430,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17680217">
+  <w:abstractNum w:abstractNumId="59649733">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26652964">
+    <w:lvl w:ilvl="0" w:tplc="56561060">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26652964" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56561060" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17680216">
+  <w:abstractNum w:abstractNumId="59649732">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61938351">
+    <w:lvl w:ilvl="0" w:tplc="20793080">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7312,55 +7312,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17680216">
-    <w:abstractNumId w:val="17680216"/>
+  <w:num w:numId="59649732">
+    <w:abstractNumId w:val="59649732"/>
   </w:num>
-  <w:num w:numId="17680217">
-    <w:abstractNumId w:val="17680217"/>
+  <w:num w:numId="59649733">
+    <w:abstractNumId w:val="59649733"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18910,51 +18910,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId119831487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788898832" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId690169a694295fe39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId935269a694295fea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId612469a6942960579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId888369a69429623ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId459669a694296264c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId316369a69429626a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId237069a6942962810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId203669a69429628c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId100369a6942962a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId166569a6942962bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId856269a6942962ce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId613669a6942962d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId524569a6942962e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId983169a6942962efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId885769a6942962fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId131369a6942963060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId568469a6942963192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId604269a694296347b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId588369a6942963580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId288969a69429636a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId936869a69429637fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId730269a6942960459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId730269a6942960459.jpg"/><Relationship Id="rId284769a69429614c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId284769a69429614c2.jpg"/><Relationship Id="rId582869a6942963857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId582869a6942963857.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId928750846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId807627977" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId666169c16ad1401e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/" TargetMode="External"/><Relationship Id="rId482369c16ad140250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/categorization" TargetMode="External"/><Relationship Id="rId872769c16ad140ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPY/photos" TargetMode="External"/><Relationship Id="rId644569c16ad142d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10.1017/S0007485300015340" TargetMode="External"/><Relationship Id="rId958669c16ad142f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2010.01752.x" TargetMode="External"/><Relationship Id="rId911569c16ad142fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cdn.intechopen.com/pdfs-wm/28270.pdf" TargetMode="External"/><Relationship Id="rId625469c16ad143117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId114869c16ad1431c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId415269c16ad1432e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1009459" TargetMode="External"/><Relationship Id="rId399469c16ad14343c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1364-3703.2008.00472.x" TargetMode="External"/><Relationship Id="rId496069c16ad14352a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5958/2249-4677.2019.00081.1" TargetMode="External"/><Relationship Id="rId884169c16ad1435d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1100/2012/185942" TargetMode="External"/><Relationship Id="rId289669c16ad1436d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2004.656.18" TargetMode="External"/><Relationship Id="rId904669c16ad143744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2013.00230" TargetMode="External"/><Relationship Id="rId722069c16ad143810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId612869c16ad14389f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s41348-021-00526-y" TargetMode="External"/><Relationship Id="rId438169c16ad1439c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12809" TargetMode="External"/><Relationship Id="rId982469c16ad143c98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId328769c16ad143d95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/biology11081119" TargetMode="External"/><Relationship Id="rId472369c16ad143ea4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId528969c16ad144001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02779.x" TargetMode="External"/><Relationship Id="rId947469c16ad1409a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947469c16ad1409a3.jpg"/><Relationship Id="rId709969c16ad141e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId709969c16ad141e35.jpg"/><Relationship Id="rId150069c16ad14405f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId150069c16ad14405f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>