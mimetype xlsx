--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -158,63 +158,63 @@
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>cc</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
+    <t>Present, widespread</t>
+  </si>
+  <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
-  </si>
-[...1 lines deleted...]
-    <t>Present, widespread</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
@@ -920,83 +920,83 @@
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>54</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
@@ -1084,51 +1084,51 @@
       <c r="B27" t="s">
         <v>66</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>67</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>19</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28"/>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>19</v>
       </c>
       <c r="B29" t="s">
         <v>71</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>72</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>19</v>
       </c>
       <c r="B30" t="s">
         <v>73</v>
       </c>