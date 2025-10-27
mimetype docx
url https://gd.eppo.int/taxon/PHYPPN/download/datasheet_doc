--- v0 (2025-10-05)
+++ v1 (2025-10-27)
@@ -282,51 +282,51 @@
               <w:t xml:space="preserve">X-disease phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Canadian X-disease, X-disease, cherry albino, cherry buckskin, eastern X-disease, leaf casting yellows, peach X-disease, western X-disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366868e2f74e1a0aa" w:history="1">
+            <w:hyperlink r:id="rId449268ff3e12b8a51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -342,51 +342,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401168e2f74e1a114" w:history="1">
+            <w:hyperlink r:id="rId162368ff3e12b8ab9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -400,86 +400,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92850327" name="name813068e2f74e1b8f8" descr="1211.jpg"/>
+                  <wp:docPr id="6555402" name="name990368ff3e12b928d" descr="1211.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1211.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId809868e2f74e1b8f4" cstate="print"/>
+                          <a:blip r:embed="rId641468ff3e12b928b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId778968e2f74e1ba75" w:history="1">
+            <w:hyperlink r:id="rId190168ff3e12b93ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1727,63 +1727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011; Ragozzino, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60696623" name="name404068e2f74e1d53a" descr="PHYPPN_distribution_map.jpg"/>
+            <wp:docPr id="59089916" name="name471568ff3e12ba92b" descr="PHYPPN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId875768e2f74e1d536" cstate="print"/>
+                    <a:blip r:embed="rId573568ff3e12ba929" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6423,51 +6423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pruni'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527568e2f74e1f71d" w:history="1">
+      <w:hyperlink r:id="rId930268ff3e12bcbec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,90 +6638,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-38. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427768e2f74e1f89b" w:history="1">
+      <w:hyperlink r:id="rId690968ff3e12bcd57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01133.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96710175" name="name398168e2f74e1f90b" descr="eu_funding_250.png"/>
+            <wp:docPr id="4588890" name="name744268ff3e12bce03" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId579068e2f74e1f90a" cstate="print"/>
+                    <a:blip r:embed="rId166968ff3e12bce02" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33193013">
+  <w:abstractNum w:abstractNumId="17650169">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42366575">
+    <w:lvl w:ilvl="0" w:tplc="70997695">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42366575" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70997695" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33193012">
+  <w:abstractNum w:abstractNumId="17650168">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56539494">
+    <w:lvl w:ilvl="0" w:tplc="96986207">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33193012">
-    <w:abstractNumId w:val="33193012"/>
+  <w:num w:numId="17650168">
+    <w:abstractNumId w:val="17650168"/>
   </w:num>
-  <w:num w:numId="33193013">
-    <w:abstractNumId w:val="33193013"/>
+  <w:num w:numId="17650169">
+    <w:abstractNumId w:val="17650169"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256203186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168235274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId366868e2f74e1a0aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId401168e2f74e1a114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId778968e2f74e1ba75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId527568e2f74e1f71d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId427768e2f74e1f89b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId809868e2f74e1b8f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809868e2f74e1b8f4.jpg"/><Relationship Id="rId875768e2f74e1d536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId875768e2f74e1d536.jpg"/><Relationship Id="rId579068e2f74e1f90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579068e2f74e1f90a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630520517" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId796325556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId449268ff3e12b8a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId162368ff3e12b8ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId190168ff3e12b93ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId930268ff3e12bcbec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId690968ff3e12bcd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId641468ff3e12b928b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641468ff3e12b928b.jpg"/><Relationship Id="rId573568ff3e12ba929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573568ff3e12ba929.jpg"/><Relationship Id="rId166968ff3e12bce02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId166968ff3e12bce02.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>