--- v1 (2025-10-27)
+++ v2 (2025-11-19)
@@ -282,51 +282,51 @@
               <w:t xml:space="preserve">X-disease phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Canadian X-disease, X-disease, cherry albino, cherry buckskin, eastern X-disease, leaf casting yellows, peach X-disease, western X-disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449268ff3e12b8a51" w:history="1">
+            <w:hyperlink r:id="rId4714691d98e2ce3d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -342,51 +342,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162368ff3e12b8ab9" w:history="1">
+            <w:hyperlink r:id="rId5885691d98e2ce44c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -400,86 +400,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6555402" name="name990368ff3e12b928d" descr="1211.jpg"/>
+                  <wp:docPr id="46439706" name="name4251691d98e2cedf0" descr="1211.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1211.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId641468ff3e12b928b" cstate="print"/>
+                          <a:blip r:embed="rId5297691d98e2cedee" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId190168ff3e12b93ab" w:history="1">
+            <w:hyperlink r:id="rId6454691d98e2cef55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1727,63 +1727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011; Ragozzino, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59089916" name="name471568ff3e12ba92b" descr="PHYPPN_distribution_map.jpg"/>
+            <wp:docPr id="87588969" name="name3526691d98e2d08cd" descr="PHYPPN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573568ff3e12ba929" cstate="print"/>
+                    <a:blip r:embed="rId1151691d98e2d08ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6423,51 +6423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pruni'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930268ff3e12bcbec" w:history="1">
+      <w:hyperlink r:id="rId8861691d98e2d28ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,90 +6638,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-38. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690968ff3e12bcd57" w:history="1">
+      <w:hyperlink r:id="rId7959691d98e2d2a0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01133.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4588890" name="name744268ff3e12bce03" descr="eu_funding_250.png"/>
+            <wp:docPr id="42124720" name="name2738691d98e2d2d07" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId166968ff3e12bce02" cstate="print"/>
+                    <a:blip r:embed="rId7141691d98e2d2d05" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17650169">
+  <w:abstractNum w:abstractNumId="64375468">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70997695">
+    <w:lvl w:ilvl="0" w:tplc="14036283">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70997695" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14036283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17650168">
+  <w:abstractNum w:abstractNumId="64375467">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96986207">
+    <w:lvl w:ilvl="0" w:tplc="53306457">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17650168">
-    <w:abstractNumId w:val="17650168"/>
+  <w:num w:numId="64375467">
+    <w:abstractNumId w:val="64375467"/>
   </w:num>
-  <w:num w:numId="17650169">
-    <w:abstractNumId w:val="17650169"/>
+  <w:num w:numId="64375468">
+    <w:abstractNumId w:val="64375468"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630520517" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId796325556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId449268ff3e12b8a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId162368ff3e12b8ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId190168ff3e12b93ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId930268ff3e12bcbec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId690968ff3e12bcd57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId641468ff3e12b928b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId641468ff3e12b928b.jpg"/><Relationship Id="rId573568ff3e12ba929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573568ff3e12ba929.jpg"/><Relationship Id="rId166968ff3e12bce02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId166968ff3e12bce02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId882620546" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145403918" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4714691d98e2ce3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId5885691d98e2ce44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId6454691d98e2cef55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId8861691d98e2d28ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7959691d98e2d2a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId5297691d98e2cedee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5297691d98e2cedee.jpg"/><Relationship Id="rId1151691d98e2d08ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1151691d98e2d08ca.jpg"/><Relationship Id="rId7141691d98e2d2d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7141691d98e2d2d05.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>