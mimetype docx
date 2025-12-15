--- v2 (2025-11-19)
+++ v3 (2025-12-15)
@@ -282,51 +282,51 @@
               <w:t xml:space="preserve">X-disease phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Canadian X-disease, X-disease, cherry albino, cherry buckskin, eastern X-disease, leaf casting yellows, peach X-disease, western X-disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4714691d98e2ce3d9" w:history="1">
+            <w:hyperlink r:id="rId5551693fb005e38cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -342,51 +342,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5885691d98e2ce44c" w:history="1">
+            <w:hyperlink r:id="rId8560693fb005e3937" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -400,86 +400,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46439706" name="name4251691d98e2cedf0" descr="1211.jpg"/>
+                  <wp:docPr id="77757922" name="name2410693fb005e4035" descr="1211.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1211.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5297691d98e2cedee" cstate="print"/>
+                          <a:blip r:embed="rId9552693fb005e4033" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6454691d98e2cef55" w:history="1">
+            <w:hyperlink r:id="rId8725693fb005e4149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1727,63 +1727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011; Ragozzino, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87588969" name="name3526691d98e2d08cd" descr="PHYPPN_distribution_map.jpg"/>
+            <wp:docPr id="48691312" name="name7147693fb005e5546" descr="PHYPPN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1151691d98e2d08ca" cstate="print"/>
+                    <a:blip r:embed="rId9512693fb005e5544" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6423,51 +6423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pruni'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8861691d98e2d28ab" w:history="1">
+      <w:hyperlink r:id="rId9207693fb005e747c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,90 +6638,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-38. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7959691d98e2d2a0c" w:history="1">
+      <w:hyperlink r:id="rId5621693fb005e75d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01133.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42124720" name="name2738691d98e2d2d07" descr="eu_funding_250.png"/>
+            <wp:docPr id="72549299" name="name2454693fb005e764b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7141691d98e2d2d05" cstate="print"/>
+                    <a:blip r:embed="rId6034693fb005e764a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="64375468">
+  <w:abstractNum w:abstractNumId="87312641">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14036283">
+    <w:lvl w:ilvl="0" w:tplc="27636228">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14036283" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27636228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64375467">
+  <w:abstractNum w:abstractNumId="87312640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53306457">
+    <w:lvl w:ilvl="0" w:tplc="31639906">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="64375467">
-    <w:abstractNumId w:val="64375467"/>
+  <w:num w:numId="87312640">
+    <w:abstractNumId w:val="87312640"/>
   </w:num>
-  <w:num w:numId="64375468">
-    <w:abstractNumId w:val="64375468"/>
+  <w:num w:numId="87312641">
+    <w:abstractNumId w:val="87312641"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId882620546" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId145403918" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4714691d98e2ce3d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId5885691d98e2ce44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId6454691d98e2cef55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId8861691d98e2d28ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7959691d98e2d2a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId5297691d98e2cedee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5297691d98e2cedee.jpg"/><Relationship Id="rId1151691d98e2d08ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1151691d98e2d08ca.jpg"/><Relationship Id="rId7141691d98e2d2d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7141691d98e2d2d05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514013884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431237499" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5551693fb005e38cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId8560693fb005e3937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId8725693fb005e4149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId9207693fb005e747c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5621693fb005e75d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId9552693fb005e4033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9552693fb005e4033.jpg"/><Relationship Id="rId9512693fb005e5544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9512693fb005e5544.jpg"/><Relationship Id="rId6034693fb005e764a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6034693fb005e764a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>