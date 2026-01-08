--- v3 (2025-12-15)
+++ v4 (2026-01-08)
@@ -282,51 +282,51 @@
               <w:t xml:space="preserve">X-disease phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Canadian X-disease, X-disease, cherry albino, cherry buckskin, eastern X-disease, leaf casting yellows, peach X-disease, western X-disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5551693fb005e38cf" w:history="1">
+            <w:hyperlink r:id="rId1930695f87cb5591f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -342,51 +342,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8560693fb005e3937" w:history="1">
+            <w:hyperlink r:id="rId9830695f87cb5598b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -400,86 +400,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77757922" name="name2410693fb005e4035" descr="1211.jpg"/>
+                  <wp:docPr id="42713029" name="name1577695f87cb55a8b" descr="1211.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1211.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9552693fb005e4033" cstate="print"/>
+                          <a:blip r:embed="rId2935695f87cb55a89" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8725693fb005e4149" w:history="1">
+            <w:hyperlink r:id="rId9577695f87cb55bcb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1727,63 +1727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011; Ragozzino, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48691312" name="name7147693fb005e5546" descr="PHYPPN_distribution_map.jpg"/>
+            <wp:docPr id="3576028" name="name2332695f87cb56859" descr="PHYPPN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9512693fb005e5544" cstate="print"/>
+                    <a:blip r:embed="rId5993695f87cb56857" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6401,73 +6401,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pruni'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9207693fb005e747c" w:history="1">
+      <w:hyperlink r:id="rId6269695f87cb589c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,90 +6638,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-38. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5621693fb005e75d2" w:history="1">
+      <w:hyperlink r:id="rId7159695f87cb58b22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01133.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72549299" name="name2454693fb005e764b" descr="eu_funding_250.png"/>
+            <wp:docPr id="76740892" name="name4719695f87cb58b8d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6034693fb005e764a" cstate="print"/>
+                    <a:blip r:embed="rId9082695f87cb58b8c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87312641">
+  <w:abstractNum w:abstractNumId="80819752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27636228">
+    <w:lvl w:ilvl="0" w:tplc="43894583">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27636228" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43894583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87312640">
+  <w:abstractNum w:abstractNumId="80819751">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31639906">
+    <w:lvl w:ilvl="0" w:tplc="12165208">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87312640">
-    <w:abstractNumId w:val="87312640"/>
+  <w:num w:numId="80819751">
+    <w:abstractNumId w:val="80819751"/>
   </w:num>
-  <w:num w:numId="87312641">
-    <w:abstractNumId w:val="87312641"/>
+  <w:num w:numId="80819752">
+    <w:abstractNumId w:val="80819752"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514013884" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431237499" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5551693fb005e38cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId8560693fb005e3937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId8725693fb005e4149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId9207693fb005e747c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5621693fb005e75d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId9552693fb005e4033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9552693fb005e4033.jpg"/><Relationship Id="rId9512693fb005e5544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9512693fb005e5544.jpg"/><Relationship Id="rId6034693fb005e764a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6034693fb005e764a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId973596582" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844990864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1930695f87cb5591f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId9830695f87cb5598b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId9577695f87cb55bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId6269695f87cb589c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7159695f87cb58b22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId2935695f87cb55a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2935695f87cb55a89.jpg"/><Relationship Id="rId5993695f87cb56857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5993695f87cb56857.jpg"/><Relationship Id="rId9082695f87cb58b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9082695f87cb58b8c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>