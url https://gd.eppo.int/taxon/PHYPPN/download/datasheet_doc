--- v4 (2026-01-08)
+++ v5 (2026-02-21)
@@ -282,51 +282,51 @@
               <w:t xml:space="preserve">X-disease phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Canadian X-disease, X-disease, cherry albino, cherry buckskin, eastern X-disease, leaf casting yellows, peach X-disease, western X-disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1930695f87cb5591f" w:history="1">
+            <w:hyperlink r:id="rId406469995b26082d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,53 +340,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9830695f87cb5598b" w:history="1">
+            <w:hyperlink r:id="rId773369995b260833b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -400,86 +400,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="42713029" name="name1577695f87cb55a8b" descr="1211.jpg"/>
+                  <wp:docPr id="76231159" name="name853869995b2608a0e" descr="1211.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1211.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2935695f87cb55a89" cstate="print"/>
+                          <a:blip r:embed="rId339369995b2608a0c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9577695f87cb55bcb" w:history="1">
+            <w:hyperlink r:id="rId174269995b2608b40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1727,63 +1727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011; Ragozzino, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3576028" name="name2332695f87cb56859" descr="PHYPPN_distribution_map.jpg"/>
+            <wp:docPr id="66824935" name="name641269995b260a598" descr="PHYPPN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5993695f87cb56857" cstate="print"/>
+                    <a:blip r:embed="rId610769995b260a595" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6423,51 +6423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pruni'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6269695f87cb589c2" w:history="1">
+      <w:hyperlink r:id="rId734869995b260c751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,90 +6638,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-38. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7159695f87cb58b22" w:history="1">
+      <w:hyperlink r:id="rId751469995b260c8b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01133.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76740892" name="name4719695f87cb58b8d" descr="eu_funding_250.png"/>
+            <wp:docPr id="43147866" name="name619969995b260c91c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9082695f87cb58b8c" cstate="print"/>
+                    <a:blip r:embed="rId994869995b260c91b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80819752">
+  <w:abstractNum w:abstractNumId="65571351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43894583">
+    <w:lvl w:ilvl="0" w:tplc="56151930">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43894583" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56151930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80819751">
+  <w:abstractNum w:abstractNumId="65571350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12165208">
+    <w:lvl w:ilvl="0" w:tplc="79799006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80819751">
-    <w:abstractNumId w:val="80819751"/>
+  <w:num w:numId="65571350">
+    <w:abstractNumId w:val="65571350"/>
   </w:num>
-  <w:num w:numId="80819752">
-    <w:abstractNumId w:val="80819752"/>
+  <w:num w:numId="65571351">
+    <w:abstractNumId w:val="65571351"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId973596582" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844990864" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1930695f87cb5591f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId9830695f87cb5598b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId9577695f87cb55bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId6269695f87cb589c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7159695f87cb58b22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId2935695f87cb55a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2935695f87cb55a89.jpg"/><Relationship Id="rId5993695f87cb56857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5993695f87cb56857.jpg"/><Relationship Id="rId9082695f87cb58b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9082695f87cb58b8c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463529176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId790509910" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId406469995b26082d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId773369995b260833b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId174269995b2608b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId734869995b260c751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId751469995b260c8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId339369995b2608a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId339369995b2608a0c.jpg"/><Relationship Id="rId610769995b260a595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId610769995b260a595.jpg"/><Relationship Id="rId994869995b260c91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994869995b260c91b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>