--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -282,51 +282,51 @@
               <w:t xml:space="preserve">X-disease phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Canadian X-disease, X-disease, cherry albino, cherry buckskin, eastern X-disease, leaf casting yellows, peach X-disease, western X-disease</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406469995b26082d3" w:history="1">
+            <w:hyperlink r:id="rId722069b3ccfb6364f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -342,51 +342,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId773369995b260833b" w:history="1">
+            <w:hyperlink r:id="rId855469b3ccfb636ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -400,86 +400,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76231159" name="name853869995b2608a0e" descr="1211.jpg"/>
+                  <wp:docPr id="73501514" name="name263069b3ccfb63bd0" descr="1211.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1211.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId339369995b2608a0c" cstate="print"/>
+                          <a:blip r:embed="rId735769b3ccfb63bce" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId174269995b2608b40" w:history="1">
+            <w:hyperlink r:id="rId928869b3ccfb63d1e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1727,63 +1727,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011; Ragozzino, 2011).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="66824935" name="name641269995b260a598" descr="PHYPPN_distribution_map.jpg"/>
+            <wp:docPr id="76501876" name="name637369b3ccfb64f79" descr="PHYPPN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId610769995b260a595" cstate="print"/>
+                    <a:blip r:embed="rId617369b3ccfb64f75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6423,51 +6423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma pruni'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734869995b260c751" w:history="1">
+      <w:hyperlink r:id="rId102669b3ccfb67089" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,90 +6638,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 35-38. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751469995b260c8b0" w:history="1">
+      <w:hyperlink r:id="rId432769b3ccfb671fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01133.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43147866" name="name619969995b260c91c" descr="eu_funding_250.png"/>
+            <wp:docPr id="77606414" name="name305369b3ccfb67277" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId994869995b260c91b" cstate="print"/>
+                    <a:blip r:embed="rId634869b3ccfb67276" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6819,137 +6819,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65571351">
+  <w:abstractNum w:abstractNumId="98198692">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56151930">
+    <w:lvl w:ilvl="0" w:tplc="72112240">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56151930" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72112240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65571350">
+  <w:abstractNum w:abstractNumId="98198691">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79799006">
+    <w:lvl w:ilvl="0" w:tplc="50688241">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7701,55 +7701,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65571350">
-    <w:abstractNumId w:val="65571350"/>
+  <w:num w:numId="98198691">
+    <w:abstractNumId w:val="98198691"/>
   </w:num>
-  <w:num w:numId="65571351">
-    <w:abstractNumId w:val="65571351"/>
+  <w:num w:numId="98198692">
+    <w:abstractNumId w:val="98198692"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19299,51 +19299,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463529176" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId790509910" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId406469995b26082d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId773369995b260833b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId174269995b2608b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId734869995b260c751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId751469995b260c8b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId339369995b2608a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId339369995b2608a0c.jpg"/><Relationship Id="rId610769995b260a595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId610769995b260a595.jpg"/><Relationship Id="rId994869995b260c91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId994869995b260c91b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId189703642" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId893704426" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId722069b3ccfb6364f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/" TargetMode="External"/><Relationship Id="rId855469b3ccfb636ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/categorization" TargetMode="External"/><Relationship Id="rId928869b3ccfb63d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPN/photos" TargetMode="External"/><Relationship Id="rId102669b3ccfb67089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId432769b3ccfb671fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01133.x" TargetMode="External"/><Relationship Id="rId735769b3ccfb63bce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId735769b3ccfb63bce.jpg"/><Relationship Id="rId617369b3ccfb64f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId617369b3ccfb64f75.jpg"/><Relationship Id="rId634869b3ccfb67276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId634869b3ccfb67276.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>