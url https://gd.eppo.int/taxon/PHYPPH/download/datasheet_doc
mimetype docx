--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Verdin, Salar, Danet, Choueiri, Jreijiri, El Zammar, Gélie, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AlmWB, Almond lethal witches' broom, witches' broom of almond</w:t>
             </w:r>
-            <w:hyperlink r:id="rId960168f2c39d4b331" w:history="1">
+            <w:hyperlink r:id="rId4067690d8bf665f38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449168f2c39d4b3c5" w:history="1">
+            <w:hyperlink r:id="rId5778690d8bf665fa2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1998365" name="name318768f2c39d4b47e" descr="12980.jpg"/>
+                  <wp:docPr id="27636875" name="name8583690d8bf6667da" descr="12980.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12980.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId756668f2c39d4b47d" cstate="print"/>
+                          <a:blip r:embed="rId2740690d8bf6667d8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId750868f2c39d4b539" w:history="1">
+            <w:hyperlink r:id="rId4386690d8bf666c51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2027,63 +2027,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87185882" name="name798568f2c39d4ce17" descr="PHYPPH_distribution_map.jpg"/>
+            <wp:docPr id="23213748" name="name8423690d8bf668af9" descr="PHYPPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId310468f2c39d4ce15" cstate="print"/>
+                    <a:blip r:embed="rId8651690d8bf668af1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867068f2c39d4e231" w:history="1">
+      <w:hyperlink r:id="rId3976690d8bf66aab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-019-0342-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5675,51 +5675,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 71-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929668f2c39d4e689" w:history="1">
+      <w:hyperlink r:id="rId8851690d8bf66af61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/JPP.V98I1.026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,101 +6075,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293668f2c39d4e8fc" w:history="1">
+      <w:hyperlink r:id="rId3725690d8bf66b252" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYPPH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Diagnostic Protocol Standard PM 7/150 (1) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’ . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572468f2c39d4e94d" w:history="1">
+      <w:hyperlink r:id="rId9697690d8bf66b2be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">278. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338068f2c39d4ed25" w:history="1">
+      <w:hyperlink r:id="rId7612690d8bf66b7a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0157-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6827,51 +6827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BMC Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661368f2c39d4eda7" w:history="1">
+      <w:hyperlink r:id="rId8580690d8bf66b82d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-015-0487-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">372-388.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538868f2c39d4f10c" w:history="1">
+      <w:hyperlink r:id="rId9124690d8bf66bc40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7457,51 +7457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">833-838. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667768f2c39d4f1a0" w:history="1">
+      <w:hyperlink r:id="rId5963690d8bf66bcca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7665,51 +7665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma phoenicium'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542668f2c39d4f2f4" w:history="1">
+      <w:hyperlink r:id="rId9851690d8bf66be22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7722,63 +7722,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41772345" name="name682868f2c39d4f3a9" descr="eu_funding_250.png"/>
+            <wp:docPr id="90171346" name="name8718690d8bf66bf07" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId237768f2c39d4f3a8" cstate="print"/>
+                    <a:blip r:embed="rId7499690d8bf66bf06" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7876,137 +7876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18487398">
+  <w:abstractNum w:abstractNumId="62451863">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90066316">
+    <w:lvl w:ilvl="0" w:tplc="99012029">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90066316" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="99012029" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18487397">
+  <w:abstractNum w:abstractNumId="62451862">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21543259">
+    <w:lvl w:ilvl="0" w:tplc="43321038">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8758,55 +8758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18487397">
-    <w:abstractNumId w:val="18487397"/>
+  <w:num w:numId="62451862">
+    <w:abstractNumId w:val="62451862"/>
   </w:num>
-  <w:num w:numId="18487398">
-    <w:abstractNumId w:val="18487398"/>
+  <w:num w:numId="62451863">
+    <w:abstractNumId w:val="62451863"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20356,51 +20356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId942715287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId209916870" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId960168f2c39d4b331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId449168f2c39d4b3c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId750868f2c39d4b539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId867068f2c39d4e231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId929668f2c39d4e689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId293668f2c39d4e8fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId572468f2c39d4e94d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId338068f2c39d4ed25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId661368f2c39d4eda7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId538868f2c39d4f10c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId667768f2c39d4f1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId542668f2c39d4f2f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId756668f2c39d4b47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId756668f2c39d4b47d.jpg"/><Relationship Id="rId310468f2c39d4ce15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId310468f2c39d4ce15.jpg"/><Relationship Id="rId237768f2c39d4f3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237768f2c39d4f3a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId721167396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499049053" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4067690d8bf665f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId5778690d8bf665fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId4386690d8bf666c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId3976690d8bf66aab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId8851690d8bf66af61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId3725690d8bf66b252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId9697690d8bf66b2be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId7612690d8bf66b7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId8580690d8bf66b82d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId9124690d8bf66bc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId5963690d8bf66bcca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId9851690d8bf66be22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2740690d8bf6667d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2740690d8bf6667d8.jpg"/><Relationship Id="rId8651690d8bf668af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8651690d8bf668af1.jpg"/><Relationship Id="rId7499690d8bf66bf06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7499690d8bf66bf06.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>