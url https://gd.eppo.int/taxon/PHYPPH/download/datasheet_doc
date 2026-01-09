--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Verdin, Salar, Danet, Choueiri, Jreijiri, El Zammar, Gélie, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AlmWB, Almond lethal witches' broom, witches' broom of almond</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4067690d8bf665f38" w:history="1">
+            <w:hyperlink r:id="rId43146960728edf581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5778690d8bf665fa2" w:history="1">
+            <w:hyperlink r:id="rId92106960728edf5ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27636875" name="name8583690d8bf6667da" descr="12980.jpg"/>
+                  <wp:docPr id="91214923" name="name63126960728edf6b8" descr="12980.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12980.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2740690d8bf6667d8" cstate="print"/>
+                          <a:blip r:embed="rId10776960728edf6b7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4386690d8bf666c51" w:history="1">
+            <w:hyperlink r:id="rId68786960728edf7e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2027,126 +2027,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23213748" name="name8423690d8bf668af9" descr="PHYPPH_distribution_map.jpg"/>
+            <wp:docPr id="73888821" name="name33136960728ee09fb" descr="PHYPPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8651690d8bf668af1" cstate="print"/>
+                    <a:blip r:embed="rId79516960728ee09f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Jordan, Türkiye</w:t>
+        <w:t xml:space="preserve"> Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Iran, Islamic Republic of, Jordan, Lebanon</w:t>
+        <w:t xml:space="preserve"> Iran, Islamic Republic of, Lebanon</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3976690d8bf66aab5" w:history="1">
+      <w:hyperlink r:id="rId76776960728ee1f3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-019-0342-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5675,51 +5675,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 71-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8851690d8bf66af61" w:history="1">
+      <w:hyperlink r:id="rId75826960728ee23b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/JPP.V98I1.026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,101 +6075,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3725690d8bf66b252" w:history="1">
+      <w:hyperlink r:id="rId61736960728ee263c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYPPH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Diagnostic Protocol Standard PM 7/150 (1) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’ . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9697690d8bf66b2be" w:history="1">
+      <w:hyperlink r:id="rId52006960728ee268e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">278. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7612690d8bf66b7a3" w:history="1">
+      <w:hyperlink r:id="rId76026960728ee2aad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0157-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6827,51 +6827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BMC Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8580690d8bf66b82d" w:history="1">
+      <w:hyperlink r:id="rId33246960728ee2b38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-015-0487-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">372-388.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9124690d8bf66bc40" w:history="1">
+      <w:hyperlink r:id="rId71566960728ee2eaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7457,51 +7457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">833-838. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5963690d8bf66bcca" w:history="1">
+      <w:hyperlink r:id="rId39476960728ee2f31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7643,73 +7643,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma phoenicium'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9851690d8bf66be22" w:history="1">
+      <w:hyperlink r:id="rId29496960728ee3092" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7722,63 +7722,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90171346" name="name8718690d8bf66bf07" descr="eu_funding_250.png"/>
+            <wp:docPr id="17945917" name="name88286960728ee312f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7499690d8bf66bf06" cstate="print"/>
+                    <a:blip r:embed="rId99176960728ee312e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7876,137 +7876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62451863">
+  <w:abstractNum w:abstractNumId="34275097">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99012029">
+    <w:lvl w:ilvl="0" w:tplc="36591962">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="99012029" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36591962" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62451862">
+  <w:abstractNum w:abstractNumId="34275096">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43321038">
+    <w:lvl w:ilvl="0" w:tplc="96771824">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8758,55 +8758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62451862">
-    <w:abstractNumId w:val="62451862"/>
+  <w:num w:numId="34275096">
+    <w:abstractNumId w:val="34275096"/>
   </w:num>
-  <w:num w:numId="62451863">
-    <w:abstractNumId w:val="62451863"/>
+  <w:num w:numId="34275097">
+    <w:abstractNumId w:val="34275097"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20356,51 +20356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId721167396" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId499049053" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4067690d8bf665f38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId5778690d8bf665fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId4386690d8bf666c51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId3976690d8bf66aab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId8851690d8bf66af61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId3725690d8bf66b252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId9697690d8bf66b2be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId7612690d8bf66b7a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId8580690d8bf66b82d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId9124690d8bf66bc40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId5963690d8bf66bcca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId9851690d8bf66be22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2740690d8bf6667d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2740690d8bf6667d8.jpg"/><Relationship Id="rId8651690d8bf668af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8651690d8bf668af1.jpg"/><Relationship Id="rId7499690d8bf66bf06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7499690d8bf66bf06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId470786753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId620124635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43146960728edf581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId92106960728edf5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId68786960728edf7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId76776960728ee1f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId75826960728ee23b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId61736960728ee263c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId52006960728ee268e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId76026960728ee2aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId33246960728ee2b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId71566960728ee2eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId39476960728ee2f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId29496960728ee3092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10776960728edf6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10776960728edf6b7.jpg"/><Relationship Id="rId79516960728ee09f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79516960728ee09f8.jpg"/><Relationship Id="rId99176960728ee312e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99176960728ee312e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>