--- v2 (2026-01-09)
+++ v3 (2026-02-19)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Verdin, Salar, Danet, Choueiri, Jreijiri, El Zammar, Gélie, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AlmWB, Almond lethal witches' broom, witches' broom of almond</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43146960728edf581" w:history="1">
+            <w:hyperlink r:id="rId2634699744e2e6f3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92106960728edf5ed" w:history="1">
+            <w:hyperlink r:id="rId7448699744e2e6fab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91214923" name="name63126960728edf6b8" descr="12980.jpg"/>
+                  <wp:docPr id="53117961" name="name1735699744e2e707a" descr="12980.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12980.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10776960728edf6b7" cstate="print"/>
+                          <a:blip r:embed="rId4133699744e2e7079" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId68786960728edf7e8" w:history="1">
+            <w:hyperlink r:id="rId8460699744e2e71b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2027,63 +2027,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73888821" name="name33136960728ee09fb" descr="PHYPPH_distribution_map.jpg"/>
+            <wp:docPr id="54580860" name="name7361699744e2e89c5" descr="PHYPPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId79516960728ee09f8" cstate="print"/>
+                    <a:blip r:embed="rId1175699744e2e89c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76776960728ee1f3c" w:history="1">
+      <w:hyperlink r:id="rId2909699744e2ea2a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-019-0342-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5675,51 +5675,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 71-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75826960728ee23b1" w:history="1">
+      <w:hyperlink r:id="rId7701699744e2ea775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/JPP.V98I1.026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,101 +6075,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61736960728ee263c" w:history="1">
+      <w:hyperlink r:id="rId9091699744e2eaa7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYPPH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Diagnostic Protocol Standard PM 7/150 (1) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’ . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52006960728ee268e" w:history="1">
+      <w:hyperlink r:id="rId9161699744e2eaacf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">278. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76026960728ee2aad" w:history="1">
+      <w:hyperlink r:id="rId8195699744e2eaf0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0157-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6827,51 +6827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BMC Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33246960728ee2b38" w:history="1">
+      <w:hyperlink r:id="rId1143699744e2eb03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-015-0487-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">372-388.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71566960728ee2eaa" w:history="1">
+      <w:hyperlink r:id="rId9969699744e2eb430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7457,51 +7457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">833-838. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39476960728ee2f31" w:history="1">
+      <w:hyperlink r:id="rId3962699744e2eb4df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7665,51 +7665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma phoenicium'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29496960728ee3092" w:history="1">
+      <w:hyperlink r:id="rId3815699744e2eb746" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7722,63 +7722,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17945917" name="name88286960728ee312f" descr="eu_funding_250.png"/>
+            <wp:docPr id="25160398" name="name1607699744e2eb800" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99176960728ee312e" cstate="print"/>
+                    <a:blip r:embed="rId3496699744e2eb7fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7876,137 +7876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34275097">
+  <w:abstractNum w:abstractNumId="49555355">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36591962">
+    <w:lvl w:ilvl="0" w:tplc="49049838">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36591962" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49049838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34275096">
+  <w:abstractNum w:abstractNumId="49555354">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96771824">
+    <w:lvl w:ilvl="0" w:tplc="56235564">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8758,55 +8758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34275096">
-    <w:abstractNumId w:val="34275096"/>
+  <w:num w:numId="49555354">
+    <w:abstractNumId w:val="49555354"/>
   </w:num>
-  <w:num w:numId="34275097">
-    <w:abstractNumId w:val="34275097"/>
+  <w:num w:numId="49555355">
+    <w:abstractNumId w:val="49555355"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20356,51 +20356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId470786753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId620124635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId43146960728edf581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId92106960728edf5ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId68786960728edf7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId76776960728ee1f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId75826960728ee23b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId61736960728ee263c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId52006960728ee268e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId76026960728ee2aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId33246960728ee2b38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId71566960728ee2eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId39476960728ee2f31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId29496960728ee3092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId10776960728edf6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10776960728edf6b7.jpg"/><Relationship Id="rId79516960728ee09f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79516960728ee09f8.jpg"/><Relationship Id="rId99176960728ee312e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99176960728ee312e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId988545503" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339297676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2634699744e2e6f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId7448699744e2e6fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId8460699744e2e71b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId2909699744e2ea2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId7701699744e2ea775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId9091699744e2eaa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId9161699744e2eaacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId8195699744e2eaf0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId1143699744e2eb03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId9969699744e2eb430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId3962699744e2eb4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId3815699744e2eb746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4133699744e2e7079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4133699744e2e7079.jpg"/><Relationship Id="rId1175699744e2e89c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1175699744e2e89c1.jpg"/><Relationship Id="rId3496699744e2eb7fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3496699744e2eb7fe.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>