--- v3 (2026-02-19)
+++ v4 (2026-03-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Verdin, Salar, Danet, Choueiri, Jreijiri, El Zammar, Gélie, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AlmWB, Almond lethal witches' broom, witches' broom of almond</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2634699744e2e6f3a" w:history="1">
+            <w:hyperlink r:id="rId808669b259dadc9cd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7448699744e2e6fab" w:history="1">
+            <w:hyperlink r:id="rId128269b259dadca36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53117961" name="name1735699744e2e707a" descr="12980.jpg"/>
+                  <wp:docPr id="31115480" name="name497269b259dadcb4c" descr="12980.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12980.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4133699744e2e7079" cstate="print"/>
+                          <a:blip r:embed="rId818169b259dadcb4b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8460699744e2e71b0" w:history="1">
+            <w:hyperlink r:id="rId472369b259dadcc7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2027,63 +2027,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54580860" name="name7361699744e2e89c5" descr="PHYPPH_distribution_map.jpg"/>
+            <wp:docPr id="13784487" name="name694569b259dade664" descr="PHYPPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1175699744e2e89c1" cstate="print"/>
+                    <a:blip r:embed="rId876369b259dade660" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4983,51 +4983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2909699744e2ea2a2" w:history="1">
+      <w:hyperlink r:id="rId531369b259dadfbc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-019-0342-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5675,51 +5675,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 71-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7701699744e2ea775" w:history="1">
+      <w:hyperlink r:id="rId757569b259dae0033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4454/JPP.V98I1.026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6075,101 +6075,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9091699744e2eaa7b" w:history="1">
+      <w:hyperlink r:id="rId894169b259dae02ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYPPH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Diagnostic Protocol Standard PM 7/150 (1) ‘</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma phoenicium’ . </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9161699744e2eaacf" w:history="1">
+      <w:hyperlink r:id="rId296469b259dae0332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12799</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6746,51 +6746,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">278. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8195699744e2eaf0a" w:history="1">
+      <w:hyperlink r:id="rId381269b259dae084b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-19-0157-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6827,51 +6827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BMC Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1143699744e2eb03b" w:history="1">
+      <w:hyperlink r:id="rId237769b259dae08ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-015-0487-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">166, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">372-388.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9969699744e2eb430" w:history="1">
+      <w:hyperlink r:id="rId471669b259dae0c9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12188</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7457,51 +7457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">833-838. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3962699744e2eb4df" w:history="1">
+      <w:hyperlink r:id="rId581469b259dae0d25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7665,51 +7665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma phoenicium'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3815699744e2eb746" w:history="1">
+      <w:hyperlink r:id="rId914469b259dae0e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7722,63 +7722,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25160398" name="name1607699744e2eb800" descr="eu_funding_250.png"/>
+            <wp:docPr id="64177133" name="name121869b259dae1073" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3496699744e2eb7fe" cstate="print"/>
+                    <a:blip r:embed="rId757969b259dae1071" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7876,137 +7876,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49555355">
+  <w:abstractNum w:abstractNumId="71726783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49049838">
+    <w:lvl w:ilvl="0" w:tplc="94851694">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49049838" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94851694" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49555354">
+  <w:abstractNum w:abstractNumId="71726782">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56235564">
+    <w:lvl w:ilvl="0" w:tplc="76178733">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8758,55 +8758,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49555354">
-    <w:abstractNumId w:val="49555354"/>
+  <w:num w:numId="71726782">
+    <w:abstractNumId w:val="71726782"/>
   </w:num>
-  <w:num w:numId="49555355">
-    <w:abstractNumId w:val="49555355"/>
+  <w:num w:numId="71726783">
+    <w:abstractNumId w:val="71726783"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20356,51 +20356,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId988545503" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339297676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2634699744e2e6f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId7448699744e2e6fab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId8460699744e2e71b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId2909699744e2ea2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId7701699744e2ea775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId9091699744e2eaa7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId9161699744e2eaacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId8195699744e2eaf0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId1143699744e2eb03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId9969699744e2eb430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId3962699744e2eb4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId3815699744e2eb746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4133699744e2e7079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4133699744e2e7079.jpg"/><Relationship Id="rId1175699744e2e89c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1175699744e2e89c1.jpg"/><Relationship Id="rId3496699744e2eb7fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3496699744e2eb7fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId484049334" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId794455669" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId808669b259dadc9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/" TargetMode="External"/><Relationship Id="rId128269b259dadca36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/categorization" TargetMode="External"/><Relationship Id="rId472369b259dadcc7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH/photos" TargetMode="External"/><Relationship Id="rId531369b259dadfbc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-019-0342-9" TargetMode="External"/><Relationship Id="rId757569b259dae0033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4454/JPP.V98I1.026" TargetMode="External"/><Relationship Id="rId894169b259dae02ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPPH" TargetMode="External"/><Relationship Id="rId296469b259dae0332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12799" TargetMode="External"/><Relationship Id="rId381269b259dae084b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-19-0157-PDN" TargetMode="External"/><Relationship Id="rId237769b259dae08ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-015-0487-4" TargetMode="External"/><Relationship Id="rId471669b259dae0c9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12188" TargetMode="External"/><Relationship Id="rId581469b259dae0d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02453-0" TargetMode="External"/><Relationship Id="rId914469b259dae0e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId818169b259dadcb4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818169b259dadcb4b.jpg"/><Relationship Id="rId876369b259dade660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876369b259dade660.jpg"/><Relationship Id="rId757969b259dae1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId757969b259dae1071.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>