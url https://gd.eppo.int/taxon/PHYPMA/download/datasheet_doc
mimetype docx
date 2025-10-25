--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297368e0cac323af0" w:history="1">
+            <w:hyperlink r:id="rId160868fc1f78510eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId863968e0cac323b5d" w:history="1">
+            <w:hyperlink r:id="rId308168fc1f785115d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66757452" name="name396268e0cac323c20" descr="1203.jpg"/>
+                  <wp:docPr id="65955846" name="name598168fc1f7851257" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId982268e0cac323c1e" cstate="print"/>
+                          <a:blip r:embed="rId723068fc1f7851255" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId643468e0cac323d4a" w:history="1">
+            <w:hyperlink r:id="rId613768fc1f7851377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33858734" name="name844368e0cac325451" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="15248659" name="name614268fc1f7852cf2" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId940568e0cac32544d" cstate="print"/>
+                    <a:blip r:embed="rId217768fc1f7852cef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477768e0cac3269a4" w:history="1">
+      <w:hyperlink r:id="rId532068fc1f78542e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699568e0cac326a66" w:history="1">
+      <w:hyperlink r:id="rId860868fc1f785439a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860268e0cac326ad8" w:history="1">
+      <w:hyperlink r:id="rId535568fc1f785440c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478768e0cac326f47" w:history="1">
+      <w:hyperlink r:id="rId925968fc1f7854853" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729968e0cac3272ec" w:history="1">
+      <w:hyperlink r:id="rId892568fc1f7854bea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769468e0cac32733f" w:history="1">
+      <w:hyperlink r:id="rId574468fc1f7854c3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917468e0cac3273f9" w:history="1">
+      <w:hyperlink r:id="rId736268fc1f7854d3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540268e0cac3274c9" w:history="1">
+      <w:hyperlink r:id="rId562768fc1f7854e14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62314517" name="name603268e0cac327559" descr="eu_funding_250.png"/>
+            <wp:docPr id="3970777" name="name553368fc1f7854ea6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId602968e0cac327557" cstate="print"/>
+                    <a:blip r:embed="rId471068fc1f7854ea5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15818988">
+  <w:abstractNum w:abstractNumId="36816243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75712423">
+    <w:lvl w:ilvl="0" w:tplc="17177426">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75712423" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17177426" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15818987">
+  <w:abstractNum w:abstractNumId="36816242">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15512804">
+    <w:lvl w:ilvl="0" w:tplc="80124891">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15818987">
-    <w:abstractNumId w:val="15818987"/>
+  <w:num w:numId="36816242">
+    <w:abstractNumId w:val="36816242"/>
   </w:num>
-  <w:num w:numId="15818988">
-    <w:abstractNumId w:val="15818988"/>
+  <w:num w:numId="36816243">
+    <w:abstractNumId w:val="36816243"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId209079329" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId774382158" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId297368e0cac323af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId863968e0cac323b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId643468e0cac323d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId477768e0cac3269a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId699568e0cac326a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId860268e0cac326ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId478768e0cac326f47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId729968e0cac3272ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId769468e0cac32733f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId917468e0cac3273f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540268e0cac3274c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId982268e0cac323c1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId982268e0cac323c1e.jpg"/><Relationship Id="rId940568e0cac32544d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId940568e0cac32544d.jpg"/><Relationship Id="rId602968e0cac327557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId602968e0cac327557.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId504759155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437354556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId160868fc1f78510eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId308168fc1f785115d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId613768fc1f7851377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId532068fc1f78542e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId860868fc1f785439a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId535568fc1f785440c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId925968fc1f7854853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId892568fc1f7854bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId574468fc1f7854c3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId736268fc1f7854d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId562768fc1f7854e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId723068fc1f7851255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723068fc1f7851255.jpg"/><Relationship Id="rId217768fc1f7852cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217768fc1f7852cef.jpg"/><Relationship Id="rId471068fc1f7854ea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId471068fc1f7854ea5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>