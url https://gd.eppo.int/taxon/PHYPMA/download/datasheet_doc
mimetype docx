--- v1 (2025-10-25)
+++ v2 (2025-11-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160868fc1f78510eb" w:history="1">
+            <w:hyperlink r:id="rId9945691929198b384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308168fc1f785115d" w:history="1">
+            <w:hyperlink r:id="rId8660691929198b3ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65955846" name="name598168fc1f7851257" descr="1203.jpg"/>
+                  <wp:docPr id="70071736" name="name7632691929198b4bf" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId723068fc1f7851255" cstate="print"/>
+                          <a:blip r:embed="rId4798691929198b4be" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId613768fc1f7851377" w:history="1">
+            <w:hyperlink r:id="rId8770691929198b59b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15248659" name="name614268fc1f7852cf2" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="74552700" name="name5559691929198d150" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId217768fc1f7852cef" cstate="print"/>
+                    <a:blip r:embed="rId1567691929198d14e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532068fc1f78542e4" w:history="1">
+      <w:hyperlink r:id="rId1569691929198e8b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860868fc1f785439a" w:history="1">
+      <w:hyperlink r:id="rId2616691929198e978" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535568fc1f785440c" w:history="1">
+      <w:hyperlink r:id="rId1128691929198e9ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925968fc1f7854853" w:history="1">
+      <w:hyperlink r:id="rId3674691929198ef4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892568fc1f7854bea" w:history="1">
+      <w:hyperlink r:id="rId5940691929198f33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId574468fc1f7854c3d" w:history="1">
+      <w:hyperlink r:id="rId4761691929198f3ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736268fc1f7854d3a" w:history="1">
+      <w:hyperlink r:id="rId7788691929198f603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562768fc1f7854e14" w:history="1">
+      <w:hyperlink r:id="rId8102691929198f7b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3970777" name="name553368fc1f7854ea6" descr="eu_funding_250.png"/>
+            <wp:docPr id="80063791" name="name6275691929198f830" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId471068fc1f7854ea5" cstate="print"/>
+                    <a:blip r:embed="rId1504691929198f82f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36816243">
+  <w:abstractNum w:abstractNumId="26282534">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17177426">
+    <w:lvl w:ilvl="0" w:tplc="85269526">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17177426" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85269526" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36816242">
+  <w:abstractNum w:abstractNumId="26282533">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80124891">
+    <w:lvl w:ilvl="0" w:tplc="46287886">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36816242">
-    <w:abstractNumId w:val="36816242"/>
+  <w:num w:numId="26282533">
+    <w:abstractNumId w:val="26282533"/>
   </w:num>
-  <w:num w:numId="36816243">
-    <w:abstractNumId w:val="36816243"/>
+  <w:num w:numId="26282534">
+    <w:abstractNumId w:val="26282534"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId504759155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437354556" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId160868fc1f78510eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId308168fc1f785115d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId613768fc1f7851377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId532068fc1f78542e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId860868fc1f785439a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId535568fc1f785440c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId925968fc1f7854853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId892568fc1f7854bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId574468fc1f7854c3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId736268fc1f7854d3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId562768fc1f7854e14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId723068fc1f7851255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723068fc1f7851255.jpg"/><Relationship Id="rId217768fc1f7852cef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217768fc1f7852cef.jpg"/><Relationship Id="rId471068fc1f7854ea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId471068fc1f7854ea5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId543941202" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977707509" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9945691929198b384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId8660691929198b3ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId8770691929198b59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId1569691929198e8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId2616691929198e978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId1128691929198e9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId3674691929198ef4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId5940691929198f33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId4761691929198f3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId7788691929198f603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8102691929198f7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId4798691929198b4be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4798691929198b4be.jpg"/><Relationship Id="rId1567691929198d14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1567691929198d14e.jpg"/><Relationship Id="rId1504691929198f82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1504691929198f82f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>