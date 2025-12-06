--- v2 (2025-11-16)
+++ v3 (2025-12-06)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9945691929198b384" w:history="1">
+            <w:hyperlink r:id="rId29106933a3fb2f06a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8660691929198b3ef" w:history="1">
+            <w:hyperlink r:id="rId80526933a3fb2f107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70071736" name="name7632691929198b4bf" descr="1203.jpg"/>
+                  <wp:docPr id="70278911" name="name49096933a3fb2f1bf" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4798691929198b4be" cstate="print"/>
+                          <a:blip r:embed="rId51306933a3fb2f1bd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8770691929198b59b" w:history="1">
+            <w:hyperlink r:id="rId72916933a3fb2f295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74552700" name="name5559691929198d150" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="34188326" name="name40336933a3fb30e51" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1567691929198d14e" cstate="print"/>
+                    <a:blip r:embed="rId59016933a3fb30e4f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1569691929198e8b3" w:history="1">
+      <w:hyperlink r:id="rId47076933a3fb32747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2616691929198e978" w:history="1">
+      <w:hyperlink r:id="rId62546933a3fb327f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1128691929198e9ed" w:history="1">
+      <w:hyperlink r:id="rId59236933a3fb32868" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3674691929198ef4e" w:history="1">
+      <w:hyperlink r:id="rId64736933a3fb32cc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5940691929198f33e" w:history="1">
+      <w:hyperlink r:id="rId88916933a3fb3304a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4761691929198f3ba" w:history="1">
+      <w:hyperlink r:id="rId11126933a3fb3309b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7788691929198f603" w:history="1">
+      <w:hyperlink r:id="rId21606933a3fb33155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8102691929198f7b3" w:history="1">
+      <w:hyperlink r:id="rId85706933a3fb33227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80063791" name="name6275691929198f830" descr="eu_funding_250.png"/>
+            <wp:docPr id="54547110" name="name99036933a3fb3327d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1504691929198f82f" cstate="print"/>
+                    <a:blip r:embed="rId29676933a3fb3327c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26282534">
+  <w:abstractNum w:abstractNumId="61511600">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85269526">
+    <w:lvl w:ilvl="0" w:tplc="95432346">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85269526" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95432346" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26282533">
+  <w:abstractNum w:abstractNumId="61511599">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46287886">
+    <w:lvl w:ilvl="0" w:tplc="55538640">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26282533">
-    <w:abstractNumId w:val="26282533"/>
+  <w:num w:numId="61511599">
+    <w:abstractNumId w:val="61511599"/>
   </w:num>
-  <w:num w:numId="26282534">
-    <w:abstractNumId w:val="26282534"/>
+  <w:num w:numId="61511600">
+    <w:abstractNumId w:val="61511600"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId543941202" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId977707509" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9945691929198b384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId8660691929198b3ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId8770691929198b59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId1569691929198e8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId2616691929198e978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId1128691929198e9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId3674691929198ef4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId5940691929198f33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId4761691929198f3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId7788691929198f603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8102691929198f7b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId4798691929198b4be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4798691929198b4be.jpg"/><Relationship Id="rId1567691929198d14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1567691929198d14e.jpg"/><Relationship Id="rId1504691929198f82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1504691929198f82f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId566656615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId575656950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId29106933a3fb2f06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId80526933a3fb2f107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId72916933a3fb2f295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId47076933a3fb32747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId62546933a3fb327f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId59236933a3fb32868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId64736933a3fb32cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId88916933a3fb3304a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId11126933a3fb3309b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId21606933a3fb33155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85706933a3fb33227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId51306933a3fb2f1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51306933a3fb2f1bd.jpg"/><Relationship Id="rId59016933a3fb30e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59016933a3fb30e4f.jpg"/><Relationship Id="rId29676933a3fb3327c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29676933a3fb3327c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>