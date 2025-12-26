--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29106933a3fb2f06a" w:history="1">
+            <w:hyperlink r:id="rId5120694f07b2c0034" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80526933a3fb2f107" w:history="1">
+            <w:hyperlink r:id="rId3073694f07b2c009c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70278911" name="name49096933a3fb2f1bf" descr="1203.jpg"/>
+                  <wp:docPr id="57277488" name="name8372694f07b2c04bb" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51306933a3fb2f1bd" cstate="print"/>
+                          <a:blip r:embed="rId3617694f07b2c04b9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72916933a3fb2f295" w:history="1">
+            <w:hyperlink r:id="rId5285694f07b2c05a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34188326" name="name40336933a3fb30e51" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="83136798" name="name6001694f07b2c1bb4" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59016933a3fb30e4f" cstate="print"/>
+                    <a:blip r:embed="rId8434694f07b2c1bb1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47076933a3fb32747" w:history="1">
+      <w:hyperlink r:id="rId9327694f07b2c304b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62546933a3fb327f9" w:history="1">
+      <w:hyperlink r:id="rId6884694f07b2c3107" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59236933a3fb32868" w:history="1">
+      <w:hyperlink r:id="rId7557694f07b2c3179" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64736933a3fb32cc1" w:history="1">
+      <w:hyperlink r:id="rId8735694f07b2c35c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88916933a3fb3304a" w:history="1">
+      <w:hyperlink r:id="rId9020694f07b2c3942" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11126933a3fb3309b" w:history="1">
+      <w:hyperlink r:id="rId9775694f07b2c3994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21606933a3fb33155" w:history="1">
+      <w:hyperlink r:id="rId3539694f07b2c3a4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85706933a3fb33227" w:history="1">
+      <w:hyperlink r:id="rId1092694f07b2c3b1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54547110" name="name99036933a3fb3327d" descr="eu_funding_250.png"/>
+            <wp:docPr id="37895236" name="name5182694f07b2c3b82" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29676933a3fb3327c" cstate="print"/>
+                    <a:blip r:embed="rId8182694f07b2c3b81" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61511600">
+  <w:abstractNum w:abstractNumId="58189864">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95432346">
+    <w:lvl w:ilvl="0" w:tplc="48043803">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95432346" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48043803" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61511599">
+  <w:abstractNum w:abstractNumId="58189863">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55538640">
+    <w:lvl w:ilvl="0" w:tplc="68345152">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61511599">
-    <w:abstractNumId w:val="61511599"/>
+  <w:num w:numId="58189863">
+    <w:abstractNumId w:val="58189863"/>
   </w:num>
-  <w:num w:numId="61511600">
-    <w:abstractNumId w:val="61511600"/>
+  <w:num w:numId="58189864">
+    <w:abstractNumId w:val="58189864"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId566656615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId575656950" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId29106933a3fb2f06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId80526933a3fb2f107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId72916933a3fb2f295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId47076933a3fb32747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId62546933a3fb327f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId59236933a3fb32868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId64736933a3fb32cc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId88916933a3fb3304a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId11126933a3fb3309b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId21606933a3fb33155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85706933a3fb33227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId51306933a3fb2f1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51306933a3fb2f1bd.jpg"/><Relationship Id="rId59016933a3fb30e4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59016933a3fb30e4f.jpg"/><Relationship Id="rId29676933a3fb3327c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29676933a3fb3327c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId926011013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475611351" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5120694f07b2c0034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId3073694f07b2c009c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId5285694f07b2c05a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId9327694f07b2c304b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId6884694f07b2c3107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId7557694f07b2c3179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId8735694f07b2c35c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId9020694f07b2c3942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId9775694f07b2c3994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId3539694f07b2c3a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1092694f07b2c3b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId3617694f07b2c04b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3617694f07b2c04b9.jpg"/><Relationship Id="rId8434694f07b2c1bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8434694f07b2c1bb1.jpg"/><Relationship Id="rId8182694f07b2c3b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8182694f07b2c3b81.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>