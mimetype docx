--- v4 (2025-12-26)
+++ v5 (2026-01-16)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5120694f07b2c0034" w:history="1">
+            <w:hyperlink r:id="rId62296969b61d2ce39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3073694f07b2c009c" w:history="1">
+            <w:hyperlink r:id="rId60886969b61d2ceb4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57277488" name="name8372694f07b2c04bb" descr="1203.jpg"/>
+                  <wp:docPr id="60996247" name="name12596969b61d2d3a2" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3617694f07b2c04b9" cstate="print"/>
+                          <a:blip r:embed="rId95256969b61d2d3a0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5285694f07b2c05a9" w:history="1">
+            <w:hyperlink r:id="rId99056969b61d2d4a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83136798" name="name6001694f07b2c1bb4" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="37998250" name="name26936969b61d2e767" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8434694f07b2c1bb1" cstate="print"/>
+                    <a:blip r:embed="rId78616969b61d2e764" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9327694f07b2c304b" w:history="1">
+      <w:hyperlink r:id="rId58296969b61d2fdba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6884694f07b2c3107" w:history="1">
+      <w:hyperlink r:id="rId45156969b61d2fe70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7557694f07b2c3179" w:history="1">
+      <w:hyperlink r:id="rId68406969b61d2feea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8735694f07b2c35c5" w:history="1">
+      <w:hyperlink r:id="rId29656969b61d3032c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9020694f07b2c3942" w:history="1">
+      <w:hyperlink r:id="rId23586969b61d306a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9775694f07b2c3994" w:history="1">
+      <w:hyperlink r:id="rId88676969b61d306f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6072,73 +6072,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3539694f07b2c3a4b" w:history="1">
+      <w:hyperlink r:id="rId74686969b61d307af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1092694f07b2c3b1b" w:history="1">
+      <w:hyperlink r:id="rId49896969b61d3087f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="37895236" name="name5182694f07b2c3b82" descr="eu_funding_250.png"/>
+            <wp:docPr id="28702921" name="name78266969b61d30b8a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8182694f07b2c3b81" cstate="print"/>
+                    <a:blip r:embed="rId85566969b61d30b88" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58189864">
+  <w:abstractNum w:abstractNumId="22900502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48043803">
+    <w:lvl w:ilvl="0" w:tplc="94462020">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48043803" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94462020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58189863">
+  <w:abstractNum w:abstractNumId="22900501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68345152">
+    <w:lvl w:ilvl="0" w:tplc="95731345">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58189863">
-    <w:abstractNumId w:val="58189863"/>
+  <w:num w:numId="22900501">
+    <w:abstractNumId w:val="22900501"/>
   </w:num>
-  <w:num w:numId="58189864">
-    <w:abstractNumId w:val="58189864"/>
+  <w:num w:numId="22900502">
+    <w:abstractNumId w:val="22900502"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId926011013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId475611351" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5120694f07b2c0034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId3073694f07b2c009c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId5285694f07b2c05a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId9327694f07b2c304b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId6884694f07b2c3107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId7557694f07b2c3179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId8735694f07b2c35c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId9020694f07b2c3942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId9775694f07b2c3994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId3539694f07b2c3a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1092694f07b2c3b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId3617694f07b2c04b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3617694f07b2c04b9.jpg"/><Relationship Id="rId8434694f07b2c1bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8434694f07b2c1bb1.jpg"/><Relationship Id="rId8182694f07b2c3b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8182694f07b2c3b81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId868195052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId140442731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62296969b61d2ce39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId60886969b61d2ceb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId99056969b61d2d4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId58296969b61d2fdba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId45156969b61d2fe70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId68406969b61d2feea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId29656969b61d3032c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId23586969b61d306a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId88676969b61d306f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId74686969b61d307af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49896969b61d3087f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId95256969b61d2d3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95256969b61d2d3a0.jpg"/><Relationship Id="rId78616969b61d2e764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78616969b61d2e764.jpg"/><Relationship Id="rId85566969b61d30b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85566969b61d30b88.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>