--- v5 (2026-01-16)
+++ v6 (2026-02-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62296969b61d2ce39" w:history="1">
+            <w:hyperlink r:id="rId337769850e2187743" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60886969b61d2ceb4" w:history="1">
+            <w:hyperlink r:id="rId914369850e21877ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60996247" name="name12596969b61d2d3a2" descr="1203.jpg"/>
+                  <wp:docPr id="40502436" name="name637769850e2187ed7" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId95256969b61d2d3a0" cstate="print"/>
+                          <a:blip r:embed="rId992169850e2187ed2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99056969b61d2d4a3" w:history="1">
+            <w:hyperlink r:id="rId849669850e2188086" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,105 +1509,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37998250" name="name26936969b61d2e767" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="9064096" name="name767869850e21895dc" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78616969b61d2e764" cstate="print"/>
+                    <a:blip r:embed="rId498369850e21895d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Finland, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland), Lithuania, Luxembourg, Moldova, Republic of, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Albania, Austria, Belarus, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, Finland, France (mainland), Germany, Greece (mainland), Hungary, Italy (mainland), Lithuania, Luxembourg, Moldova, Republic of, Netherlands, Norway, Poland, Romania, Russian Federation (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, Tunisia, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58296969b61d2fdba" w:history="1">
+      <w:hyperlink r:id="rId962469850e218aca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45156969b61d2fe70" w:history="1">
+      <w:hyperlink r:id="rId118869850e218ae12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68406969b61d2feea" w:history="1">
+      <w:hyperlink r:id="rId686169850e218aef8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29656969b61d3032c" w:history="1">
+      <w:hyperlink r:id="rId230269850e218b4fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23586969b61d306a7" w:history="1">
+      <w:hyperlink r:id="rId803569850e218b9c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88676969b61d306f8" w:history="1">
+      <w:hyperlink r:id="rId138369850e218baf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74686969b61d307af" w:history="1">
+      <w:hyperlink r:id="rId587269850e218bc22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49896969b61d3087f" w:history="1">
+      <w:hyperlink r:id="rId362069850e218bcf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28702921" name="name78266969b61d30b8a" descr="eu_funding_250.png"/>
+            <wp:docPr id="22737085" name="name800869850e218bdc5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85566969b61d30b88" cstate="print"/>
+                    <a:blip r:embed="rId573769850e218bdc4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22900502">
+  <w:abstractNum w:abstractNumId="58350352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94462020">
+    <w:lvl w:ilvl="0" w:tplc="70220512">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94462020" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70220512" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22900501">
+  <w:abstractNum w:abstractNumId="58350351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95731345">
+    <w:lvl w:ilvl="0" w:tplc="27892046">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22900501">
-    <w:abstractNumId w:val="22900501"/>
+  <w:num w:numId="58350351">
+    <w:abstractNumId w:val="58350351"/>
   </w:num>
-  <w:num w:numId="22900502">
-    <w:abstractNumId w:val="22900502"/>
+  <w:num w:numId="58350352">
+    <w:abstractNumId w:val="58350352"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId868195052" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId140442731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId62296969b61d2ce39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId60886969b61d2ceb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId99056969b61d2d4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId58296969b61d2fdba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId45156969b61d2fe70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId68406969b61d2feea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId29656969b61d3032c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId23586969b61d306a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId88676969b61d306f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId74686969b61d307af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49896969b61d3087f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId95256969b61d2d3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95256969b61d2d3a0.jpg"/><Relationship Id="rId78616969b61d2e764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78616969b61d2e764.jpg"/><Relationship Id="rId85566969b61d30b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85566969b61d30b88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId178875934" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437164312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId337769850e2187743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId914369850e21877ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId849669850e2188086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId962469850e218aca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId118869850e218ae12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId686169850e218aef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId230269850e218b4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId803569850e218b9c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId138369850e218baf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId587269850e218bc22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId362069850e218bcf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId992169850e2187ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992169850e2187ed2.jpg"/><Relationship Id="rId498369850e21895d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498369850e21895d8.jpg"/><Relationship Id="rId573769850e218bdc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573769850e218bdc4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>