--- v6 (2026-02-05)
+++ v7 (2026-03-20)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337769850e2187743" w:history="1">
+            <w:hyperlink r:id="rId913069bcdd23b8e43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId914369850e21877ac" w:history="1">
+            <w:hyperlink r:id="rId304569bcdd23b8ead" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40502436" name="name637769850e2187ed7" descr="1203.jpg"/>
+                  <wp:docPr id="34058226" name="name670669bcdd23b9499" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId992169850e2187ed2" cstate="print"/>
+                          <a:blip r:embed="rId163469bcdd23b9497" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId849669850e2188086" w:history="1">
+            <w:hyperlink r:id="rId905369bcdd23b95d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9064096" name="name767869850e21895dc" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="24517911" name="name317269bcdd23ba957" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId498369850e21895d8" cstate="print"/>
+                    <a:blip r:embed="rId837669bcdd23ba953" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962469850e218aca8" w:history="1">
+      <w:hyperlink r:id="rId823169bcdd23bbe0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118869850e218ae12" w:history="1">
+      <w:hyperlink r:id="rId484269bcdd23bbec0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686169850e218aef8" w:history="1">
+      <w:hyperlink r:id="rId257569bcdd23bbf30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId230269850e218b4fa" w:history="1">
+      <w:hyperlink r:id="rId992469bcdd23bc35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803569850e218b9c5" w:history="1">
+      <w:hyperlink r:id="rId615669bcdd23bc6d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138369850e218baf7" w:history="1">
+      <w:hyperlink r:id="rId600269bcdd23bc721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId587269850e218bc22" w:history="1">
+      <w:hyperlink r:id="rId746969bcdd23bc7ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362069850e218bcf7" w:history="1">
+      <w:hyperlink r:id="rId675769bcdd23bc8c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22737085" name="name800869850e218bdc5" descr="eu_funding_250.png"/>
+            <wp:docPr id="38513423" name="name834769bcdd23bc91a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId573769850e218bdc4" cstate="print"/>
+                    <a:blip r:embed="rId731369bcdd23bc919" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58350352">
+  <w:abstractNum w:abstractNumId="16735941">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70220512">
+    <w:lvl w:ilvl="0" w:tplc="27509812">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70220512" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27509812" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58350351">
+  <w:abstractNum w:abstractNumId="16735940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27892046">
+    <w:lvl w:ilvl="0" w:tplc="47597496">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58350351">
-    <w:abstractNumId w:val="58350351"/>
+  <w:num w:numId="16735940">
+    <w:abstractNumId w:val="16735940"/>
   </w:num>
-  <w:num w:numId="58350352">
-    <w:abstractNumId w:val="58350352"/>
+  <w:num w:numId="16735941">
+    <w:abstractNumId w:val="16735941"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId178875934" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437164312" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId337769850e2187743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId914369850e21877ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId849669850e2188086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId962469850e218aca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId118869850e218ae12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId686169850e218aef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId230269850e218b4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId803569850e218b9c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId138369850e218baf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId587269850e218bc22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId362069850e218bcf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId992169850e2187ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992169850e2187ed2.jpg"/><Relationship Id="rId498369850e21895d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498369850e21895d8.jpg"/><Relationship Id="rId573769850e218bdc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId573769850e218bdc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276889353" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId670480909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId913069bcdd23b8e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId304569bcdd23b8ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId905369bcdd23b95d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId823169bcdd23bbe0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId484269bcdd23bbec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId257569bcdd23bbf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId992469bcdd23bc35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId615669bcdd23bc6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId600269bcdd23bc721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId746969bcdd23bc7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675769bcdd23bc8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId163469bcdd23b9497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163469bcdd23b9497.jpg"/><Relationship Id="rId837669bcdd23ba953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837669bcdd23ba953.jpg"/><Relationship Id="rId731369bcdd23bc919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731369bcdd23bc919.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>