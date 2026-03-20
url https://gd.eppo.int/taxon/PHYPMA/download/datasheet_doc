--- v7 (2026-03-20)
+++ v8 (2026-03-20)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Seemüller &amp; Schneider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AP, proliferation of apple, witches' broom of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId913069bcdd23b8e43" w:history="1">
+            <w:hyperlink r:id="rId318869bceba017e09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304569bcdd23b8ead" w:history="1">
+            <w:hyperlink r:id="rId648769bceba017e71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPMA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34058226" name="name670669bcdd23b9499" descr="1203.jpg"/>
+                  <wp:docPr id="75239983" name="name595469bceba017f74" descr="1203.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1203.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId163469bcdd23b9497" cstate="print"/>
+                          <a:blip r:embed="rId999569bceba017f73" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId905369bcdd23b95d6" w:history="1">
+            <w:hyperlink r:id="rId643769bceba01808b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1509,63 +1509,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. mali' has been reported from the EPPO region, Africa (Tunisia), Asia (Syria) and North America (Canada - Nova Scotia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="24517911" name="name317269bcdd23ba957" descr="PHYPMA_distribution_map.jpg"/>
+            <wp:docPr id="29284633" name="name951669bceba0196fb" descr="PHYPMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId837669bcdd23ba953" cstate="print"/>
+                    <a:blip r:embed="rId400969bceba0196f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4524,51 +4524,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823169bcdd23bbe0c" w:history="1">
+      <w:hyperlink r:id="rId928469bceba01abea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12612</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4634,51 +4634,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354–386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484269bcdd23bbec0" w:history="1">
+      <w:hyperlink r:id="rId628769bceba01ac9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4704,51 +4704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 384–388. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257569bcdd23bbf30" w:history="1">
+      <w:hyperlink r:id="rId175169bceba01ad11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.2005.00988.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5378,51 +5378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1217-1226. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992469bcdd23bc35f" w:history="1">
+      <w:hyperlink r:id="rId693069bceba01b14d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.02823-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5934,101 +5934,101 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Compendium on Phytoplasma mali (apple proliferation) 2021 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615669bcdd23bc6d1" w:history="1">
+      <w:hyperlink r:id="rId705069bceba01b4c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.6502</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffert M (2019) Evaluation of the Regulated non-quarantine pest (RNQP) status for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma mali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600269bcdd23bc721" w:history="1">
+      <w:hyperlink r:id="rId809369bceba01b51b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6094,51 +6094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma mali'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746969bcdd23bc7ef" w:history="1">
+      <w:hyperlink r:id="rId445069bceba01b5ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6221,81 +6221,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) 76-81. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId675769bcdd23bc8c2" w:history="1">
+      <w:hyperlink r:id="rId964869bceba01b6c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38513423" name="name834769bcdd23bc91a" descr="eu_funding_250.png"/>
+            <wp:docPr id="44352285" name="name583769bceba01b74c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId731369bcdd23bc919" cstate="print"/>
+                    <a:blip r:embed="rId443869bceba01b74a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6393,137 +6393,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16735941">
+  <w:abstractNum w:abstractNumId="42999204">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27509812">
+    <w:lvl w:ilvl="0" w:tplc="97204862">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27509812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97204862" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16735940">
+  <w:abstractNum w:abstractNumId="42999203">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47597496">
+    <w:lvl w:ilvl="0" w:tplc="79256717">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7275,55 +7275,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16735940">
-    <w:abstractNumId w:val="16735940"/>
+  <w:num w:numId="42999203">
+    <w:abstractNumId w:val="42999203"/>
   </w:num>
-  <w:num w:numId="16735941">
-    <w:abstractNumId w:val="16735941"/>
+  <w:num w:numId="42999204">
+    <w:abstractNumId w:val="42999204"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18873,51 +18873,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276889353" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId670480909" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId913069bcdd23b8e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId304569bcdd23b8ead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId905369bcdd23b95d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId823169bcdd23bbe0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId484269bcdd23bbec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId257569bcdd23bbf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId992469bcdd23bc35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId615669bcdd23bc6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId600269bcdd23bc721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId746969bcdd23bc7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId675769bcdd23bc8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId163469bcdd23b9497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163469bcdd23b9497.jpg"/><Relationship Id="rId837669bcdd23ba953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId837669bcdd23ba953.jpg"/><Relationship Id="rId731369bcdd23bc919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId731369bcdd23bc919.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId516657270" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId534899468" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId318869bceba017e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/" TargetMode="External"/><Relationship Id="rId648769bceba017e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/categorization" TargetMode="External"/><Relationship Id="rId643769bceba01808b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPMA/photos" TargetMode="External"/><Relationship Id="rId928469bceba01abea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12612" TargetMode="External"/><Relationship Id="rId628769bceba01ac9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId175169bceba01ad11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.2005.00988.x" TargetMode="External"/><Relationship Id="rId693069bceba01b14d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.02823-0" TargetMode="External"/><Relationship Id="rId705069bceba01b4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.6502" TargetMode="External"/><Relationship Id="rId809369bceba01b51b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/ef9c311c-7449-4a40-a9d5-d980e324ffb6" TargetMode="External"/><Relationship Id="rId445069bceba01b5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId964869bceba01b6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02775.x" TargetMode="External"/><Relationship Id="rId999569bceba017f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId999569bceba017f73.jpg"/><Relationship Id="rId400969bceba0196f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId400969bceba0196f8.jpg"/><Relationship Id="rId443869bceba01b74a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId443869bceba01b74a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>