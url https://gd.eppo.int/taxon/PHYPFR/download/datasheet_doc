--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Griffiths, Sinclair, Smart &amp; Davis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ash yellows phytoplasma, AshY, Lilac witches' broom phytoplasma, lWB, witches' broom of lilac, yellows of ash</w:t>
             </w:r>
-            <w:hyperlink r:id="rId545568e79665228f6" w:history="1">
+            <w:hyperlink r:id="rId640369037fd83851f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId756068e7966522938" w:history="1">
+            <w:hyperlink r:id="rId114969037fd838564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -4068,63 +4068,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90248529" name="name597768e7966524c6d" descr="PHYPFR_distribution_map.jpg"/>
+            <wp:docPr id="72087824" name="name769069037fd83aad2" descr="PHYPFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356368e7966524c6b" cstate="print"/>
+                    <a:blip r:embed="rId977369037fd83aacf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma fraxini'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411468e7966526b4a" w:history="1">
+      <w:hyperlink r:id="rId951169037fd83c89a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,63 +8543,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29467084" name="name896268e7966526be3" descr="eu_funding_250.png"/>
+            <wp:docPr id="46384645" name="name709669037fd83c938" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId447868e7966526be2" cstate="print"/>
+                    <a:blip r:embed="rId287169037fd83c937" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8697,137 +8697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33513826">
+  <w:abstractNum w:abstractNumId="20693903">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33017519">
+    <w:lvl w:ilvl="0" w:tplc="50718513">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33017519" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50718513" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33513825">
+  <w:abstractNum w:abstractNumId="20693902">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75816588">
+    <w:lvl w:ilvl="0" w:tplc="68270734">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9579,55 +9579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33513825">
-    <w:abstractNumId w:val="33513825"/>
+  <w:num w:numId="20693902">
+    <w:abstractNumId w:val="20693902"/>
   </w:num>
-  <w:num w:numId="33513826">
-    <w:abstractNumId w:val="33513826"/>
+  <w:num w:numId="20693903">
+    <w:abstractNumId w:val="20693903"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21177,51 +21177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293936383" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId586228919" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId545568e79665228f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId756068e7966522938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId411468e7966526b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId356368e7966524c6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId356368e7966524c6b.jpg"/><Relationship Id="rId447868e7966526be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId447868e7966526be2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916190598" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427203843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId640369037fd83851f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId114969037fd838564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId951169037fd83c89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId977369037fd83aacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977369037fd83aacf.jpg"/><Relationship Id="rId287169037fd83c937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287169037fd83c937.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>