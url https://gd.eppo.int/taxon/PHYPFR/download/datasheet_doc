--- v1 (2025-10-30)
+++ v2 (2025-12-07)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Griffiths, Sinclair, Smart &amp; Davis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ash yellows phytoplasma, AshY, Lilac witches' broom phytoplasma, lWB, witches' broom of lilac, yellows of ash</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640369037fd83851f" w:history="1">
+            <w:hyperlink r:id="rId9733693574fe10424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114969037fd838564" w:history="1">
+            <w:hyperlink r:id="rId5676693574fe1047f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -4068,63 +4068,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72087824" name="name769069037fd83aad2" descr="PHYPFR_distribution_map.jpg"/>
+            <wp:docPr id="69674905" name="name8166693574fe1380f" descr="PHYPFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId977369037fd83aacf" cstate="print"/>
+                    <a:blip r:embed="rId3670693574fe1380c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma fraxini'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951169037fd83c89a" w:history="1">
+      <w:hyperlink r:id="rId9832693574fe15c0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,63 +8543,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46384645" name="name709669037fd83c938" descr="eu_funding_250.png"/>
+            <wp:docPr id="22676423" name="name9126693574fe15d75" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId287169037fd83c937" cstate="print"/>
+                    <a:blip r:embed="rId4940693574fe15d73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8697,137 +8697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20693903">
+  <w:abstractNum w:abstractNumId="19091225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50718513">
+    <w:lvl w:ilvl="0" w:tplc="10795676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50718513" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10795676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20693902">
+  <w:abstractNum w:abstractNumId="19091224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68270734">
+    <w:lvl w:ilvl="0" w:tplc="70275996">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9579,55 +9579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20693902">
-    <w:abstractNumId w:val="20693902"/>
+  <w:num w:numId="19091224">
+    <w:abstractNumId w:val="19091224"/>
   </w:num>
-  <w:num w:numId="20693903">
-    <w:abstractNumId w:val="20693903"/>
+  <w:num w:numId="19091225">
+    <w:abstractNumId w:val="19091225"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21177,51 +21177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916190598" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId427203843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId640369037fd83851f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId114969037fd838564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId951169037fd83c89a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId977369037fd83aacf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977369037fd83aacf.jpg"/><Relationship Id="rId287169037fd83c937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287169037fd83c937.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989076728" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739076865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9733693574fe10424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId5676693574fe1047f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId9832693574fe15c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3670693574fe1380c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3670693574fe1380c.jpg"/><Relationship Id="rId4940693574fe15d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4940693574fe15d73.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>