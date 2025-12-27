--- v2 (2025-12-07)
+++ v3 (2025-12-27)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Griffiths, Sinclair, Smart &amp; Davis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ash yellows phytoplasma, AshY, Lilac witches' broom phytoplasma, lWB, witches' broom of lilac, yellows of ash</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9733693574fe10424" w:history="1">
+            <w:hyperlink r:id="rId23416950563d5c841" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5676693574fe1047f" w:history="1">
+            <w:hyperlink r:id="rId67446950563d5c885" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -4068,63 +4068,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69674905" name="name8166693574fe1380f" descr="PHYPFR_distribution_map.jpg"/>
+            <wp:docPr id="16430770" name="name20946950563d5f498" descr="PHYPFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3670693574fe1380c" cstate="print"/>
+                    <a:blip r:embed="rId40506950563d5f490" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma fraxini'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9832693574fe15c0e" w:history="1">
+      <w:hyperlink r:id="rId24806950563d61a24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,63 +8543,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22676423" name="name9126693574fe15d75" descr="eu_funding_250.png"/>
+            <wp:docPr id="35373248" name="name23596950563d61af7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4940693574fe15d73" cstate="print"/>
+                    <a:blip r:embed="rId99556950563d61af6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8697,137 +8697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19091225">
+  <w:abstractNum w:abstractNumId="42156423">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10795676">
+    <w:lvl w:ilvl="0" w:tplc="17265915">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10795676" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17265915" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19091224">
+  <w:abstractNum w:abstractNumId="42156422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70275996">
+    <w:lvl w:ilvl="0" w:tplc="49928062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9579,55 +9579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19091224">
-    <w:abstractNumId w:val="19091224"/>
+  <w:num w:numId="42156422">
+    <w:abstractNumId w:val="42156422"/>
   </w:num>
-  <w:num w:numId="19091225">
-    <w:abstractNumId w:val="19091225"/>
+  <w:num w:numId="42156423">
+    <w:abstractNumId w:val="42156423"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21177,51 +21177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989076728" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId739076865" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9733693574fe10424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId5676693574fe1047f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId9832693574fe15c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3670693574fe1380c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3670693574fe1380c.jpg"/><Relationship Id="rId4940693574fe15d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4940693574fe15d73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466936835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId744364535" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23416950563d5c841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId67446950563d5c885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId24806950563d61a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40506950563d5f490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40506950563d5f490.jpg"/><Relationship Id="rId99556950563d61af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99556950563d61af6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>