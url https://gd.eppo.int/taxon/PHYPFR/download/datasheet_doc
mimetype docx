--- v3 (2025-12-27)
+++ v4 (2026-01-28)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Griffiths, Sinclair, Smart &amp; Davis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ash yellows phytoplasma, AshY, Lilac witches' broom phytoplasma, lWB, witches' broom of lilac, yellows of ash</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23416950563d5c841" w:history="1">
+            <w:hyperlink r:id="rId66006979e77fd28fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67446950563d5c885" w:history="1">
+            <w:hyperlink r:id="rId19516979e77fd2941" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -4068,63 +4068,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16430770" name="name20946950563d5f498" descr="PHYPFR_distribution_map.jpg"/>
+            <wp:docPr id="68893194" name="name90246979e77fd50a5" descr="PHYPFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40506950563d5f490" cstate="print"/>
+                    <a:blip r:embed="rId51916979e77fd50a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8464,73 +8464,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma fraxini'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24806950563d61a24" w:history="1">
+      <w:hyperlink r:id="rId78486979e77fd6f3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,63 +8543,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35373248" name="name23596950563d61af7" descr="eu_funding_250.png"/>
+            <wp:docPr id="70517877" name="name87686979e77fd7301" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99556950563d61af6" cstate="print"/>
+                    <a:blip r:embed="rId76826979e77fd72ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8697,137 +8697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42156423">
+  <w:abstractNum w:abstractNumId="91171702">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17265915">
+    <w:lvl w:ilvl="0" w:tplc="16701180">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17265915" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16701180" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42156422">
+  <w:abstractNum w:abstractNumId="91171701">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49928062">
+    <w:lvl w:ilvl="0" w:tplc="95637892">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9579,55 +9579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42156422">
-    <w:abstractNumId w:val="42156422"/>
+  <w:num w:numId="91171701">
+    <w:abstractNumId w:val="91171701"/>
   </w:num>
-  <w:num w:numId="42156423">
-    <w:abstractNumId w:val="42156423"/>
+  <w:num w:numId="91171702">
+    <w:abstractNumId w:val="91171702"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21177,51 +21177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466936835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId744364535" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23416950563d5c841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId67446950563d5c885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId24806950563d61a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40506950563d5f490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40506950563d5f490.jpg"/><Relationship Id="rId99556950563d61af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99556950563d61af6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId108771267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896205869" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66006979e77fd28fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId19516979e77fd2941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId78486979e77fd6f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51916979e77fd50a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51916979e77fd50a1.jpg"/><Relationship Id="rId76826979e77fd72ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76826979e77fd72ff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>