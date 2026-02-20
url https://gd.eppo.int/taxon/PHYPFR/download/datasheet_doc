--- v4 (2026-01-28)
+++ v5 (2026-02-20)
@@ -270,88 +270,88 @@
               <w:t xml:space="preserve"> Griffiths, Sinclair, Smart &amp; Davis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ash yellows phytoplasma, AshY, Lilac witches' broom phytoplasma, lWB, witches' broom of lilac, yellows of ash</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66006979e77fd28fc" w:history="1">
+            <w:hyperlink r:id="rId14236998f17005e40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19516979e77fd2941" w:history="1">
+            <w:hyperlink r:id="rId51666998f17005e86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -4068,63 +4068,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68893194" name="name90246979e77fd50a5" descr="PHYPFR_distribution_map.jpg"/>
+            <wp:docPr id="33645220" name="name45186998f170089d4" descr="PHYPFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId51916979e77fd50a1" cstate="print"/>
+                    <a:blip r:embed="rId49316998f170089d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8486,51 +8486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma fraxini'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78486979e77fd6f3c" w:history="1">
+      <w:hyperlink r:id="rId91586998f1700a801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,63 +8543,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70517877" name="name87686979e77fd7301" descr="eu_funding_250.png"/>
+            <wp:docPr id="45688361" name="name46256998f1700ac18" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76826979e77fd72ff" cstate="print"/>
+                    <a:blip r:embed="rId62796998f1700ac16" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8697,137 +8697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91171702">
+  <w:abstractNum w:abstractNumId="70612702">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16701180">
+    <w:lvl w:ilvl="0" w:tplc="26624173">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16701180" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26624173" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91171701">
+  <w:abstractNum w:abstractNumId="70612701">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95637892">
+    <w:lvl w:ilvl="0" w:tplc="29542524">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9579,55 +9579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91171701">
-    <w:abstractNumId w:val="91171701"/>
+  <w:num w:numId="70612701">
+    <w:abstractNumId w:val="70612701"/>
   </w:num>
-  <w:num w:numId="91171702">
-    <w:abstractNumId w:val="91171702"/>
+  <w:num w:numId="70612702">
+    <w:abstractNumId w:val="70612702"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21177,51 +21177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId108771267" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId896205869" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId66006979e77fd28fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId19516979e77fd2941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId78486979e77fd6f3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51916979e77fd50a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId51916979e77fd50a1.jpg"/><Relationship Id="rId76826979e77fd72ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76826979e77fd72ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId306286903" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId401764765" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14236998f17005e40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/" TargetMode="External"/><Relationship Id="rId51666998f17005e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPFR/categorization" TargetMode="External"/><Relationship Id="rId91586998f1700a801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49316998f170089d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49316998f170089d0.jpg"/><Relationship Id="rId62796998f1700ac16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62796998f1700ac16.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>