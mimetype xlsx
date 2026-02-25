--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHYPE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 -------  Physalis sometimes reported as host in the literature, but no reference found confirming that L. orbonalis larvae feed on this plant genera
 * Navasero MV, Calilung VJ (1990) Biology of the Eggplant Fruit and Shoot Borer, Leucinodes orbonalis Guenee (Lepidoptera: Pyralidae) in the Philippines. The Philippine Entomologist 8(2), 749-760.
@@ -324,57 +324,72 @@
   <si>
     <t xml:space="preserve">* Ward LI, Tang J, Veerakone S, Quinn BD, Harper SJ, Delmiglio C, Clover GRG (2010) First report of Potato spindle tuber viroid in Cape gooseberry (Physalis peruviana) in New Zealand. Plant Disease 94 (4), 479.
 ------- Affected plants showed severe leaf distortion, fasciation and etiolation of growing tips, and weak flowering. 
 </t>
   </si>
   <si>
     <t>PYV000</t>
   </si>
   <si>
     <t>Potato yellowing virus</t>
   </si>
   <si>
     <t>* García YG, Montoya MM, Gutiérrez PA (2020) Detection of RNA viruses in Cape gooseberry (Physalis peruviana L.) by RNAseq using total RNA and dsRNA inputs. Archives of Phytopathology and Plant Protection 53(9-10): 395-413.
 ------- partial genome detected by HTS.</t>
   </si>
   <si>
     <t>CDV000</t>
   </si>
   <si>
     <t>Potyvirus trompetae</t>
   </si>
   <si>
     <t>* Salamon P, Palkovics L (2005) Occurrence of Colombian datura virus in Brugmansia hybrids, Physalis peruviana L. and Solanum muricatum Ait. in Hungary. Acta Virologica. 49, 117- 122.</t>
   </si>
   <si>
+    <t>PVY000</t>
+  </si>
+  <si>
+    <t>Potyvirus yituberosi</t>
+  </si>
+  <si>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799</t>
+  </si>
+  <si>
     <t>TETREV</t>
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Moraes GJd, McMurtry JA, Baker EW (1987) Redescription and distribution of the spider mites Tetranychus evansi and T. marianae. Acarologia, 28: 333-343.</t>
+  </si>
+  <si>
+    <t>TMV000</t>
+  </si>
+  <si>
+    <t>Tobamovirus tabaci</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>EPIXSI</t>
   </si>
   <si>
     <t>Epitrix similaris</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis (as Physalis)</t>
   </si>
@@ -706,62 +721,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="405.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="475.313" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -1188,84 +1203,112 @@
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>28</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34" t="s">
         <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" t="s">
         <v>99</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>100</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>101</v>
       </c>
-      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" t="s">
         <v>102</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>103</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" t="s">
         <v>106</v>
       </c>
-      <c r="D37" t="s">
+      <c r="D37"/>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
         <v>107</v>
+      </c>
+      <c r="B38" t="s">
+        <v>108</v>
+      </c>
+      <c r="C38" t="s">
+        <v>109</v>
+      </c>
+      <c r="D38"/>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>107</v>
+      </c>
+      <c r="B39" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" t="s">
+        <v>111</v>
+      </c>
+      <c r="D39" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">