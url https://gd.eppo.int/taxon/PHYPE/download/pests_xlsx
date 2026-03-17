--- v1 (2026-02-25)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHYPE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 -------  Physalis sometimes reported as host in the literature, but no reference found confirming that L. orbonalis larvae feed on this plant genera
 * Navasero MV, Calilung VJ (1990) Biology of the Eggplant Fruit and Shoot Borer, Leucinodes orbonalis Guenee (Lepidoptera: Pyralidae) in the Philippines. The Philippine Entomologist 8(2), 749-760.
@@ -241,50 +241,56 @@
 ------- confirmed host</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>EPIXCU</t>
   </si>
   <si>
     <t>Epitrix cucumeris</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae and Chrysomelidae, excluding Bruchinae). The Coleopterists Society, Special Publication 2, 1-476.</t>
   </si>
   <si>
     <t>EPIXPA</t>
   </si>
   <si>
     <t>Epitrix hirtipennis</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae and Chrysomelidae, excluding Bruchinae). Special Publication of the Coleopterists Society, 2, 615 pp.</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Physalis)</t>
   </si>
   <si>
     <t>* Matthews M (1991) Classification of the Heliothinae. Bulletin of the Natural Resources Institute No. 44. Natural Resources Institute, Chatham, UK.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Santos D, Abrantes I, Maleita C (2019) The quarantine root‐knot nematode Meloidogyne enterolobii – a potential threat to Portugal and Europe. Plant Pathology 68, 1607-1615. doi:10.1111/ppa.13079
 ------- confirmed host</t>
   </si>
   <si>
     <t>GRSV00</t>
   </si>
   <si>
     <t>Orthotospovirus arachianuli</t>
@@ -721,51 +727,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="475.313" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1073,242 +1079,254 @@
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
         <v>72</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
+        <v>73</v>
+      </c>
+      <c r="C26" t="s">
         <v>74</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" t="s">
         <v>77</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28" t="s">
+        <v>79</v>
+      </c>
+      <c r="C28" t="s">
         <v>80</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>81</v>
       </c>
-      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" t="s">
         <v>83</v>
       </c>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" t="s">
         <v>85</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
         <v>88</v>
       </c>
       <c r="D31" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" t="s">
         <v>90</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" t="s">
         <v>93</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>28</v>
       </c>
       <c r="B34" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" t="s">
         <v>96</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" t="s">
         <v>99</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>28</v>
       </c>
       <c r="B36" t="s">
+        <v>101</v>
+      </c>
+      <c r="C36" t="s">
         <v>102</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
         <v>104</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>105</v>
       </c>
-      <c r="C37" t="s">
-[...2 lines deleted...]
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" t="s">
         <v>107</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" t="s">
         <v>111</v>
       </c>
-      <c r="D39" t="s">
+      <c r="D39"/>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>109</v>
+      </c>
+      <c r="B40" t="s">
         <v>112</v>
+      </c>
+      <c r="C40" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">