--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="PHYPAF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
@@ -125,84 +125,81 @@
   <si>
     <t>Tamil Nadu</t>
   </si>
   <si>
     <t>tn</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
-    <t>Present, few occurrences</t>
+    <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
-  </si>
-[...1 lines deleted...]
-    <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -848,67 +845,67 @@
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">