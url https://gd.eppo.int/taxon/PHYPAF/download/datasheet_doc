--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400468e6b86aed62e" w:history="1">
+            <w:hyperlink r:id="rId34966902ca785d13d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491268e6b86aed674" w:history="1">
+            <w:hyperlink r:id="rId49056902ca785d180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23281641" name="name565168e6b86aed73f" descr="1199.jpg"/>
+                  <wp:docPr id="62206721" name="name54126902ca785d22b" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId682868e6b86aed73e" cstate="print"/>
+                          <a:blip r:embed="rId21556902ca785d22a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId114268e6b86aed848" w:history="1">
+            <w:hyperlink r:id="rId70606902ca785d30c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,63 +1506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67765062" name="name546368e6b86aeef95" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="32936653" name="name24096902ca785e82e" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId210368e6b86aeef92" cstate="print"/>
+                    <a:blip r:embed="rId94576902ca785e82c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3403,51 +3403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150368e6b86aefd5a" w:history="1">
+      <w:hyperlink r:id="rId64846902ca785f539" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3504,51 +3504,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445068e6b86aefe07" w:history="1">
+      <w:hyperlink r:id="rId47576902ca785f5df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3574,72 +3574,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449868e6b86aefe7a" w:history="1">
+      <w:hyperlink r:id="rId64716902ca785f64e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318868e6b86aefe9a" w:history="1">
+      <w:hyperlink r:id="rId79986902ca785f66e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3683,51 +3683,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166868e6b86aeff2e" w:history="1">
+      <w:hyperlink r:id="rId71626902ca785f6fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4678,51 +4678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254468e6b86af0573" w:history="1">
+      <w:hyperlink r:id="rId18676902ca785fd4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4797,63 +4797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65090069" name="name498868e6b86af067e" descr="eu_funding_250.png"/>
+            <wp:docPr id="56249669" name="name83666902ca785fe75" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId134768e6b86af067d" cstate="print"/>
+                    <a:blip r:embed="rId21736902ca785fe73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4951,137 +4951,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39859902">
+  <w:abstractNum w:abstractNumId="76235240">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41820027">
+    <w:lvl w:ilvl="0" w:tplc="82708102">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41820027" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82708102" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39859901">
+  <w:abstractNum w:abstractNumId="76235239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78022741">
+    <w:lvl w:ilvl="0" w:tplc="41822547">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5833,55 +5833,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39859901">
-    <w:abstractNumId w:val="39859901"/>
+  <w:num w:numId="76235239">
+    <w:abstractNumId w:val="76235239"/>
   </w:num>
-  <w:num w:numId="39859902">
-    <w:abstractNumId w:val="39859902"/>
+  <w:num w:numId="76235240">
+    <w:abstractNumId w:val="76235240"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17431,51 +17431,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId307304358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId100675137" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId400468e6b86aed62e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId491268e6b86aed674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId114268e6b86aed848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId150368e6b86aefd5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId445068e6b86aefe07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId449868e6b86aefe7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId318868e6b86aefe9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId166868e6b86aeff2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId254468e6b86af0573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId682868e6b86aed73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId682868e6b86aed73e.jpg"/><Relationship Id="rId210368e6b86aeef92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId210368e6b86aeef92.jpg"/><Relationship Id="rId134768e6b86af067d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId134768e6b86af067d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273651032" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId986693532" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34966902ca785d13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId49056902ca785d180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId70606902ca785d30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId64846902ca785f539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId47576902ca785f5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId64716902ca785f64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId79986902ca785f66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId71626902ca785f6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId18676902ca785fd4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21556902ca785d22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21556902ca785d22a.jpg"/><Relationship Id="rId94576902ca785e82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94576902ca785e82c.jpg"/><Relationship Id="rId21736902ca785fe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21736902ca785fe73.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>