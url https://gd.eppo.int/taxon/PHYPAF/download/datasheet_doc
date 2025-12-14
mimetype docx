--- v1 (2025-10-30)
+++ v2 (2025-12-14)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34966902ca785d13d" w:history="1">
+            <w:hyperlink r:id="rId1834693e14e6ddec5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49056902ca785d180" w:history="1">
+            <w:hyperlink r:id="rId6975693e14e6ddf09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62206721" name="name54126902ca785d22b" descr="1199.jpg"/>
+                  <wp:docPr id="71983647" name="name5584693e14e6ddfec" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21556902ca785d22a" cstate="print"/>
+                          <a:blip r:embed="rId5184693e14e6ddfeb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId70606902ca785d30c" w:history="1">
+            <w:hyperlink r:id="rId9255693e14e6de11b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,126 +1506,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32936653" name="name24096902ca785e82e" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="45360376" name="name2312693e14e6de8c2" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId94576902ca785e82c" cstate="print"/>
+                    <a:blip r:embed="rId9471693e14e6de8c1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">EPPO Region:</w:t>
-[...19 lines deleted...]
-        <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Iran, Islamic Republic of, Jordan, Oman, United Arab Emirates</w:t>
+        <w:t xml:space="preserve"> Iran, Islamic Republic of, Oman, United Arab Emirates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Brazil (Minas Gerais, Santa Catarina, Sao Paulo)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3403,51 +3382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64846902ca785f539" w:history="1">
+      <w:hyperlink r:id="rId9763693e14e6df605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3504,51 +3483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47576902ca785f5df" w:history="1">
+      <w:hyperlink r:id="rId9362693e14e6df6af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3574,72 +3553,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64716902ca785f64e" w:history="1">
+      <w:hyperlink r:id="rId4047693e14e6df721" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79986902ca785f66e" w:history="1">
+      <w:hyperlink r:id="rId3403693e14e6df741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3683,51 +3662,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71626902ca785f6fe" w:history="1">
+      <w:hyperlink r:id="rId2382693e14e6df7d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4678,51 +4657,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18676902ca785fd4b" w:history="1">
+      <w:hyperlink r:id="rId1551693e14e6dfe20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4797,63 +4776,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56249669" name="name83666902ca785fe75" descr="eu_funding_250.png"/>
+            <wp:docPr id="72161334" name="name3086693e14e6dff40" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21736902ca785fe73" cstate="print"/>
+                    <a:blip r:embed="rId5218693e14e6dff3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4951,137 +4930,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="76235240">
+  <w:abstractNum w:abstractNumId="74425937">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82708102">
+    <w:lvl w:ilvl="0" w:tplc="36516321">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82708102" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36516321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76235239">
+  <w:abstractNum w:abstractNumId="74425936">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41822547">
+    <w:lvl w:ilvl="0" w:tplc="34748096">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5833,55 +5812,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="76235239">
-    <w:abstractNumId w:val="76235239"/>
+  <w:num w:numId="74425936">
+    <w:abstractNumId w:val="74425936"/>
   </w:num>
-  <w:num w:numId="76235240">
-    <w:abstractNumId w:val="76235240"/>
+  <w:num w:numId="74425937">
+    <w:abstractNumId w:val="74425937"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17431,51 +17410,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId273651032" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId986693532" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34966902ca785d13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId49056902ca785d180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId70606902ca785d30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId64846902ca785f539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId47576902ca785f5df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId64716902ca785f64e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId79986902ca785f66e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId71626902ca785f6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId18676902ca785fd4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21556902ca785d22a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21556902ca785d22a.jpg"/><Relationship Id="rId94576902ca785e82c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId94576902ca785e82c.jpg"/><Relationship Id="rId21736902ca785fe73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21736902ca785fe73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId282512056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId231712298" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1834693e14e6ddec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId6975693e14e6ddf09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId9255693e14e6de11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId9763693e14e6df605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId9362693e14e6df6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId4047693e14e6df721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId3403693e14e6df741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId2382693e14e6df7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1551693e14e6dfe20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5184693e14e6ddfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5184693e14e6ddfeb.jpg"/><Relationship Id="rId9471693e14e6de8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9471693e14e6de8c1.jpg"/><Relationship Id="rId5218693e14e6dff3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5218693e14e6dff3f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>