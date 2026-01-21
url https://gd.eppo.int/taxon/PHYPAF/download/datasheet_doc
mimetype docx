--- v2 (2025-12-14)
+++ v3 (2026-01-21)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1834693e14e6ddec5" w:history="1">
+            <w:hyperlink r:id="rId935469709c9702477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6975693e14e6ddf09" w:history="1">
+            <w:hyperlink r:id="rId347869709c97024bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71983647" name="name5584693e14e6ddfec" descr="1199.jpg"/>
+                  <wp:docPr id="83200098" name="name166269709c9702ad5" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5184693e14e6ddfeb" cstate="print"/>
+                          <a:blip r:embed="rId624869709c9702ad3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9255693e14e6de11b" w:history="1">
+            <w:hyperlink r:id="rId715669709c9702bdf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,63 +1506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45360376" name="name2312693e14e6de8c2" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="29371210" name="name496869709c9703e1a" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9471693e14e6de8c1" cstate="print"/>
+                    <a:blip r:embed="rId594769709c9703e17" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3382,51 +3382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9763693e14e6df605" w:history="1">
+      <w:hyperlink r:id="rId296569709c9704b99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3483,51 +3483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9362693e14e6df6af" w:history="1">
+      <w:hyperlink r:id="rId549569709c9704c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3553,72 +3553,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4047693e14e6df721" w:history="1">
+      <w:hyperlink r:id="rId311269709c9704cb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3403693e14e6df741" w:history="1">
+      <w:hyperlink r:id="rId955869709c9704cd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3662,51 +3662,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2382693e14e6df7d3" w:history="1">
+      <w:hyperlink r:id="rId552369709c9704d61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4635,73 +4635,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1551693e14e6dfe20" w:history="1">
+      <w:hyperlink r:id="rId223069709c97053b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4776,63 +4776,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72161334" name="name3086693e14e6dff40" descr="eu_funding_250.png"/>
+            <wp:docPr id="83297473" name="name916069709c97054fd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5218693e14e6dff3f" cstate="print"/>
+                    <a:blip r:embed="rId923269709c97054fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4930,137 +4930,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74425937">
+  <w:abstractNum w:abstractNumId="14245626">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36516321">
+    <w:lvl w:ilvl="0" w:tplc="38767553">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36516321" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38767553" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74425936">
+  <w:abstractNum w:abstractNumId="14245625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34748096">
+    <w:lvl w:ilvl="0" w:tplc="41920818">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5812,55 +5812,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74425936">
-    <w:abstractNumId w:val="74425936"/>
+  <w:num w:numId="14245625">
+    <w:abstractNumId w:val="14245625"/>
   </w:num>
-  <w:num w:numId="74425937">
-    <w:abstractNumId w:val="74425937"/>
+  <w:num w:numId="14245626">
+    <w:abstractNumId w:val="14245626"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17410,51 +17410,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId282512056" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId231712298" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1834693e14e6ddec5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId6975693e14e6ddf09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId9255693e14e6de11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId9763693e14e6df605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId9362693e14e6df6af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId4047693e14e6df721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId3403693e14e6df741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId2382693e14e6df7d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId1551693e14e6dfe20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5184693e14e6ddfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5184693e14e6ddfeb.jpg"/><Relationship Id="rId9471693e14e6de8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9471693e14e6de8c1.jpg"/><Relationship Id="rId5218693e14e6dff3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5218693e14e6dff3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454295230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId942206268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId935469709c9702477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId347869709c97024bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId715669709c9702bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId296569709c9704b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId549569709c9704c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId311269709c9704cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId955869709c9704cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId552369709c9704d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId223069709c97053b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId624869709c9702ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId624869709c9702ad3.jpg"/><Relationship Id="rId594769709c9703e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594769709c9703e17.jpg"/><Relationship Id="rId923269709c97054fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId923269709c97054fc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>