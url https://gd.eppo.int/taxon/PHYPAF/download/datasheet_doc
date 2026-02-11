--- v3 (2026-01-21)
+++ v4 (2026-02-11)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId935469709c9702477" w:history="1">
+            <w:hyperlink r:id="rId8033698c3fa0ad7d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347869709c97024bd" w:history="1">
+            <w:hyperlink r:id="rId7404698c3fa0ad81a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83200098" name="name166269709c9702ad5" descr="1199.jpg"/>
+                  <wp:docPr id="40707661" name="name3857698c3fa0add77" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId624869709c9702ad3" cstate="print"/>
+                          <a:blip r:embed="rId2207698c3fa0add73" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId715669709c9702bdf" w:history="1">
+            <w:hyperlink r:id="rId3047698c3fa0adeb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,63 +1506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="29371210" name="name496869709c9703e1a" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="69991391" name="name8411698c3fa0aef84" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId594769709c9703e17" cstate="print"/>
+                    <a:blip r:embed="rId8691698c3fa0aef80" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3382,51 +3382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296569709c9704b99" w:history="1">
+      <w:hyperlink r:id="rId8080698c3fa0afe7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3483,51 +3483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549569709c9704c41" w:history="1">
+      <w:hyperlink r:id="rId3160698c3fa0aff2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3553,72 +3553,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311269709c9704cb0" w:history="1">
+      <w:hyperlink r:id="rId5626698c3fa0aff9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId955869709c9704cd0" w:history="1">
+      <w:hyperlink r:id="rId1507698c3fa0affbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3662,51 +3662,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552369709c9704d61" w:history="1">
+      <w:hyperlink r:id="rId8331698c3fa0b0050" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4657,51 +4657,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223069709c97053b7" w:history="1">
+      <w:hyperlink r:id="rId9106698c3fa0b067e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4776,63 +4776,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83297473" name="name916069709c97054fd" descr="eu_funding_250.png"/>
+            <wp:docPr id="30171189" name="name3140698c3fa0b07fc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId923269709c97054fc" cstate="print"/>
+                    <a:blip r:embed="rId3765698c3fa0b07fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4930,137 +4930,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14245626">
+  <w:abstractNum w:abstractNumId="36830856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38767553">
+    <w:lvl w:ilvl="0" w:tplc="19780289">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38767553" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19780289" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14245625">
+  <w:abstractNum w:abstractNumId="36830855">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41920818">
+    <w:lvl w:ilvl="0" w:tplc="39338276">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5812,55 +5812,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14245625">
-    <w:abstractNumId w:val="14245625"/>
+  <w:num w:numId="36830855">
+    <w:abstractNumId w:val="36830855"/>
   </w:num>
-  <w:num w:numId="14245626">
-    <w:abstractNumId w:val="14245626"/>
+  <w:num w:numId="36830856">
+    <w:abstractNumId w:val="36830856"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17410,51 +17410,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454295230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId942206268" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId935469709c9702477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId347869709c97024bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId715669709c9702bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId296569709c9704b99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId549569709c9704c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId311269709c9704cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId955869709c9704cd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId552369709c9704d61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId223069709c97053b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId624869709c9702ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId624869709c9702ad3.jpg"/><Relationship Id="rId594769709c9703e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594769709c9703e17.jpg"/><Relationship Id="rId923269709c97054fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId923269709c97054fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463626508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId802469064" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8033698c3fa0ad7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId7404698c3fa0ad81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId3047698c3fa0adeb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId8080698c3fa0afe7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId3160698c3fa0aff2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId5626698c3fa0aff9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId1507698c3fa0affbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId8331698c3fa0b0050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9106698c3fa0b067e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2207698c3fa0add73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2207698c3fa0add73.jpg"/><Relationship Id="rId8691698c3fa0aef80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8691698c3fa0aef80.jpg"/><Relationship Id="rId3765698c3fa0b07fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3765698c3fa0b07fa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>