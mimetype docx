--- v4 (2026-02-11)
+++ v5 (2026-02-11)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8033698c3fa0ad7d6" w:history="1">
+            <w:hyperlink r:id="rId3503698c66c7eb9bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7404698c3fa0ad81a" w:history="1">
+            <w:hyperlink r:id="rId2600698c66c7eba06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40707661" name="name3857698c3fa0add77" descr="1199.jpg"/>
+                  <wp:docPr id="46856757" name="name5696698c66c7ec1d2" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2207698c3fa0add73" cstate="print"/>
+                          <a:blip r:embed="rId2723698c66c7ec1d0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3047698c3fa0adeb0" w:history="1">
+            <w:hyperlink r:id="rId7724698c66c7ec33a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,63 +1506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69991391" name="name8411698c3fa0aef84" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="81782888" name="name5277698c66c7ed859" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8691698c3fa0aef80" cstate="print"/>
+                    <a:blip r:embed="rId2480698c66c7ed856" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3382,51 +3382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8080698c3fa0afe7d" w:history="1">
+      <w:hyperlink r:id="rId3452698c66c7ee688" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3483,51 +3483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3160698c3fa0aff2b" w:history="1">
+      <w:hyperlink r:id="rId8060698c66c7ee735" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3553,72 +3553,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5626698c3fa0aff9d" w:history="1">
+      <w:hyperlink r:id="rId4926698c66c7ee7a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1507698c3fa0affbc" w:history="1">
+      <w:hyperlink r:id="rId8788698c66c7ee7c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3662,51 +3662,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8331698c3fa0b0050" w:history="1">
+      <w:hyperlink r:id="rId2101698c66c7ee85c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4657,51 +4657,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9106698c3fa0b067e" w:history="1">
+      <w:hyperlink r:id="rId5313698c66c7ef03c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4776,63 +4776,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30171189" name="name3140698c3fa0b07fc" descr="eu_funding_250.png"/>
+            <wp:docPr id="91200729" name="name4994698c66c7ef160" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3765698c3fa0b07fa" cstate="print"/>
+                    <a:blip r:embed="rId1855698c66c7ef15f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4930,137 +4930,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36830856">
+  <w:abstractNum w:abstractNumId="88593263">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19780289">
+    <w:lvl w:ilvl="0" w:tplc="88818177">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19780289" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88818177" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36830855">
+  <w:abstractNum w:abstractNumId="88593262">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39338276">
+    <w:lvl w:ilvl="0" w:tplc="90625626">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5812,55 +5812,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36830855">
-    <w:abstractNumId w:val="36830855"/>
+  <w:num w:numId="88593262">
+    <w:abstractNumId w:val="88593262"/>
   </w:num>
-  <w:num w:numId="36830856">
-    <w:abstractNumId w:val="36830856"/>
+  <w:num w:numId="88593263">
+    <w:abstractNumId w:val="88593263"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17410,51 +17410,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId463626508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId802469064" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8033698c3fa0ad7d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId7404698c3fa0ad81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId3047698c3fa0adeb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId8080698c3fa0afe7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId3160698c3fa0aff2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId5626698c3fa0aff9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId1507698c3fa0affbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId8331698c3fa0b0050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9106698c3fa0b067e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2207698c3fa0add73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2207698c3fa0add73.jpg"/><Relationship Id="rId8691698c3fa0aef80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8691698c3fa0aef80.jpg"/><Relationship Id="rId3765698c3fa0b07fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3765698c3fa0b07fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449205682" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId738119487" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3503698c66c7eb9bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId2600698c66c7eba06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId7724698c66c7ec33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId3452698c66c7ee688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId8060698c66c7ee735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId4926698c66c7ee7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId8788698c66c7ee7c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId2101698c66c7ee85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5313698c66c7ef03c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2723698c66c7ec1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2723698c66c7ec1d0.jpg"/><Relationship Id="rId2480698c66c7ed856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2480698c66c7ed856.jpg"/><Relationship Id="rId1855698c66c7ef15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1855698c66c7ef15f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>