--- v5 (2026-02-11)
+++ v6 (2026-03-05)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3503698c66c7eb9bf" w:history="1">
+            <w:hyperlink r:id="rId185869a92fff49b62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2600698c66c7eba06" w:history="1">
+            <w:hyperlink r:id="rId579169a92fff49ba9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46856757" name="name5696698c66c7ec1d2" descr="1199.jpg"/>
+                  <wp:docPr id="75307447" name="name352969a92fff4a1e7" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2723698c66c7ec1d0" cstate="print"/>
+                          <a:blip r:embed="rId105669a92fff4a1e5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7724698c66c7ec33a" w:history="1">
+            <w:hyperlink r:id="rId488669a92fff4a303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,63 +1506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81782888" name="name5277698c66c7ed859" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="85167519" name="name224169a92fff4b7dc" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2480698c66c7ed856" cstate="print"/>
+                    <a:blip r:embed="rId840469a92fff4b7d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3382,51 +3382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3452698c66c7ee688" w:history="1">
+      <w:hyperlink r:id="rId175269a92fff4c628" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3483,51 +3483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8060698c66c7ee735" w:history="1">
+      <w:hyperlink r:id="rId848869a92fff4c7ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3553,72 +3553,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4926698c66c7ee7a7" w:history="1">
+      <w:hyperlink r:id="rId219969a92fff4c827" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8788698c66c7ee7c7" w:history="1">
+      <w:hyperlink r:id="rId836269a92fff4c849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3662,51 +3662,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2101698c66c7ee85c" w:history="1">
+      <w:hyperlink r:id="rId538869a92fff4c8de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4657,51 +4657,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5313698c66c7ef03c" w:history="1">
+      <w:hyperlink r:id="rId229269a92fff4cf36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4776,63 +4776,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="91200729" name="name4994698c66c7ef160" descr="eu_funding_250.png"/>
+            <wp:docPr id="3849923" name="name801669a92fff4d0b6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1855698c66c7ef15f" cstate="print"/>
+                    <a:blip r:embed="rId939869a92fff4d0b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4930,137 +4930,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88593263">
+  <w:abstractNum w:abstractNumId="86271445">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88818177">
+    <w:lvl w:ilvl="0" w:tplc="21234279">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88818177" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21234279" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88593262">
+  <w:abstractNum w:abstractNumId="86271444">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90625626">
+    <w:lvl w:ilvl="0" w:tplc="98016765">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5812,55 +5812,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88593262">
-    <w:abstractNumId w:val="88593262"/>
+  <w:num w:numId="86271444">
+    <w:abstractNumId w:val="86271444"/>
   </w:num>
-  <w:num w:numId="88593263">
-    <w:abstractNumId w:val="88593263"/>
+  <w:num w:numId="86271445">
+    <w:abstractNumId w:val="86271445"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17410,51 +17410,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId449205682" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId738119487" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3503698c66c7eb9bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId2600698c66c7eba06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId7724698c66c7ec33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId3452698c66c7ee688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId8060698c66c7ee735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId4926698c66c7ee7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId8788698c66c7ee7c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId2101698c66c7ee85c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5313698c66c7ef03c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2723698c66c7ec1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2723698c66c7ec1d0.jpg"/><Relationship Id="rId2480698c66c7ed856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2480698c66c7ed856.jpg"/><Relationship Id="rId1855698c66c7ef15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1855698c66c7ef15f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469240778" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590406675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId185869a92fff49b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId579169a92fff49ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId488669a92fff4a303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId175269a92fff4c628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId848869a92fff4c7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId219969a92fff4c827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId836269a92fff4c849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId538869a92fff4c8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId229269a92fff4cf36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105669a92fff4a1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId105669a92fff4a1e5.jpg"/><Relationship Id="rId840469a92fff4b7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId840469a92fff4b7d9.jpg"/><Relationship Id="rId939869a92fff4d0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939869a92fff4d0b5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>