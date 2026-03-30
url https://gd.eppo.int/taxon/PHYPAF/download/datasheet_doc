--- v6 (2026-03-05)
+++ v7 (2026-03-30)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Zreik, Bové &amp; Garnier</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oman witches' broom disease, WBDL, witches' broom of lime</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185869a92fff49b62" w:history="1">
+            <w:hyperlink r:id="rId687769c9d553b39c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId579169a92fff49ba9" w:history="1">
+            <w:hyperlink r:id="rId769769c9d553b3a0c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYPAF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75307447" name="name352969a92fff4a1e7" descr="1199.jpg"/>
+                  <wp:docPr id="93450081" name="name593469c9d553b4029" descr="1199.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1199.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId105669a92fff4a1e5" cstate="print"/>
+                          <a:blip r:embed="rId225669c9d553b4027" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId488669a92fff4a303" w:history="1">
+            <w:hyperlink r:id="rId482369c9d553b4162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1506,63 +1506,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Ca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. P. aurantifolia') in phylogenetic analysis.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85167519" name="name224169a92fff4b7dc" descr="PHYPAF_distribution_map.jpg"/>
+            <wp:docPr id="36723334" name="name414769c9d553b56fd" descr="PHYPAF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYPAF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId840469a92fff4b7d9" cstate="print"/>
+                    <a:blip r:embed="rId759169c9d553b56fb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3382,51 +3382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 05027. 22 p. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175269a92fff4c628" w:history="1">
+      <w:hyperlink r:id="rId857469c9d553b6487" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3483,51 +3483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 6427, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848869a92fff4c7ad" w:history="1">
+      <w:hyperlink r:id="rId672069c9d553b6532" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2021.6427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3553,72 +3553,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoplasma aurantifolia’ and its vector </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hishimonus phycitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2021:EN-7026. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219969a92fff4c827" w:history="1">
+      <w:hyperlink r:id="rId293269c9d553b65a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arcg.is/19SK8v</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Last updated: 30 November 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836269a92fff4c849" w:history="1">
+      <w:hyperlink r:id="rId775769c9d553b65c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2021.EN-70</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3662,51 +3662,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 414-424.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2023) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 11/01/2023. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538869a92fff4c8de" w:history="1">
+      <w:hyperlink r:id="rId738269c9d553b6656" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Accessed on 8 May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4657,51 +4657,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'Candidatus Phytoplasma aurantifolia'</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229269a92fff4cf36" w:history="1">
+      <w:hyperlink r:id="rId650969c9d553b7166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4776,63 +4776,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3849923" name="name801669a92fff4d0b6" descr="eu_funding_250.png"/>
+            <wp:docPr id="13743634" name="name926069c9d553b754d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId939869a92fff4d0b5" cstate="print"/>
+                    <a:blip r:embed="rId683669c9d553b754b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4930,137 +4930,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86271445">
+  <w:abstractNum w:abstractNumId="88167378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21234279">
+    <w:lvl w:ilvl="0" w:tplc="23670894">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21234279" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23670894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86271444">
+  <w:abstractNum w:abstractNumId="88167377">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98016765">
+    <w:lvl w:ilvl="0" w:tplc="69817437">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5812,55 +5812,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86271444">
-    <w:abstractNumId w:val="86271444"/>
+  <w:num w:numId="88167377">
+    <w:abstractNumId w:val="88167377"/>
   </w:num>
-  <w:num w:numId="86271445">
-    <w:abstractNumId w:val="86271445"/>
+  <w:num w:numId="88167378">
+    <w:abstractNumId w:val="88167378"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17410,51 +17410,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469240778" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId590406675" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId185869a92fff49b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId579169a92fff49ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId488669a92fff4a303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId175269a92fff4c628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId848869a92fff4c7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId219969a92fff4c827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId836269a92fff4c849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId538869a92fff4c8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId229269a92fff4cf36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId105669a92fff4a1e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId105669a92fff4a1e5.jpg"/><Relationship Id="rId840469a92fff4b7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId840469a92fff4b7d9.jpg"/><Relationship Id="rId939869a92fff4d0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId939869a92fff4d0b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId399222387" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId508823228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId687769c9d553b39c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/" TargetMode="External"/><Relationship Id="rId769769c9d553b3a0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/categorization" TargetMode="External"/><Relationship Id="rId482369c9d553b4162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYPAF/photos" TargetMode="External"/><Relationship Id="rId857469c9d553b6487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5027" TargetMode="External"/><Relationship Id="rId672069c9d553b6532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2021.6427" TargetMode="External"/><Relationship Id="rId293269c9d553b65a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arcg.is/19SK8v" TargetMode="External"/><Relationship Id="rId775769c9d553b65c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2021.EN-70" TargetMode="External"/><Relationship Id="rId738269c9d553b6656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId650969c9d553b7166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId225669c9d553b4027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId225669c9d553b4027.jpg"/><Relationship Id="rId759169c9d553b56fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId759169c9d553b56fb.jpg"/><Relationship Id="rId683669c9d553b754b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683669c9d553b754b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>