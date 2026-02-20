--- v0 (2025-10-14)
+++ v1 (2026-02-20)
@@ -86,57 +86,57 @@
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
+    <t>Present, restricted distribution</t>
+  </si>
+  <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
-  </si>
-[...1 lines deleted...]
-    <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>cc</t>
   </si>
   <si>
     <t>Present, no details</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
@@ -696,99 +696,99 @@
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>15</v>
@@ -796,51 +796,51 @@
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>40</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
@@ -892,115 +892,115 @@
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>49</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
         <v>50</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>52</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21"/>
       <c r="D21" t="s">
         <v>54</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22"/>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>59</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24"/>
       <c r="D24" t="s">
         <v>61</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>60</v>
       </c>
@@ -1008,51 +1008,51 @@
         <v>62</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>63</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>65</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>66</v>
       </c>
       <c r="C27"/>
       <c r="D27" t="s">
         <v>67</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>