--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -269,51 +269,51 @@
               <w:t xml:space="preserve"> Firrao et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacco 22A disease, flavescence dorée of grapevine, flavescence dorée phytoplasma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104968e77204c8938" w:history="1">
+            <w:hyperlink r:id="rId6104690230fc3034b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId813468e77204c89a3" w:history="1">
+            <w:hyperlink r:id="rId1814690230fc303b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40765117" name="name792468e77204c8fda" descr="1194.jpg"/>
+                  <wp:docPr id="75588789" name="name8714690230fc3047c" descr="1194.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1194.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId992168e77204c8fd9" cstate="print"/>
+                          <a:blip r:embed="rId1941690230fc3047b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId986368e77204c90ea" w:history="1">
+            <w:hyperlink r:id="rId8217690230fc30593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.; therefore, its presence is strictly connected to that of grapevines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45398583" name="name760668e77204ca606" descr="PHYP64_distribution_map.jpg"/>
+            <wp:docPr id="32935747" name="name1797690230fc31d78" descr="PHYP64_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP64_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId163868e77204ca604" cstate="print"/>
+                    <a:blip r:embed="rId7872690230fc31d75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4001-4010. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418968e77204cbbe3" w:history="1">
+      <w:hyperlink r:id="rId4948690230fc33cc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02323-06</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5026,51 +5026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1268-1268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941768e77204cbc6e" w:history="1">
+      <w:hyperlink r:id="rId3067690230fc33d8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-03-14-0315-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2325-2330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196768e77204cbd31" w:history="1">
+      <w:hyperlink r:id="rId5186690230fc33e5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03467.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,51 +5264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37-51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651668e77204cbdf3" w:history="1">
+      <w:hyperlink r:id="rId1212690230fc33f97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5392,51 +5392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 655-663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789168e77204cbec0" w:history="1">
+      <w:hyperlink r:id="rId7984690230fc34100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1051/agro:19900806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId925068e77204cc014" w:history="1">
+      <w:hyperlink r:id="rId7238690230fc342b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1755-0238.1997.tb00112.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0175247. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId137468e77204cc0b7" w:history="1">
+      <w:hyperlink r:id="rId1420690230fc34361" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175247</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId864468e77204cc1bd" w:history="1">
+      <w:hyperlink r:id="rId1658690230fc34498" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490-492. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId584568e77204cc232" w:history="1">
+      <w:hyperlink r:id="rId7285690230fc34515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5993,51 +5993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId178368e77204cc2a3" w:history="1">
+      <w:hyperlink r:id="rId8744690230fc3479c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6121,51 +6121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740368e77204cc36f" w:history="1">
+      <w:hyperlink r:id="rId5729690230fc348d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6280,51 +6280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389868e77204cc472" w:history="1">
+      <w:hyperlink r:id="rId5876690230fc34a03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01762</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6439,51 +6439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 826-837. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689468e77204cc572" w:history="1">
+      <w:hyperlink r:id="rId2476690230fc34b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2009.02092.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723968e77204cc609" w:history="1">
+      <w:hyperlink r:id="rId8441690230fc34cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12206</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6723,51 +6723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105(10), 3285</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755868e77204cc76a" w:history="1">
+      <w:hyperlink r:id="rId7066690230fc34e7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-02-21-0330-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4603. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334668e77204cc7e0" w:history="1">
+      <w:hyperlink r:id="rId9108690230fc34ef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6863,51 +6863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246668e77204cc853" w:history="1">
+      <w:hyperlink r:id="rId5106690230fc34f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12020448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7392,51 +7392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164768e77204ccbb0" w:history="1">
+      <w:hyperlink r:id="rId8720690230fc35330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1007967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7647,51 +7647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 925-930. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180368e77204ccd4a" w:history="1">
+      <w:hyperlink r:id="rId6594690230fc35515" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.10.925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7737,51 +7737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1117-1132.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId299368e77204ccdda" w:history="1">
+      <w:hyperlink r:id="rId6146690230fc355c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1007/s10658-019-01839-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7994,51 +7994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573668e77204ccf8a" w:history="1">
+      <w:hyperlink r:id="rId9713690230fc35789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0036882</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8133,51 +8133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489468e77204cd06a" w:history="1">
+      <w:hyperlink r:id="rId2838690230fc3586f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12934</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8223,51 +8223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 686-686.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId765768e77204cd116" w:history="1">
+      <w:hyperlink r:id="rId9117690230fc35904" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/pdis-11-12-1087-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8304,51 +8304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483668e77204cd19e" w:history="1">
+      <w:hyperlink r:id="rId5593690230fc35989" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050301</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8365,51 +8365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368168e77204cd203" w:history="1">
+      <w:hyperlink r:id="rId1103690230fc359f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.03123-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8573,51 +8573,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International), 2019. Grapevine flavescence dorée phytoplasma (flavescence dorée of grapevine). Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939368e77204cd36a" w:history="1">
+      <w:hyperlink r:id="rId8577690230fc35b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26184</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8643,51 +8643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3851, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495068e77204cd3ec" w:history="1">
+      <w:hyperlink r:id="rId5951690230fc35c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8713,51 +8713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1909</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId800168e77204cd466" w:history="1">
+      <w:hyperlink r:id="rId4271690230fc35c99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8823,51 +8823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine flavescence dorée phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736368e77204cd520" w:history="1">
+      <w:hyperlink r:id="rId7102690230fc35d7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9038,90 +9038,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858568e77204cd672" w:history="1">
+      <w:hyperlink r:id="rId7109690230fc35edb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01723.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7183708" name="name141868e77204cd71f" descr="eu_funding_250.png"/>
+            <wp:docPr id="44393543" name="name4208690230fc35f62" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId574168e77204cd71e" cstate="print"/>
+                    <a:blip r:embed="rId7839690230fc35f60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9219,137 +9219,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69192835">
+  <w:abstractNum w:abstractNumId="41596197">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24951221">
+    <w:lvl w:ilvl="0" w:tplc="64905224">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24951221" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64905224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69192834">
+  <w:abstractNum w:abstractNumId="41596196">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37594212">
+    <w:lvl w:ilvl="0" w:tplc="68024060">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10101,55 +10101,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69192834">
-    <w:abstractNumId w:val="69192834"/>
+  <w:num w:numId="41596196">
+    <w:abstractNumId w:val="41596196"/>
   </w:num>
-  <w:num w:numId="69192835">
-    <w:abstractNumId w:val="69192835"/>
+  <w:num w:numId="41596197">
+    <w:abstractNumId w:val="41596197"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21699,51 +21699,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667956898" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId173739410" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId104968e77204c8938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId813468e77204c89a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId986368e77204c90ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId418968e77204cbbe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId941768e77204cbc6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId196768e77204cbd31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId651668e77204cbdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId789168e77204cbec0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId925068e77204cc014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId137468e77204cc0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId864468e77204cc1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId584568e77204cc232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId178368e77204cc2a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId740368e77204cc36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId389868e77204cc472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId689468e77204cc572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId723968e77204cc609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId755868e77204cc76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId334668e77204cc7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId246668e77204cc853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId164768e77204ccbb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId180368e77204ccd4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId299368e77204ccdda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId573668e77204ccf8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId489468e77204cd06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId765768e77204cd116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId483668e77204cd19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId368168e77204cd203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId939368e77204cd36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId495068e77204cd3ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId800168e77204cd466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId736368e77204cd520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId858568e77204cd672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId992168e77204c8fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId992168e77204c8fd9.jpg"/><Relationship Id="rId163868e77204ca604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId163868e77204ca604.jpg"/><Relationship Id="rId574168e77204cd71e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId574168e77204cd71e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319041366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969345155" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6104690230fc3034b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId1814690230fc303b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId8217690230fc30593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId4948690230fc33cc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId3067690230fc33d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId5186690230fc33e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId1212690230fc33f97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId7984690230fc34100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId7238690230fc342b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId1420690230fc34361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId1658690230fc34498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId7285690230fc34515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId8744690230fc3479c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId5729690230fc348d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId5876690230fc34a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId2476690230fc34b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId8441690230fc34cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId7066690230fc34e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId9108690230fc34ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId5106690230fc34f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId8720690230fc35330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId6594690230fc35515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId6146690230fc355c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId9713690230fc35789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId2838690230fc3586f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId9117690230fc35904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId5593690230fc35989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId1103690230fc359f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId8577690230fc35b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId5951690230fc35c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId4271690230fc35c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId7102690230fc35d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7109690230fc35edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId1941690230fc3047b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1941690230fc3047b.jpg"/><Relationship Id="rId7872690230fc31d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7872690230fc31d75.jpg"/><Relationship Id="rId7839690230fc35f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7839690230fc35f60.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>