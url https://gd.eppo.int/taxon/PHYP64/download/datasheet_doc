--- v1 (2025-10-29)
+++ v2 (2025-12-05)
@@ -269,51 +269,51 @@
               <w:t xml:space="preserve"> Firrao et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacco 22A disease, flavescence dorée of grapevine, flavescence dorée phytoplasma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6104690230fc3034b" w:history="1">
+            <w:hyperlink r:id="rId46856932d4250eb0b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1814690230fc303b8" w:history="1">
+            <w:hyperlink r:id="rId90806932d4250eb78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75588789" name="name8714690230fc3047c" descr="1194.jpg"/>
+                  <wp:docPr id="38952843" name="name34796932d4250ec55" descr="1194.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1194.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1941690230fc3047b" cstate="print"/>
+                          <a:blip r:embed="rId23066932d4250ec54" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8217690230fc30593" w:history="1">
+            <w:hyperlink r:id="rId62936932d4250ed80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.; therefore, its presence is strictly connected to that of grapevines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32935747" name="name1797690230fc31d78" descr="PHYP64_distribution_map.jpg"/>
+            <wp:docPr id="77362963" name="name31376932d4250f74e" descr="PHYP64_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP64_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7872690230fc31d75" cstate="print"/>
+                    <a:blip r:embed="rId85966932d4250f74d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4001-4010. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4948690230fc33cc5" w:history="1">
+      <w:hyperlink r:id="rId51056932d425112cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02323-06</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5026,51 +5026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1268-1268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3067690230fc33d8d" w:history="1">
+      <w:hyperlink r:id="rId86276932d4251135c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-03-14-0315-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2325-2330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5186690230fc33e5d" w:history="1">
+      <w:hyperlink r:id="rId83526932d42511469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03467.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,51 +5264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37-51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1212690230fc33f97" w:history="1">
+      <w:hyperlink r:id="rId50566932d4251157c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5392,51 +5392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 655-663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7984690230fc34100" w:history="1">
+      <w:hyperlink r:id="rId46426932d42511654" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1051/agro:19900806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7238690230fc342b6" w:history="1">
+      <w:hyperlink r:id="rId38296932d425118d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1755-0238.1997.tb00112.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0175247. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1420690230fc34361" w:history="1">
+      <w:hyperlink r:id="rId57886932d425119cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175247</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1658690230fc34498" w:history="1">
+      <w:hyperlink r:id="rId47316932d42511b1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490-492. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7285690230fc34515" w:history="1">
+      <w:hyperlink r:id="rId95006932d42511b91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5993,51 +5993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8744690230fc3479c" w:history="1">
+      <w:hyperlink r:id="rId95006932d42511c06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6121,51 +6121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5729690230fc348d7" w:history="1">
+      <w:hyperlink r:id="rId92986932d42511d06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6280,51 +6280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5876690230fc34a03" w:history="1">
+      <w:hyperlink r:id="rId31656932d42511e42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01762</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6439,51 +6439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 826-837. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2476690230fc34b4a" w:history="1">
+      <w:hyperlink r:id="rId32796932d42511fc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2009.02092.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8441690230fc34cfe" w:history="1">
+      <w:hyperlink r:id="rId29496932d42512063" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12206</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6723,51 +6723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105(10), 3285</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7066690230fc34e7d" w:history="1">
+      <w:hyperlink r:id="rId45486932d425121c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-02-21-0330-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4603. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9108690230fc34ef7" w:history="1">
+      <w:hyperlink r:id="rId10246932d4251223f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6863,51 +6863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5106690230fc34f8b" w:history="1">
+      <w:hyperlink r:id="rId89916932d425122b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12020448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7392,51 +7392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8720690230fc35330" w:history="1">
+      <w:hyperlink r:id="rId49556932d425127a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1007967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7647,51 +7647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 925-930. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6594690230fc35515" w:history="1">
+      <w:hyperlink r:id="rId17936932d42512a5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.10.925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7737,51 +7737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1117-1132.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6146690230fc355c7" w:history="1">
+      <w:hyperlink r:id="rId57096932d42512b36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1007/s10658-019-01839-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7994,51 +7994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9713690230fc35789" w:history="1">
+      <w:hyperlink r:id="rId29816932d42512de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0036882</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8133,51 +8133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2838690230fc3586f" w:history="1">
+      <w:hyperlink r:id="rId15326932d42512f25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12934</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8223,51 +8223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 686-686.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9117690230fc35904" w:history="1">
+      <w:hyperlink r:id="rId21796932d42512ffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/pdis-11-12-1087-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8304,51 +8304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5593690230fc35989" w:history="1">
+      <w:hyperlink r:id="rId71696932d4251315c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050301</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8365,51 +8365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1103690230fc359f4" w:history="1">
+      <w:hyperlink r:id="rId49926932d425131ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.03123-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8573,51 +8573,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International), 2019. Grapevine flavescence dorée phytoplasma (flavescence dorée of grapevine). Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8577690230fc35b7f" w:history="1">
+      <w:hyperlink r:id="rId33246932d4251336a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26184</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8643,51 +8643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3851, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5951690230fc35c03" w:history="1">
+      <w:hyperlink r:id="rId75426932d425133f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8713,51 +8713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1909</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4271690230fc35c99" w:history="1">
+      <w:hyperlink r:id="rId20896932d4251346a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8823,51 +8823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine flavescence dorée phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7102690230fc35d7e" w:history="1">
+      <w:hyperlink r:id="rId85676932d4251352d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9038,90 +9038,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7109690230fc35edb" w:history="1">
+      <w:hyperlink r:id="rId50366932d425136ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01723.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44393543" name="name4208690230fc35f62" descr="eu_funding_250.png"/>
+            <wp:docPr id="44862415" name="name57516932d4251386c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7839690230fc35f60" cstate="print"/>
+                    <a:blip r:embed="rId39356932d4251386a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9219,137 +9219,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41596197">
+  <w:abstractNum w:abstractNumId="91933653">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64905224">
+    <w:lvl w:ilvl="0" w:tplc="78723643">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64905224" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78723643" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41596196">
+  <w:abstractNum w:abstractNumId="91933652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68024060">
+    <w:lvl w:ilvl="0" w:tplc="68117801">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10101,55 +10101,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41596196">
-    <w:abstractNumId w:val="41596196"/>
+  <w:num w:numId="91933652">
+    <w:abstractNumId w:val="91933652"/>
   </w:num>
-  <w:num w:numId="41596197">
-    <w:abstractNumId w:val="41596197"/>
+  <w:num w:numId="91933653">
+    <w:abstractNumId w:val="91933653"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21699,51 +21699,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId319041366" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId969345155" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6104690230fc3034b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId1814690230fc303b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId8217690230fc30593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId4948690230fc33cc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId3067690230fc33d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId5186690230fc33e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId1212690230fc33f97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId7984690230fc34100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId7238690230fc342b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId1420690230fc34361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId1658690230fc34498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId7285690230fc34515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId8744690230fc3479c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId5729690230fc348d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId5876690230fc34a03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId2476690230fc34b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId8441690230fc34cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId7066690230fc34e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId9108690230fc34ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId5106690230fc34f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId8720690230fc35330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId6594690230fc35515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId6146690230fc355c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId9713690230fc35789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId2838690230fc3586f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId9117690230fc35904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId5593690230fc35989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId1103690230fc359f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId8577690230fc35b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId5951690230fc35c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId4271690230fc35c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId7102690230fc35d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7109690230fc35edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId1941690230fc3047b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1941690230fc3047b.jpg"/><Relationship Id="rId7872690230fc31d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7872690230fc31d75.jpg"/><Relationship Id="rId7839690230fc35f60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7839690230fc35f60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216047873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId171727423" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46856932d4250eb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId90806932d4250eb78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId62936932d4250ed80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId51056932d425112cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId86276932d4251135c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId83526932d42511469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId50566932d4251157c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId46426932d42511654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId38296932d425118d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId57886932d425119cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId47316932d42511b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId95006932d42511b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId95006932d42511c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId92986932d42511d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId31656932d42511e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId32796932d42511fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId29496932d42512063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId45486932d425121c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId10246932d4251223f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId89916932d425122b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId49556932d425127a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId17936932d42512a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId57096932d42512b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId29816932d42512de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId15326932d42512f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId21796932d42512ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId71696932d4251315c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId49926932d425131ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId33246932d4251336a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId75426932d425133f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId20896932d4251346a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId85676932d4251352d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50366932d425136ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId23066932d4250ec54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23066932d4250ec54.jpg"/><Relationship Id="rId85966932d4250f74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85966932d4250f74d.jpg"/><Relationship Id="rId39356932d4251386a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39356932d4251386a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>