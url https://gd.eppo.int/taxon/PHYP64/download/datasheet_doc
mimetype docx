--- v2 (2025-12-05)
+++ v3 (2025-12-14)
@@ -269,51 +269,51 @@
               <w:t xml:space="preserve"> Firrao et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacco 22A disease, flavescence dorée of grapevine, flavescence dorée phytoplasma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46856932d4250eb0b" w:history="1">
+            <w:hyperlink r:id="rId9550693ed6334514c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90806932d4250eb78" w:history="1">
+            <w:hyperlink r:id="rId2730693ed633451b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38952843" name="name34796932d4250ec55" descr="1194.jpg"/>
+                  <wp:docPr id="83914446" name="name4561693ed63345964" descr="1194.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1194.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23066932d4250ec54" cstate="print"/>
+                          <a:blip r:embed="rId5994693ed63345962" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62936932d4250ed80" w:history="1">
+            <w:hyperlink r:id="rId7786693ed63345a86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.; therefore, its presence is strictly connected to that of grapevines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77362963" name="name31376932d4250f74e" descr="PHYP64_distribution_map.jpg"/>
+            <wp:docPr id="49855558" name="name9795693ed63347112" descr="PHYP64_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP64_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId85966932d4250f74d" cstate="print"/>
+                    <a:blip r:embed="rId4549693ed6334710f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4001-4010. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51056932d425112cd" w:history="1">
+      <w:hyperlink r:id="rId1880693ed63348ca2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02323-06</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5026,51 +5026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1268-1268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86276932d4251135c" w:history="1">
+      <w:hyperlink r:id="rId3373693ed63348d32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-03-14-0315-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2325-2330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83526932d42511469" w:history="1">
+      <w:hyperlink r:id="rId4471693ed63348dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03467.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,51 +5264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37-51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50566932d4251157c" w:history="1">
+      <w:hyperlink r:id="rId7726693ed63348ebd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5392,51 +5392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 655-663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46426932d42511654" w:history="1">
+      <w:hyperlink r:id="rId2045693ed63348f8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1051/agro:19900806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38296932d425118d1" w:history="1">
+      <w:hyperlink r:id="rId8960693ed633490e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1755-0238.1997.tb00112.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0175247. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57886932d425119cb" w:history="1">
+      <w:hyperlink r:id="rId7349693ed6334918e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175247</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId47316932d42511b1a" w:history="1">
+      <w:hyperlink r:id="rId2365693ed63349282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490-492. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId95006932d42511b91" w:history="1">
+      <w:hyperlink r:id="rId1799693ed633492f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5993,51 +5993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId95006932d42511c06" w:history="1">
+      <w:hyperlink r:id="rId6268693ed63349366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6121,51 +6121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92986932d42511d06" w:history="1">
+      <w:hyperlink r:id="rId1710693ed6334944d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6280,51 +6280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31656932d42511e42" w:history="1">
+      <w:hyperlink r:id="rId1507693ed6334956d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01762</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6439,51 +6439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 826-837. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32796932d42511fc5" w:history="1">
+      <w:hyperlink r:id="rId4790693ed63349681" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2009.02092.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29496932d42512063" w:history="1">
+      <w:hyperlink r:id="rId6275693ed6334971b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12206</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6723,51 +6723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105(10), 3285</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45486932d425121c9" w:history="1">
+      <w:hyperlink r:id="rId7439693ed63349867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-02-21-0330-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4603. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10246932d4251223f" w:history="1">
+      <w:hyperlink r:id="rId4880693ed633498e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6863,51 +6863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89916932d425122b5" w:history="1">
+      <w:hyperlink r:id="rId2226693ed633499c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12020448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7392,51 +7392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49556932d425127a2" w:history="1">
+      <w:hyperlink r:id="rId1755693ed63349d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1007967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7647,51 +7647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 925-930. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17936932d42512a5b" w:history="1">
+      <w:hyperlink r:id="rId2769693ed63349ef7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.10.925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7737,51 +7737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1117-1132.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId57096932d42512b36" w:history="1">
+      <w:hyperlink r:id="rId4525693ed63349f92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1007/s10658-019-01839-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7994,51 +7994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29816932d42512de2" w:history="1">
+      <w:hyperlink r:id="rId5536693ed6334a14f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0036882</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8133,51 +8133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15326932d42512f25" w:history="1">
+      <w:hyperlink r:id="rId9241693ed6334a2cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12934</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8223,51 +8223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 686-686.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21796932d42512ffc" w:history="1">
+      <w:hyperlink r:id="rId4985693ed6334a414" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/pdis-11-12-1087-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8304,51 +8304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71696932d4251315c" w:history="1">
+      <w:hyperlink r:id="rId4239693ed6334a49e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050301</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8365,51 +8365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49926932d425131ce" w:history="1">
+      <w:hyperlink r:id="rId9365693ed6334a5a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.03123-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8573,51 +8573,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International), 2019. Grapevine flavescence dorée phytoplasma (flavescence dorée of grapevine). Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33246932d4251336a" w:history="1">
+      <w:hyperlink r:id="rId9527693ed6334a790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26184</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8643,51 +8643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3851, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75426932d425133f3" w:history="1">
+      <w:hyperlink r:id="rId3302693ed6334a80f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8713,51 +8713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1909</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20896932d4251346a" w:history="1">
+      <w:hyperlink r:id="rId5428693ed6334a895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8823,51 +8823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine flavescence dorée phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85676932d4251352d" w:history="1">
+      <w:hyperlink r:id="rId8696693ed6334a9c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9038,90 +9038,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50366932d425136ca" w:history="1">
+      <w:hyperlink r:id="rId2859693ed6334ab2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01723.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44862415" name="name57516932d4251386c" descr="eu_funding_250.png"/>
+            <wp:docPr id="2370572" name="name8327693ed6334abd0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39356932d4251386a" cstate="print"/>
+                    <a:blip r:embed="rId8228693ed6334abce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9219,137 +9219,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91933653">
+  <w:abstractNum w:abstractNumId="88926215">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78723643">
+    <w:lvl w:ilvl="0" w:tplc="40665001">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78723643" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40665001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91933652">
+  <w:abstractNum w:abstractNumId="88926214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68117801">
+    <w:lvl w:ilvl="0" w:tplc="76212631">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10101,55 +10101,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91933652">
-    <w:abstractNumId w:val="91933652"/>
+  <w:num w:numId="88926214">
+    <w:abstractNumId w:val="88926214"/>
   </w:num>
-  <w:num w:numId="91933653">
-    <w:abstractNumId w:val="91933653"/>
+  <w:num w:numId="88926215">
+    <w:abstractNumId w:val="88926215"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21699,51 +21699,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId216047873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId171727423" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46856932d4250eb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId90806932d4250eb78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId62936932d4250ed80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId51056932d425112cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId86276932d4251135c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId83526932d42511469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId50566932d4251157c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId46426932d42511654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId38296932d425118d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId57886932d425119cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId47316932d42511b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId95006932d42511b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId95006932d42511c06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId92986932d42511d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId31656932d42511e42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId32796932d42511fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId29496932d42512063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId45486932d425121c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId10246932d4251223f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId89916932d425122b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId49556932d425127a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId17936932d42512a5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId57096932d42512b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId29816932d42512de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId15326932d42512f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId21796932d42512ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId71696932d4251315c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId49926932d425131ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId33246932d4251336a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId75426932d425133f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId20896932d4251346a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId85676932d4251352d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50366932d425136ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId23066932d4250ec54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23066932d4250ec54.jpg"/><Relationship Id="rId85966932d4250f74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85966932d4250f74d.jpg"/><Relationship Id="rId39356932d4251386a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39356932d4251386a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469653942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656428584" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9550693ed6334514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId2730693ed633451b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId7786693ed63345a86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId1880693ed63348ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId3373693ed63348d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId4471693ed63348dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId7726693ed63348ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId2045693ed63348f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId8960693ed633490e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId7349693ed6334918e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId2365693ed63349282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId1799693ed633492f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId6268693ed63349366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId1710693ed6334944d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId1507693ed6334956d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId4790693ed63349681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId6275693ed6334971b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId7439693ed63349867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId4880693ed633498e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId2226693ed633499c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId1755693ed63349d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId2769693ed63349ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId4525693ed63349f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId5536693ed6334a14f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId9241693ed6334a2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId4985693ed6334a414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId4239693ed6334a49e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId9365693ed6334a5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId9527693ed6334a790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId3302693ed6334a80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId5428693ed6334a895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId8696693ed6334a9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2859693ed6334ab2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId5994693ed63345962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5994693ed63345962.jpg"/><Relationship Id="rId4549693ed6334710f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4549693ed6334710f.jpg"/><Relationship Id="rId8228693ed6334abce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8228693ed6334abce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>