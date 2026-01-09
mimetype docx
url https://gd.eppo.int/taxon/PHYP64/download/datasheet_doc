--- v3 (2025-12-14)
+++ v4 (2026-01-09)
@@ -269,51 +269,51 @@
               <w:t xml:space="preserve"> Firrao et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacco 22A disease, flavescence dorée of grapevine, flavescence dorée phytoplasma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9550693ed6334514c" w:history="1">
+            <w:hyperlink r:id="rId78386960a990deeb7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2730693ed633451b6" w:history="1">
+            <w:hyperlink r:id="rId51996960a990def2f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83914446" name="name4561693ed63345964" descr="1194.jpg"/>
+                  <wp:docPr id="4490817" name="name44246960a990df6c1" descr="1194.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1194.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5994693ed63345962" cstate="print"/>
+                          <a:blip r:embed="rId43986960a990df6bf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7786693ed63345a86" w:history="1">
+            <w:hyperlink r:id="rId74336960a990df7e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.; therefore, its presence is strictly connected to that of grapevines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49855558" name="name9795693ed63347112" descr="PHYP64_distribution_map.jpg"/>
+            <wp:docPr id="13924093" name="name10596960a990e0f0c" descr="PHYP64_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP64_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4549693ed6334710f" cstate="print"/>
+                    <a:blip r:embed="rId44096960a990e0f09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4001-4010. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1880693ed63348ca2" w:history="1">
+      <w:hyperlink r:id="rId46156960a990e24d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02323-06</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5026,51 +5026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1268-1268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3373693ed63348d32" w:history="1">
+      <w:hyperlink r:id="rId63936960a990e255a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-03-14-0315-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2325-2330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4471693ed63348dfa" w:history="1">
+      <w:hyperlink r:id="rId20356960a990e261e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03467.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,51 +5264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37-51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7726693ed63348ebd" w:history="1">
+      <w:hyperlink r:id="rId59126960a990e26df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5392,51 +5392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 655-663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2045693ed63348f8e" w:history="1">
+      <w:hyperlink r:id="rId55616960a990e27ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1051/agro:19900806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8960693ed633490e9" w:history="1">
+      <w:hyperlink r:id="rId47166960a990e2916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1755-0238.1997.tb00112.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0175247. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7349693ed6334918e" w:history="1">
+      <w:hyperlink r:id="rId30856960a990e29c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175247</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2365693ed63349282" w:history="1">
+      <w:hyperlink r:id="rId79956960a990e2ab3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490-492. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1799693ed633492f6" w:history="1">
+      <w:hyperlink r:id="rId49056960a990e2b23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5993,51 +5993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6268693ed63349366" w:history="1">
+      <w:hyperlink r:id="rId58886960a990e2b93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6121,51 +6121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1710693ed6334944d" w:history="1">
+      <w:hyperlink r:id="rId86056960a990e2c5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6280,51 +6280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1507693ed6334956d" w:history="1">
+      <w:hyperlink r:id="rId10106960a990e2d60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01762</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6439,51 +6439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 826-837. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4790693ed63349681" w:history="1">
+      <w:hyperlink r:id="rId81826960a990e2e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2009.02092.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6275693ed6334971b" w:history="1">
+      <w:hyperlink r:id="rId94256960a990e2f01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12206</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6723,51 +6723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105(10), 3285</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7439693ed63349867" w:history="1">
+      <w:hyperlink r:id="rId27626960a990e3033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-02-21-0330-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4603. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4880693ed633498e6" w:history="1">
+      <w:hyperlink r:id="rId17356960a990e30a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6863,51 +6863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2226693ed633499c9" w:history="1">
+      <w:hyperlink r:id="rId90196960a990e3118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12020448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7392,51 +7392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1755693ed63349d4b" w:history="1">
+      <w:hyperlink r:id="rId84456960a990e345e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1007967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7647,51 +7647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 925-930. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2769693ed63349ef7" w:history="1">
+      <w:hyperlink r:id="rId83246960a990e35f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.10.925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7737,51 +7737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1117-1132.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4525693ed63349f92" w:history="1">
+      <w:hyperlink r:id="rId77436960a990e3682" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1007/s10658-019-01839-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7994,51 +7994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5536693ed6334a14f" w:history="1">
+      <w:hyperlink r:id="rId62266960a990e381c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0036882</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8133,51 +8133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9241693ed6334a2cb" w:history="1">
+      <w:hyperlink r:id="rId52656960a990e3916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12934</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8223,51 +8223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 686-686.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4985693ed6334a414" w:history="1">
+      <w:hyperlink r:id="rId38796960a990e39a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/pdis-11-12-1087-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8304,51 +8304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4239693ed6334a49e" w:history="1">
+      <w:hyperlink r:id="rId80196960a990e3a2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050301</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8365,51 +8365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9365693ed6334a5a2" w:history="1">
+      <w:hyperlink r:id="rId49506960a990e3a9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.03123-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8573,51 +8573,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International), 2019. Grapevine flavescence dorée phytoplasma (flavescence dorée of grapevine). Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9527693ed6334a790" w:history="1">
+      <w:hyperlink r:id="rId37286960a990e3bf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26184</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8643,51 +8643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3851, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3302693ed6334a80f" w:history="1">
+      <w:hyperlink r:id="rId59316960a990e3c69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8713,51 +8713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1909</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5428693ed6334a895" w:history="1">
+      <w:hyperlink r:id="rId95656960a990e3cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8801,73 +8801,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine flavescence dorée phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8696693ed6334a9c1" w:history="1">
+      <w:hyperlink r:id="rId23486960a990e3d8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9038,90 +9038,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2859693ed6334ab2a" w:history="1">
+      <w:hyperlink r:id="rId66466960a990e3ee0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01723.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2370572" name="name8327693ed6334abd0" descr="eu_funding_250.png"/>
+            <wp:docPr id="50262107" name="name54466960a990e4369" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8228693ed6334abce" cstate="print"/>
+                    <a:blip r:embed="rId77086960a990e4367" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9219,137 +9219,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88926215">
+  <w:abstractNum w:abstractNumId="27211873">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40665001">
+    <w:lvl w:ilvl="0" w:tplc="18668745">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40665001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18668745" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88926214">
+  <w:abstractNum w:abstractNumId="27211872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76212631">
+    <w:lvl w:ilvl="0" w:tplc="53013008">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10101,55 +10101,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88926214">
-    <w:abstractNumId w:val="88926214"/>
+  <w:num w:numId="27211872">
+    <w:abstractNumId w:val="27211872"/>
   </w:num>
-  <w:num w:numId="88926215">
-    <w:abstractNumId w:val="88926215"/>
+  <w:num w:numId="27211873">
+    <w:abstractNumId w:val="27211873"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21699,51 +21699,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469653942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId656428584" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9550693ed6334514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId2730693ed633451b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId7786693ed63345a86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId1880693ed63348ca2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId3373693ed63348d32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId4471693ed63348dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId7726693ed63348ebd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId2045693ed63348f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId8960693ed633490e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId7349693ed6334918e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId2365693ed63349282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId1799693ed633492f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId6268693ed63349366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId1710693ed6334944d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId1507693ed6334956d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId4790693ed63349681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId6275693ed6334971b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId7439693ed63349867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId4880693ed633498e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId2226693ed633499c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId1755693ed63349d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId2769693ed63349ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId4525693ed63349f92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId5536693ed6334a14f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId9241693ed6334a2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId4985693ed6334a414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId4239693ed6334a49e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId9365693ed6334a5a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId9527693ed6334a790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId3302693ed6334a80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId5428693ed6334a895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId8696693ed6334a9c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2859693ed6334ab2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId5994693ed63345962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5994693ed63345962.jpg"/><Relationship Id="rId4549693ed6334710f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4549693ed6334710f.jpg"/><Relationship Id="rId8228693ed6334abce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8228693ed6334abce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId875447528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262006477" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78386960a990deeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId51996960a990def2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId74336960a990df7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId46156960a990e24d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId63936960a990e255a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId20356960a990e261e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId59126960a990e26df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId55616960a990e27ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId47166960a990e2916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId30856960a990e29c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId79956960a990e2ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId49056960a990e2b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId58886960a990e2b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId86056960a990e2c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId10106960a990e2d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId81826960a990e2e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId94256960a990e2f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId27626960a990e3033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId17356960a990e30a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId90196960a990e3118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId84456960a990e345e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId83246960a990e35f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId77436960a990e3682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId62266960a990e381c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId52656960a990e3916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId38796960a990e39a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId80196960a990e3a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId49506960a990e3a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId37286960a990e3bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId59316960a990e3c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId95656960a990e3cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId23486960a990e3d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66466960a990e3ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId43986960a990df6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43986960a990df6bf.jpg"/><Relationship Id="rId44096960a990e0f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44096960a990e0f09.jpg"/><Relationship Id="rId77086960a990e4367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77086960a990e4367.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>