--- v4 (2026-01-09)
+++ v5 (2026-02-20)
@@ -269,51 +269,51 @@
               <w:t xml:space="preserve"> Firrao et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacco 22A disease, flavescence dorée of grapevine, flavescence dorée phytoplasma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78386960a990deeb7" w:history="1">
+            <w:hyperlink r:id="rId37116998aacde261c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -327,53 +327,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51996960a990def2f" w:history="1">
+            <w:hyperlink r:id="rId13216998aacde2688" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4490817" name="name44246960a990df6c1" descr="1194.jpg"/>
+                  <wp:docPr id="58617128" name="name37226998aacde2d10" descr="1194.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1194.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId43986960a990df6bf" cstate="print"/>
+                          <a:blip r:embed="rId16946998aacde2d0e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId74336960a990df7e5" w:history="1">
+            <w:hyperlink r:id="rId20896998aacde2e1d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1843,105 +1843,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.; therefore, its presence is strictly connected to that of grapevines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13924093" name="name10596960a990e0f0c" descr="PHYP64_distribution_map.jpg"/>
+            <wp:docPr id="221652" name="name80986998aacde43ee" descr="PHYP64_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP64_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44096960a990e0f09" cstate="print"/>
+                    <a:blip r:embed="rId29166998aacde43ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Croatia, Czechia, France (mainland, Corse), Hungary, Italy (mainland), Montenegro, Portugal (mainland), Romania, Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland</w:t>
+        <w:t xml:space="preserve"> Austria, Bulgaria, Croatia, Czechia, France (mainland, Corse), Hungary, Italy (mainland), Montenegro, Portugal (mainland), Romania, Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4001-4010. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46156960a990e24d0" w:history="1">
+      <w:hyperlink r:id="rId71036998aacde597f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02323-06</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5026,51 +5026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1268-1268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63936960a990e255a" w:history="1">
+      <w:hyperlink r:id="rId94356998aacde5a0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-03-14-0315-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2325-2330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20356960a990e261e" w:history="1">
+      <w:hyperlink r:id="rId88406998aacde5acd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03467.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,51 +5264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37-51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59126960a990e26df" w:history="1">
+      <w:hyperlink r:id="rId58426998aacde5b91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5392,51 +5392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 655-663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55616960a990e27ac" w:history="1">
+      <w:hyperlink r:id="rId76956998aacde5c6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1051/agro:19900806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47166960a990e2916" w:history="1">
+      <w:hyperlink r:id="rId13186998aacde5dc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1755-0238.1997.tb00112.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0175247. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30856960a990e29c0" w:history="1">
+      <w:hyperlink r:id="rId52146998aacde5e6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175247</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId79956960a990e2ab3" w:history="1">
+      <w:hyperlink r:id="rId86206998aacde5f5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490-492. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId49056960a990e2b23" w:history="1">
+      <w:hyperlink r:id="rId57156998aacde5fce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5993,51 +5993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId58886960a990e2b93" w:history="1">
+      <w:hyperlink r:id="rId82796998aacde603e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6121,51 +6121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86056960a990e2c5f" w:history="1">
+      <w:hyperlink r:id="rId29226998aacde610b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6280,51 +6280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10106960a990e2d60" w:history="1">
+      <w:hyperlink r:id="rId55786998aacde620e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01762</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6439,51 +6439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 826-837. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81826960a990e2e5e" w:history="1">
+      <w:hyperlink r:id="rId16636998aacde630d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2009.02092.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94256960a990e2f01" w:history="1">
+      <w:hyperlink r:id="rId91486998aacde63a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12206</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6723,51 +6723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105(10), 3285</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27626960a990e3033" w:history="1">
+      <w:hyperlink r:id="rId69726998aacde64d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-02-21-0330-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4603. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17356960a990e30a6" w:history="1">
+      <w:hyperlink r:id="rId40216998aacde654e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6863,51 +6863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90196960a990e3118" w:history="1">
+      <w:hyperlink r:id="rId11586998aacde65c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12020448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7392,51 +7392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84456960a990e345e" w:history="1">
+      <w:hyperlink r:id="rId43196998aacde6937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1007967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7647,51 +7647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 925-930. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83246960a990e35f4" w:history="1">
+      <w:hyperlink r:id="rId17366998aacde6ad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.10.925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7737,51 +7737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1117-1132.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId77436960a990e3682" w:history="1">
+      <w:hyperlink r:id="rId83176998aacde6b68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1007/s10658-019-01839-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7994,51 +7994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62266960a990e381c" w:history="1">
+      <w:hyperlink r:id="rId46986998aacde6d0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0036882</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8133,51 +8133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52656960a990e3916" w:history="1">
+      <w:hyperlink r:id="rId40926998aacde6deb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12934</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8223,51 +8223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 686-686.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId38796960a990e39a6" w:history="1">
+      <w:hyperlink r:id="rId26226998aacde6e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/pdis-11-12-1087-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8304,51 +8304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80196960a990e3a2a" w:history="1">
+      <w:hyperlink r:id="rId90636998aacde6eff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050301</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8365,51 +8365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49506960a990e3a9f" w:history="1">
+      <w:hyperlink r:id="rId25196998aacde6f64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.03123-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8573,51 +8573,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International), 2019. Grapevine flavescence dorée phytoplasma (flavescence dorée of grapevine). Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37286960a990e3bf8" w:history="1">
+      <w:hyperlink r:id="rId41296998aacde70ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26184</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8643,51 +8643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3851, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59316960a990e3c69" w:history="1">
+      <w:hyperlink r:id="rId20016998aacde712b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8713,51 +8713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1909</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95656960a990e3cd8" w:history="1">
+      <w:hyperlink r:id="rId75976998aacde719a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8823,51 +8823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine flavescence dorée phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23486960a990e3d8d" w:history="1">
+      <w:hyperlink r:id="rId94026998aacde7251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9038,90 +9038,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66466960a990e3ee0" w:history="1">
+      <w:hyperlink r:id="rId92826998aacde73af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01723.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50262107" name="name54466960a990e4369" descr="eu_funding_250.png"/>
+            <wp:docPr id="41312465" name="name45836998aacde7446" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77086960a990e4367" cstate="print"/>
+                    <a:blip r:embed="rId21896998aacde7445" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9219,137 +9219,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27211873">
+  <w:abstractNum w:abstractNumId="65612885">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18668745">
+    <w:lvl w:ilvl="0" w:tplc="52231903">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18668745" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52231903" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27211872">
+  <w:abstractNum w:abstractNumId="65612884">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53013008">
+    <w:lvl w:ilvl="0" w:tplc="31286796">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10101,55 +10101,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27211872">
-    <w:abstractNumId w:val="27211872"/>
+  <w:num w:numId="65612884">
+    <w:abstractNumId w:val="65612884"/>
   </w:num>
-  <w:num w:numId="27211873">
-    <w:abstractNumId w:val="27211873"/>
+  <w:num w:numId="65612885">
+    <w:abstractNumId w:val="65612885"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21699,51 +21699,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId875447528" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262006477" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId78386960a990deeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId51996960a990def2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId74336960a990df7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId46156960a990e24d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId63936960a990e255a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId20356960a990e261e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId59126960a990e26df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId55616960a990e27ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId47166960a990e2916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId30856960a990e29c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId79956960a990e2ab3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId49056960a990e2b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId58886960a990e2b93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId86056960a990e2c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId10106960a990e2d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId81826960a990e2e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId94256960a990e2f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId27626960a990e3033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId17356960a990e30a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId90196960a990e3118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId84456960a990e345e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId83246960a990e35f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId77436960a990e3682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId62266960a990e381c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId52656960a990e3916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId38796960a990e39a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId80196960a990e3a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId49506960a990e3a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId37286960a990e3bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId59316960a990e3c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId95656960a990e3cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId23486960a990e3d8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66466960a990e3ee0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId43986960a990df6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43986960a990df6bf.jpg"/><Relationship Id="rId44096960a990e0f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44096960a990e0f09.jpg"/><Relationship Id="rId77086960a990e4367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77086960a990e4367.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174975508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId341675396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37116998aacde261c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId13216998aacde2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId20896998aacde2e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId71036998aacde597f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId94356998aacde5a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId88406998aacde5acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId58426998aacde5b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId76956998aacde5c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId13186998aacde5dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId52146998aacde5e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId86206998aacde5f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId57156998aacde5fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId82796998aacde603e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId29226998aacde610b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId55786998aacde620e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId16636998aacde630d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId91486998aacde63a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId69726998aacde64d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId40216998aacde654e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId11586998aacde65c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId43196998aacde6937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId17366998aacde6ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId83176998aacde6b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId46986998aacde6d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId40926998aacde6deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId26226998aacde6e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId90636998aacde6eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId25196998aacde6f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId41296998aacde70ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId20016998aacde712b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId75976998aacde719a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId94026998aacde7251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92826998aacde73af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId16946998aacde2d0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16946998aacde2d0e.jpg"/><Relationship Id="rId29166998aacde43ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29166998aacde43ec.jpg"/><Relationship Id="rId21896998aacde7445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21896998aacde7445.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>