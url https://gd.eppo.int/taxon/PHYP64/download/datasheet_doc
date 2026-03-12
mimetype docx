--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -269,51 +269,51 @@
               <w:t xml:space="preserve"> Firrao et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacco 22A disease, flavescence dorée of grapevine, flavescence dorée phytoplasma</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37116998aacde261c" w:history="1">
+            <w:hyperlink r:id="rId734769b3320f21c61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13216998aacde2688" w:history="1">
+            <w:hyperlink r:id="rId259169b3320f21d1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58617128" name="name37226998aacde2d10" descr="1194.jpg"/>
+                  <wp:docPr id="3832610" name="name929569b3320f224ac" descr="1194.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1194.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16946998aacde2d0e" cstate="print"/>
+                          <a:blip r:embed="rId844969b3320f224aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId20896998aacde2e1d" w:history="1">
+            <w:hyperlink r:id="rId645269b3320f225ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1843,63 +1843,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.; therefore, its presence is strictly connected to that of grapevines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="221652" name="name80986998aacde43ee" descr="PHYP64_distribution_map.jpg"/>
+            <wp:docPr id="74213880" name="name806369b3320f23be2" descr="PHYP64_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP64_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29166998aacde43ec" cstate="print"/>
+                    <a:blip r:embed="rId504569b3320f23bdf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4945,51 +4945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4001-4010. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71036998aacde597f" w:history="1">
+      <w:hyperlink r:id="rId682069b3320f2520d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02323-06</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5026,51 +5026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1268-1268. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94356998aacde5a0a" w:history="1">
+      <w:hyperlink r:id="rId248369b3320f2529a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-03-14-0315-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5145,51 +5145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2325-2330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88406998aacde5acd" w:history="1">
+      <w:hyperlink r:id="rId950369b3320f25360" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03467.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,51 +5264,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">171</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 37-51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58426998aacde5b91" w:history="1">
+      <w:hyperlink r:id="rId183569b3320f25423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5392,51 +5392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 655-663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76956998aacde5c6c" w:history="1">
+      <w:hyperlink r:id="rId477069b3320f254f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1051/agro:19900806</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21-25. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13186998aacde5dc4" w:history="1">
+      <w:hyperlink r:id="rId930669b3320f25643" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1755-0238.1997.tb00112.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5701,51 +5701,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0175247. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52146998aacde5e6a" w:history="1">
+      <w:hyperlink r:id="rId983369b3320f256e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0175247</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5853,51 +5853,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId86206998aacde5f5d" w:history="1">
+      <w:hyperlink r:id="rId131169b3320f257da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5923,51 +5923,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 490-492. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId57156998aacde5fce" w:history="1">
+      <w:hyperlink r:id="rId251869b3320f2584b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PHYP64/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5993,51 +5993,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 421-423. doi:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId82796998aacde603e" w:history="1">
+      <w:hyperlink r:id="rId612369b3320f258ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM5/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6121,51 +6121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29226998aacde610b" w:history="1">
+      <w:hyperlink r:id="rId727569b3320f25986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6280,51 +6280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frontiers in Plant Science </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55786998aacde620e" w:history="1">
+      <w:hyperlink r:id="rId518169b3320f25a87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01762</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6439,51 +6439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 826-837. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16636998aacde630d" w:history="1">
+      <w:hyperlink r:id="rId971969b3320f25b83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2009.02092.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6533,51 +6533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91486998aacde63a2" w:history="1">
+      <w:hyperlink r:id="rId826169b3320f25c19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/efp.12206</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6723,51 +6723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 105(10), 3285</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69726998aacde64d5" w:history="1">
+      <w:hyperlink r:id="rId442569b3320f25d54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis-02-21-0330-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4603. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40216998aacde654e" w:history="1">
+      <w:hyperlink r:id="rId579269b3320f25dc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2016.4603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6863,51 +6863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11586998aacde65c4" w:history="1">
+      <w:hyperlink r:id="rId200469b3320f25e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12020448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7392,51 +7392,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43196998aacde6937" w:history="1">
+      <w:hyperlink r:id="rId927969b3320f261a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.ppat.1007967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7647,51 +7647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 925-930. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17366998aacde6ad7" w:history="1">
+      <w:hyperlink r:id="rId157269b3320f26343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/pdis.1999.83.10.925</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7737,51 +7737,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">155</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1117-1132.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId83176998aacde6b68" w:history="1">
+      <w:hyperlink r:id="rId807669b3320f263d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1007/s10658-019-01839-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7994,51 +7994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plos One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46986998aacde6d0c" w:history="1">
+      <w:hyperlink r:id="rId678469b3320f26578" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0036882</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8133,51 +8133,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 18-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40926998aacde6deb" w:history="1">
+      <w:hyperlink r:id="rId207869b3320f26659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12934</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8223,51 +8223,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 686-686.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId26226998aacde6e7c" w:history="1">
+      <w:hyperlink r:id="rId124269b3320f266e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://doi.org/10.1094/pdis-11-12-1087-pdn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8304,51 +8304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Insects </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90636998aacde6eff" w:history="1">
+      <w:hyperlink r:id="rId907469b3320f2676b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11050301</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8365,51 +8365,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25196998aacde6f64" w:history="1">
+      <w:hyperlink r:id="rId578969b3320f267cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.03123-18</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8573,51 +8573,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (Centre for Agriculture and Bioscience International), 2019. Grapevine flavescence dorée phytoplasma (flavescence dorée of grapevine). Crop Protection Compendium. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41296998aacde70ba" w:history="1">
+      <w:hyperlink r:id="rId714869b3320f26949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/26184</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8643,51 +8643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3851, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20016998aacde712b" w:history="1">
+      <w:hyperlink r:id="rId515569b3320f269bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3851</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8713,51 +8713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EN-1909</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 36 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75976998aacde719a" w:history="1">
+      <w:hyperlink r:id="rId229369b3320f26a2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2020.EN-1909</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8823,51 +8823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine flavescence dorée phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94026998aacde7251" w:history="1">
+      <w:hyperlink r:id="rId681769b3320f26ae6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9038,90 +9038,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92826998aacde73af" w:history="1">
+      <w:hyperlink r:id="rId569569b3320f26c3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1983.tb01723.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41312465" name="name45836998aacde7446" descr="eu_funding_250.png"/>
+            <wp:docPr id="79771609" name="name576069b3320f26cb3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21896998aacde7445" cstate="print"/>
+                    <a:blip r:embed="rId999969b3320f26cb2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9219,137 +9219,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65612885">
+  <w:abstractNum w:abstractNumId="87636462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52231903">
+    <w:lvl w:ilvl="0" w:tplc="36025919">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52231903" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36025919" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65612884">
+  <w:abstractNum w:abstractNumId="87636461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31286796">
+    <w:lvl w:ilvl="0" w:tplc="54410461">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10101,55 +10101,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65612884">
-    <w:abstractNumId w:val="65612884"/>
+  <w:num w:numId="87636461">
+    <w:abstractNumId w:val="87636461"/>
   </w:num>
-  <w:num w:numId="65612885">
-    <w:abstractNumId w:val="65612885"/>
+  <w:num w:numId="87636462">
+    <w:abstractNumId w:val="87636462"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21699,51 +21699,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174975508" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId341675396" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37116998aacde261c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId13216998aacde2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId20896998aacde2e1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId71036998aacde597f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId94356998aacde5a0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId88406998aacde5acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId58426998aacde5b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId76956998aacde5c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId13186998aacde5dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId52146998aacde5e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId86206998aacde5f5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId57156998aacde5fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId82796998aacde603e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId29226998aacde610b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId55786998aacde620e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId16636998aacde630d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId91486998aacde63a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId69726998aacde64d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId40216998aacde654e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId11586998aacde65c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId43196998aacde6937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId17366998aacde6ad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId83176998aacde6b68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId46986998aacde6d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId40926998aacde6deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId26226998aacde6e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId90636998aacde6eff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId25196998aacde6f64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId41296998aacde70ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId20016998aacde712b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId75976998aacde719a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId94026998aacde7251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId92826998aacde73af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId16946998aacde2d0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16946998aacde2d0e.jpg"/><Relationship Id="rId29166998aacde43ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29166998aacde43ec.jpg"/><Relationship Id="rId21896998aacde7445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21896998aacde7445.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId655333527" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId789759492" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId734769b3320f21c61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/" TargetMode="External"/><Relationship Id="rId259169b3320f21d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/categorization" TargetMode="External"/><Relationship Id="rId645269b3320f225ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/photos" TargetMode="External"/><Relationship Id="rId682069b3320f2520d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02323-06" TargetMode="External"/><Relationship Id="rId248369b3320f2529a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-03-14-0315-pdn" TargetMode="External"/><Relationship Id="rId950369b3320f25360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03467.x" TargetMode="External"/><Relationship Id="rId183569b3320f25423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12359" TargetMode="External"/><Relationship Id="rId477069b3320f254f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1051/agro:19900806" TargetMode="External"/><Relationship Id="rId930669b3320f25643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1755-0238.1997.tb00112.x" TargetMode="External"/><Relationship Id="rId983369b3320f256e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0175247" TargetMode="External"/><Relationship Id="rId131169b3320f257da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId251869b3320f2584b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP64/documents" TargetMode="External"/><Relationship Id="rId612369b3320f258ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM5/" TargetMode="External"/><Relationship Id="rId727569b3320f25986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/738/pm3-085-1-en.pdf" TargetMode="External"/><Relationship Id="rId518169b3320f25a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01762" TargetMode="External"/><Relationship Id="rId971969b3320f25b83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2009.02092.x" TargetMode="External"/><Relationship Id="rId826169b3320f25c19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/efp.12206" TargetMode="External"/><Relationship Id="rId442569b3320f25d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-02-21-0330-pdn" TargetMode="External"/><Relationship Id="rId579269b3320f25dc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2016.4603" TargetMode="External"/><Relationship Id="rId200469b3320f25e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12020448" TargetMode="External"/><Relationship Id="rId927969b3320f261a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.ppat.1007967" TargetMode="External"/><Relationship Id="rId157269b3320f26343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis.1999.83.10.925" TargetMode="External"/><Relationship Id="rId807669b3320f263d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-019-01839-3" TargetMode="External"/><Relationship Id="rId678469b3320f26578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0036882" TargetMode="External"/><Relationship Id="rId207869b3320f26659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12934" TargetMode="External"/><Relationship Id="rId124269b3320f266e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/pdis-11-12-1087-pdn" TargetMode="External"/><Relationship Id="rId907469b3320f2676b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11050301" TargetMode="External"/><Relationship Id="rId578969b3320f267cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.03123-18" TargetMode="External"/><Relationship Id="rId714869b3320f26949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/26184" TargetMode="External"/><Relationship Id="rId515569b3320f269bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3851" TargetMode="External"/><Relationship Id="rId229369b3320f26a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2020.EN-1909" TargetMode="External"/><Relationship Id="rId681769b3320f26ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId569569b3320f26c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1983.tb01723.x" TargetMode="External"/><Relationship Id="rId844969b3320f224aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844969b3320f224aa.jpg"/><Relationship Id="rId504569b3320f23bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId504569b3320f23bdf.jpg"/><Relationship Id="rId999969b3320f26cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId999969b3320f26cb2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>