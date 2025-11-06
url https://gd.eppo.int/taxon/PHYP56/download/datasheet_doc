--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId678368f220f778217" w:history="1">
+            <w:hyperlink r:id="rId4017690cbada66969" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541868f220f778281" w:history="1">
+            <w:hyperlink r:id="rId8933690cbada669d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19631450" name="name813868f220f778395" descr="17163.jpg"/>
+                  <wp:docPr id="86686811" name="name5808690cbada671da" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId486668f220f778394" cstate="print"/>
+                          <a:blip r:embed="rId3228690cbada671d8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId458468f220f77849e" w:history="1">
+            <w:hyperlink r:id="rId4549690cbada67306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2836,63 +2836,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75550664" name="name497968f220f77a278" descr="PHYP56_distribution_map.jpg"/>
+            <wp:docPr id="91418326" name="name7097690cbada697fc" descr="PHYP56_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP56_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId636468f220f77a274" cstate="print"/>
+                    <a:blip r:embed="rId8911690cbada697f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4953,51 +4953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781268f220f77b1ae" w:history="1">
+      <w:hyperlink r:id="rId7556690cbada6a756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5422,101 +5422,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152468f220f77b4a3" w:history="1">
+      <w:hyperlink r:id="rId3865690cbada6aa54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288568f220f77b4f4" w:history="1">
+      <w:hyperlink r:id="rId5741690cbada6aaa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5562,51 +5562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848168f220f77b584" w:history="1">
+      <w:hyperlink r:id="rId9059690cbada6ab52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5632,51 +5632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480168f220f77b5f4" w:history="1">
+      <w:hyperlink r:id="rId1294690cbada6abcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6170,51 +6170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847568f220f77b958" w:history="1">
+      <w:hyperlink r:id="rId1397690cbada6af36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904368f220f77bd35" w:history="1">
+      <w:hyperlink r:id="rId7723690cbada6b354" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6968,51 +6968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993668f220f77be51" w:history="1">
+      <w:hyperlink r:id="rId1244690cbada6b47d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,141 +7038,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470468f220f77bec2" w:history="1">
+      <w:hyperlink r:id="rId5980690cbada6b4f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId815968f220f77bef3" w:history="1">
+      <w:hyperlink r:id="rId6115690cbada6b566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138968f220f77bf26" w:history="1">
+      <w:hyperlink r:id="rId8638690cbada6b59d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637668f220f77bf58" w:history="1">
+      <w:hyperlink r:id="rId3775690cbada6b5d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7189,51 +7189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570668f220f77bfbc" w:history="1">
+      <w:hyperlink r:id="rId8879690cbada6b63b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7357,51 +7357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId920668f220f77c0e5" w:history="1">
+      <w:hyperlink r:id="rId8540690cbada6b76d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7484,81 +7484,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777768f220f77c1bd" w:history="1">
+      <w:hyperlink r:id="rId4280690cbada6b890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18208156" name="name265468f220f77c218" descr="eu_funding_250.png"/>
+            <wp:docPr id="64283850" name="name1516690cbada6b940" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId126868f220f77c217" cstate="print"/>
+                    <a:blip r:embed="rId6641690cbada6b93f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7656,137 +7656,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62017532">
+  <w:abstractNum w:abstractNumId="16467530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29225111">
+    <w:lvl w:ilvl="0" w:tplc="19365754">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29225111" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19365754" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62017531">
+  <w:abstractNum w:abstractNumId="16467529">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82307624">
+    <w:lvl w:ilvl="0" w:tplc="44906696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8538,55 +8538,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62017531">
-    <w:abstractNumId w:val="62017531"/>
+  <w:num w:numId="16467529">
+    <w:abstractNumId w:val="16467529"/>
   </w:num>
-  <w:num w:numId="62017532">
-    <w:abstractNumId w:val="62017532"/>
+  <w:num w:numId="16467530">
+    <w:abstractNumId w:val="16467530"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20136,51 +20136,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305701805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId666026082" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId678368f220f778217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId541868f220f778281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId458468f220f77849e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId781268f220f77b1ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId152468f220f77b4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId288568f220f77b4f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId848168f220f77b584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId480168f220f77b5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId847568f220f77b958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId904368f220f77bd35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId993668f220f77be51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId470468f220f77bec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId815968f220f77bef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId138968f220f77bf26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId637668f220f77bf58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId570668f220f77bfbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId920668f220f77c0e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId777768f220f77c1bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId486668f220f778394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId486668f220f778394.jpg"/><Relationship Id="rId636468f220f77a274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636468f220f77a274.jpg"/><Relationship Id="rId126868f220f77c217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126868f220f77c217.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582228371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859715217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4017690cbada66969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId8933690cbada669d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId4549690cbada67306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId7556690cbada6a756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId3865690cbada6aa54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId5741690cbada6aaa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9059690cbada6ab52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId1294690cbada6abcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId1397690cbada6af36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId7723690cbada6b354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId1244690cbada6b47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId5980690cbada6b4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId6115690cbada6b566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId8638690cbada6b59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId3775690cbada6b5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId8879690cbada6b63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId8540690cbada6b76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4280690cbada6b890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId3228690cbada671d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3228690cbada671d8.jpg"/><Relationship Id="rId8911690cbada697f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8911690cbada697f7.jpg"/><Relationship Id="rId6641690cbada6b93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6641690cbada6b93f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>