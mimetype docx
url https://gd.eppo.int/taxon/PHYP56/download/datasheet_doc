--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4017690cbada66969" w:history="1">
+            <w:hyperlink r:id="rId52106927c9d6d277a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8933690cbada669d6" w:history="1">
+            <w:hyperlink r:id="rId16346927c9d6d27e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86686811" name="name5808690cbada671da" descr="17163.jpg"/>
+                  <wp:docPr id="6664262" name="name79766927c9d6d289f" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3228690cbada671d8" cstate="print"/>
+                          <a:blip r:embed="rId78766927c9d6d289e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4549690cbada67306" w:history="1">
+            <w:hyperlink r:id="rId18416927c9d6d298f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2836,63 +2836,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91418326" name="name7097690cbada697fc" descr="PHYP56_distribution_map.jpg"/>
+            <wp:docPr id="49174406" name="name39076927c9d6d3b2f" descr="PHYP56_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP56_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8911690cbada697f7" cstate="print"/>
+                    <a:blip r:embed="rId89066927c9d6d3b2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4953,51 +4953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7556690cbada6a756" w:history="1">
+      <w:hyperlink r:id="rId81836927c9d6d49b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5422,101 +5422,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3865690cbada6aa54" w:history="1">
+      <w:hyperlink r:id="rId49516927c9d6d4cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5741690cbada6aaa5" w:history="1">
+      <w:hyperlink r:id="rId97946927c9d6d4d0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5562,51 +5562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9059690cbada6ab52" w:history="1">
+      <w:hyperlink r:id="rId53456927c9d6d4d9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5632,51 +5632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1294690cbada6abcc" w:history="1">
+      <w:hyperlink r:id="rId25216927c9d6d4e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6170,51 +6170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1397690cbada6af36" w:history="1">
+      <w:hyperlink r:id="rId37696927c9d6d5194" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7723690cbada6b354" w:history="1">
+      <w:hyperlink r:id="rId18956927c9d6d5590" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6968,51 +6968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1244690cbada6b47d" w:history="1">
+      <w:hyperlink r:id="rId73276927c9d6d56b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,141 +7038,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5980690cbada6b4f1" w:history="1">
+      <w:hyperlink r:id="rId27716927c9d6d5726" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6115690cbada6b566" w:history="1">
+      <w:hyperlink r:id="rId11376927c9d6d5758" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8638690cbada6b59d" w:history="1">
+      <w:hyperlink r:id="rId36456927c9d6d578c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3775690cbada6b5d2" w:history="1">
+      <w:hyperlink r:id="rId72716927c9d6d57be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7189,51 +7189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8879690cbada6b63b" w:history="1">
+      <w:hyperlink r:id="rId61966927c9d6d5823" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7357,51 +7357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8540690cbada6b76d" w:history="1">
+      <w:hyperlink r:id="rId73756927c9d6d5934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7484,81 +7484,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4280690cbada6b890" w:history="1">
+      <w:hyperlink r:id="rId91576927c9d6d5a05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64283850" name="name1516690cbada6b940" descr="eu_funding_250.png"/>
+            <wp:docPr id="4624222" name="name30126927c9d6d5a52" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6641690cbada6b93f" cstate="print"/>
+                    <a:blip r:embed="rId23316927c9d6d5a51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7656,137 +7656,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16467530">
+  <w:abstractNum w:abstractNumId="46422239">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19365754">
+    <w:lvl w:ilvl="0" w:tplc="95698663">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19365754" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95698663" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16467529">
+  <w:abstractNum w:abstractNumId="46422238">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44906696">
+    <w:lvl w:ilvl="0" w:tplc="74630399">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8538,55 +8538,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16467529">
-    <w:abstractNumId w:val="16467529"/>
+  <w:num w:numId="46422238">
+    <w:abstractNumId w:val="46422238"/>
   </w:num>
-  <w:num w:numId="16467530">
-    <w:abstractNumId w:val="16467530"/>
+  <w:num w:numId="46422239">
+    <w:abstractNumId w:val="46422239"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20136,51 +20136,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId582228371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859715217" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4017690cbada66969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId8933690cbada669d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId4549690cbada67306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId7556690cbada6a756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId3865690cbada6aa54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId5741690cbada6aaa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9059690cbada6ab52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId1294690cbada6abcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId1397690cbada6af36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId7723690cbada6b354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId1244690cbada6b47d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId5980690cbada6b4f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId6115690cbada6b566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId8638690cbada6b59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId3775690cbada6b5d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId8879690cbada6b63b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId8540690cbada6b76d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4280690cbada6b890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId3228690cbada671d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3228690cbada671d8.jpg"/><Relationship Id="rId8911690cbada697f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8911690cbada697f7.jpg"/><Relationship Id="rId6641690cbada6b93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6641690cbada6b93f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId377019011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722580776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId52106927c9d6d277a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId16346927c9d6d27e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId18416927c9d6d298f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId81836927c9d6d49b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId49516927c9d6d4cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId97946927c9d6d4d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53456927c9d6d4d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId25216927c9d6d4e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId37696927c9d6d5194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId18956927c9d6d5590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId73276927c9d6d56b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId27716927c9d6d5726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId11376927c9d6d5758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId36456927c9d6d578c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId72716927c9d6d57be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId61966927c9d6d5823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId73756927c9d6d5934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91576927c9d6d5a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId78766927c9d6d289e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78766927c9d6d289e.jpg"/><Relationship Id="rId89066927c9d6d3b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89066927c9d6d3b2d.jpg"/><Relationship Id="rId23316927c9d6d5a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23316927c9d6d5a51.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>