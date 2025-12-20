--- v2 (2025-11-27)
+++ v3 (2025-12-20)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52106927c9d6d277a" w:history="1">
+            <w:hyperlink r:id="rId393269464354163b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16346927c9d6d27e2" w:history="1">
+            <w:hyperlink r:id="rId5053694643541642d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6664262" name="name79766927c9d6d289f" descr="17163.jpg"/>
+                  <wp:docPr id="90445389" name="name86936946435416c8d" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId78766927c9d6d289e" cstate="print"/>
+                          <a:blip r:embed="rId29176946435416c8b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId18416927c9d6d298f" w:history="1">
+            <w:hyperlink r:id="rId95136946435416dfa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2836,63 +2836,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49174406" name="name39076927c9d6d3b2f" descr="PHYP56_distribution_map.jpg"/>
+            <wp:docPr id="41012472" name="name42606946435418dc6" descr="PHYP56_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP56_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89066927c9d6d3b2d" cstate="print"/>
+                    <a:blip r:embed="rId99436946435418dc2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4953,51 +4953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81836927c9d6d49b9" w:history="1">
+      <w:hyperlink r:id="rId64016946435419d64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5422,101 +5422,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49516927c9d6d4cb9" w:history="1">
+      <w:hyperlink r:id="rId9902694643541a066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97946927c9d6d4d0a" w:history="1">
+      <w:hyperlink r:id="rId2455694643541a0b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5562,51 +5562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53456927c9d6d4d9b" w:history="1">
+      <w:hyperlink r:id="rId5771694643541a14c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5632,51 +5632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25216927c9d6d4e1c" w:history="1">
+      <w:hyperlink r:id="rId3102694643541a1be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6170,51 +6170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37696927c9d6d5194" w:history="1">
+      <w:hyperlink r:id="rId9804694643541a548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18956927c9d6d5590" w:history="1">
+      <w:hyperlink r:id="rId4720694643541a9e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6968,51 +6968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73276927c9d6d56b5" w:history="1">
+      <w:hyperlink r:id="rId8229694643541ab0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,141 +7038,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27716927c9d6d5726" w:history="1">
+      <w:hyperlink r:id="rId6499694643541aba5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11376927c9d6d5758" w:history="1">
+      <w:hyperlink r:id="rId5714694643541abd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36456927c9d6d578c" w:history="1">
+      <w:hyperlink r:id="rId3286694643541ac0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72716927c9d6d57be" w:history="1">
+      <w:hyperlink r:id="rId8629694643541ac42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7189,51 +7189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61966927c9d6d5823" w:history="1">
+      <w:hyperlink r:id="rId4024694643541aca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7357,51 +7357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73756927c9d6d5934" w:history="1">
+      <w:hyperlink r:id="rId4397694643541adbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7484,81 +7484,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91576927c9d6d5a05" w:history="1">
+      <w:hyperlink r:id="rId6755694643541ae96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4624222" name="name30126927c9d6d5a52" descr="eu_funding_250.png"/>
+            <wp:docPr id="3355275" name="name9140694643541b2e6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23316927c9d6d5a51" cstate="print"/>
+                    <a:blip r:embed="rId3488694643541b2e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7656,137 +7656,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46422239">
+  <w:abstractNum w:abstractNumId="78772006">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95698663">
+    <w:lvl w:ilvl="0" w:tplc="28538048">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95698663" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28538048" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46422238">
+  <w:abstractNum w:abstractNumId="78772005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74630399">
+    <w:lvl w:ilvl="0" w:tplc="21392495">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8538,55 +8538,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46422238">
-    <w:abstractNumId w:val="46422238"/>
+  <w:num w:numId="78772005">
+    <w:abstractNumId w:val="78772005"/>
   </w:num>
-  <w:num w:numId="46422239">
-    <w:abstractNumId w:val="46422239"/>
+  <w:num w:numId="78772006">
+    <w:abstractNumId w:val="78772006"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20136,51 +20136,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId377019011" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId722580776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId52106927c9d6d277a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId16346927c9d6d27e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId18416927c9d6d298f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId81836927c9d6d49b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId49516927c9d6d4cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId97946927c9d6d4d0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId53456927c9d6d4d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId25216927c9d6d4e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId37696927c9d6d5194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId18956927c9d6d5590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId73276927c9d6d56b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId27716927c9d6d5726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId11376927c9d6d5758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId36456927c9d6d578c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId72716927c9d6d57be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId61966927c9d6d5823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId73756927c9d6d5934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId91576927c9d6d5a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId78766927c9d6d289e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78766927c9d6d289e.jpg"/><Relationship Id="rId89066927c9d6d3b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89066927c9d6d3b2d.jpg"/><Relationship Id="rId23316927c9d6d5a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23316927c9d6d5a51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId497333701" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724949970" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId393269464354163b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId5053694643541642d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId95136946435416dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId64016946435419d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId9902694643541a066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId2455694643541a0b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5771694643541a14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId3102694643541a1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId9804694643541a548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId4720694643541a9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId8229694643541ab0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId6499694643541aba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId5714694643541abd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId3286694643541ac0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId8629694643541ac42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId4024694643541aca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId4397694643541adbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6755694643541ae96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId29176946435416c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29176946435416c8b.jpg"/><Relationship Id="rId99436946435418dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99436946435418dc2.jpg"/><Relationship Id="rId3488694643541b2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3488694643541b2e5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>