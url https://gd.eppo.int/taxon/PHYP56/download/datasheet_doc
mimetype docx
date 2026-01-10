--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393269464354163b7" w:history="1">
+            <w:hyperlink r:id="rId11366961a9adce58c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5053694643541642d" w:history="1">
+            <w:hyperlink r:id="rId72156961a9adce5f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90445389" name="name86936946435416c8d" descr="17163.jpg"/>
+                  <wp:docPr id="91441759" name="name41526961a9adcedd6" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29176946435416c8b" cstate="print"/>
+                          <a:blip r:embed="rId23686961a9adcedd4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95136946435416dfa" w:history="1">
+            <w:hyperlink r:id="rId16706961a9adceeea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2836,63 +2836,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41012472" name="name42606946435418dc6" descr="PHYP56_distribution_map.jpg"/>
+            <wp:docPr id="91773804" name="name64656961a9add0d10" descr="PHYP56_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP56_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99436946435418dc2" cstate="print"/>
+                    <a:blip r:embed="rId50536961a9add0d0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4953,51 +4953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64016946435419d64" w:history="1">
+      <w:hyperlink r:id="rId79266961a9add1c4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5422,101 +5422,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9902694643541a066" w:history="1">
+      <w:hyperlink r:id="rId28146961a9add1f5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2455694643541a0b9" w:history="1">
+      <w:hyperlink r:id="rId75056961a9add1fb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5562,51 +5562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5771694643541a14c" w:history="1">
+      <w:hyperlink r:id="rId30096961a9add2049" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5632,51 +5632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3102694643541a1be" w:history="1">
+      <w:hyperlink r:id="rId59536961a9add20bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6170,51 +6170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9804694643541a548" w:history="1">
+      <w:hyperlink r:id="rId22996961a9add2437" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4720694643541a9e6" w:history="1">
+      <w:hyperlink r:id="rId74366961a9add2830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6968,51 +6968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8229694643541ab0d" w:history="1">
+      <w:hyperlink r:id="rId24416961a9add2954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,141 +7038,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6499694643541aba5" w:history="1">
+      <w:hyperlink r:id="rId76726961a9add29c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5714694643541abd9" w:history="1">
+      <w:hyperlink r:id="rId40906961a9add29f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3286694643541ac0c" w:history="1">
+      <w:hyperlink r:id="rId82096961a9add2a2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8629694643541ac42" w:history="1">
+      <w:hyperlink r:id="rId20796961a9add2a60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7189,51 +7189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4024694643541aca7" w:history="1">
+      <w:hyperlink r:id="rId35916961a9add2ac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7335,73 +7335,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4397694643541adbf" w:history="1">
+      <w:hyperlink r:id="rId58476961a9add2bdb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7484,81 +7484,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6755694643541ae96" w:history="1">
+      <w:hyperlink r:id="rId29466961a9add2cb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3355275" name="name9140694643541b2e6" descr="eu_funding_250.png"/>
+            <wp:docPr id="26092187" name="name45156961a9add2d49" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3488694643541b2e5" cstate="print"/>
+                    <a:blip r:embed="rId70106961a9add2d48" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7656,137 +7656,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78772006">
+  <w:abstractNum w:abstractNumId="15768122">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28538048">
+    <w:lvl w:ilvl="0" w:tplc="50550018">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28538048" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50550018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78772005">
+  <w:abstractNum w:abstractNumId="15768121">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21392495">
+    <w:lvl w:ilvl="0" w:tplc="56630184">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8538,55 +8538,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78772005">
-    <w:abstractNumId w:val="78772005"/>
+  <w:num w:numId="15768121">
+    <w:abstractNumId w:val="15768121"/>
   </w:num>
-  <w:num w:numId="78772006">
-    <w:abstractNumId w:val="78772006"/>
+  <w:num w:numId="15768122">
+    <w:abstractNumId w:val="15768122"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20136,51 +20136,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId497333701" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId724949970" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId393269464354163b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId5053694643541642d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId95136946435416dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId64016946435419d64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId9902694643541a066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId2455694643541a0b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5771694643541a14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId3102694643541a1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId9804694643541a548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId4720694643541a9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId8229694643541ab0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId6499694643541aba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId5714694643541abd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId3286694643541ac0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId8629694643541ac42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId4024694643541aca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId4397694643541adbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6755694643541ae96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId29176946435416c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29176946435416c8b.jpg"/><Relationship Id="rId99436946435418dc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99436946435418dc2.jpg"/><Relationship Id="rId3488694643541b2e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3488694643541b2e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId956106403" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153511210" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11366961a9adce58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId72156961a9adce5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId16706961a9adceeea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId79266961a9add1c4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId28146961a9add1f5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId75056961a9add1fb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30096961a9add2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId59536961a9add20bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId22996961a9add2437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId74366961a9add2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId24416961a9add2954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId76726961a9add29c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId40906961a9add29f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId82096961a9add2a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId20796961a9add2a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId35916961a9add2ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId58476961a9add2bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29466961a9add2cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId23686961a9adcedd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23686961a9adcedd4.jpg"/><Relationship Id="rId50536961a9add0d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50536961a9add0d0c.jpg"/><Relationship Id="rId70106961a9add2d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70106961a9add2d48.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>