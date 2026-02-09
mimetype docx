--- v4 (2026-01-10)
+++ v5 (2026-02-09)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11366961a9adce58c" w:history="1">
+            <w:hyperlink r:id="rId4434698923c24ab1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -317,53 +317,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72156961a9adce5f4" w:history="1">
+            <w:hyperlink r:id="rId7292698923c24ab88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91441759" name="name41526961a9adcedd6" descr="17163.jpg"/>
+                  <wp:docPr id="84185207" name="name8915698923c24b250" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId23686961a9adcedd4" cstate="print"/>
+                          <a:blip r:embed="rId4911698923c24b24e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16706961a9adceeea" w:history="1">
+            <w:hyperlink r:id="rId1146698923c24b35e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2831,100 +2831,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma dypsidis').</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cameroon, Cote d'Ivoire, Equatorial Guinea, Ghana, Kenya, Madagascar, Mozambique, Nigeria, Tanzania, United Republic of, Togo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4953,51 +4921,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79266961a9add1c4f" w:history="1">
+      <w:hyperlink r:id="rId4506698923c24d4a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5422,101 +5390,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28146961a9add1f5c" w:history="1">
+      <w:hyperlink r:id="rId7078698923c24d974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75056961a9add1fb2" w:history="1">
+      <w:hyperlink r:id="rId7998698923c24d9e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5562,51 +5530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30096961a9add2049" w:history="1">
+      <w:hyperlink r:id="rId5578698923c24daa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5632,51 +5600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59536961a9add20bd" w:history="1">
+      <w:hyperlink r:id="rId4578698923c24db21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6170,51 +6138,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22996961a9add2437" w:history="1">
+      <w:hyperlink r:id="rId4131698923c24dee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74366961a9add2830" w:history="1">
+      <w:hyperlink r:id="rId7710698923c24e394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6968,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24416961a9add2954" w:history="1">
+      <w:hyperlink r:id="rId3442698923c24e4b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,141 +7006,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76726961a9add29c7" w:history="1">
+      <w:hyperlink r:id="rId3384698923c24e529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40906961a9add29f9" w:history="1">
+      <w:hyperlink r:id="rId9523698923c24e55c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82096961a9add2a2e" w:history="1">
+      <w:hyperlink r:id="rId1107698923c24e5b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20796961a9add2a60" w:history="1">
+      <w:hyperlink r:id="rId3518698923c24e5ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7189,51 +7157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35916961a9add2ac7" w:history="1">
+      <w:hyperlink r:id="rId3451698923c24e650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7357,51 +7325,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58476961a9add2bdb" w:history="1">
+      <w:hyperlink r:id="rId4074698923c24e80a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7484,81 +7452,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29466961a9add2cb0" w:history="1">
+      <w:hyperlink r:id="rId6541698923c24e8e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26092187" name="name45156961a9add2d49" descr="eu_funding_250.png"/>
+            <wp:docPr id="89427799" name="name4402698923c24e943" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70106961a9add2d48" cstate="print"/>
+                    <a:blip r:embed="rId3103698923c24e942" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7656,137 +7624,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15768122">
+  <w:abstractNum w:abstractNumId="61890859">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50550018">
+    <w:lvl w:ilvl="0" w:tplc="12822890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50550018" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12822890" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15768121">
+  <w:abstractNum w:abstractNumId="61890858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56630184">
+    <w:lvl w:ilvl="0" w:tplc="85021787">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8538,55 +8506,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15768121">
-    <w:abstractNumId w:val="15768121"/>
+  <w:num w:numId="61890858">
+    <w:abstractNumId w:val="61890858"/>
   </w:num>
-  <w:num w:numId="15768122">
-    <w:abstractNumId w:val="15768122"/>
+  <w:num w:numId="61890859">
+    <w:abstractNumId w:val="61890859"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20136,51 +20104,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId956106403" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId153511210" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId11366961a9adce58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId72156961a9adce5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId16706961a9adceeea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId79266961a9add1c4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId28146961a9add1f5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId75056961a9add1fb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30096961a9add2049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId59536961a9add20bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId22996961a9add2437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId74366961a9add2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId24416961a9add2954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId76726961a9add29c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId40906961a9add29f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId82096961a9add2a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId20796961a9add2a60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId35916961a9add2ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId58476961a9add2bdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29466961a9add2cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId23686961a9adcedd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23686961a9adcedd4.jpg"/><Relationship Id="rId50536961a9add0d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50536961a9add0d0c.jpg"/><Relationship Id="rId70106961a9add2d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70106961a9add2d48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId368561152" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705132078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4434698923c24ab1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId7292698923c24ab88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId1146698923c24b35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId4506698923c24d4a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId7078698923c24d974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId7998698923c24d9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5578698923c24daa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId4578698923c24db21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId4131698923c24dee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId7710698923c24e394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId3442698923c24e4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId3384698923c24e529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId9523698923c24e55c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId1107698923c24e5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId3518698923c24e5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId3451698923c24e650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId4074698923c24e80a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6541698923c24e8e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId4911698923c24b24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4911698923c24b24e.jpg"/><Relationship Id="rId3103698923c24e942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3103698923c24e942.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>