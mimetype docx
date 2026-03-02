--- v5 (2026-02-09)
+++ v6 (2026-03-02)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4434698923c24ab1f" w:history="1">
+            <w:hyperlink r:id="rId304169a51c1fe4aed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7292698923c24ab88" w:history="1">
+            <w:hyperlink r:id="rId404469a51c1fe4b59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84185207" name="name8915698923c24b250" descr="17163.jpg"/>
+                  <wp:docPr id="9632730" name="name126569a51c1fe5191" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4911698923c24b24e" cstate="print"/>
+                          <a:blip r:embed="rId831469a51c1fe5190" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1146698923c24b35e" w:history="1">
+            <w:hyperlink r:id="rId245569a51c1fe52ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2831,68 +2831,100 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Phytoplasma dypsidis').</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="51905499" name="name297069a51c1fe72cb" descr="PHYP56_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="PHYP56_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId799669a51c1fe72c8" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cameroon, Cote d'Ivoire, Equatorial Guinea, Ghana, Kenya, Madagascar, Mozambique, Nigeria, Tanzania, United Republic of, Togo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4921,51 +4953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4506698923c24d4a4" w:history="1">
+      <w:hyperlink r:id="rId831969a51c1fe821a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5390,101 +5422,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7078698923c24d974" w:history="1">
+      <w:hyperlink r:id="rId121669a51c1fe8512" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7998698923c24d9e0" w:history="1">
+      <w:hyperlink r:id="rId941869a51c1fe8565" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5530,51 +5562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5578698923c24daa8" w:history="1">
+      <w:hyperlink r:id="rId313669a51c1fe8601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5600,51 +5632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4578698923c24db21" w:history="1">
+      <w:hyperlink r:id="rId643069a51c1fe8673" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6138,51 +6170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4131698923c24dee4" w:history="1">
+      <w:hyperlink r:id="rId607869a51c1fe8a02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6761,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7710698923c24e394" w:history="1">
+      <w:hyperlink r:id="rId223869a51c1fe8e0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3442698923c24e4b7" w:history="1">
+      <w:hyperlink r:id="rId970469a51c1fe8f2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7006,141 +7038,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3384698923c24e529" w:history="1">
+      <w:hyperlink r:id="rId155469a51c1fe8fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9523698923c24e55c" w:history="1">
+      <w:hyperlink r:id="rId340769a51c1fe8fd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1107698923c24e5b5" w:history="1">
+      <w:hyperlink r:id="rId293369a51c1fe9006" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3518698923c24e5ea" w:history="1">
+      <w:hyperlink r:id="rId713669a51c1fe9038" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7157,51 +7189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3451698923c24e650" w:history="1">
+      <w:hyperlink r:id="rId962969a51c1fe909e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7325,51 +7357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4074698923c24e80a" w:history="1">
+      <w:hyperlink r:id="rId451869a51c1fe91b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7452,81 +7484,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6541698923c24e8e5" w:history="1">
+      <w:hyperlink r:id="rId823169a51c1fe9285" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89427799" name="name4402698923c24e943" descr="eu_funding_250.png"/>
+            <wp:docPr id="81575304" name="name859369a51c1fe9476" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3103698923c24e942" cstate="print"/>
+                    <a:blip r:embed="rId896769a51c1fe9474" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7624,137 +7656,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61890859">
+  <w:abstractNum w:abstractNumId="19095777">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12822890">
+    <w:lvl w:ilvl="0" w:tplc="78703819">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12822890" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78703819" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61890858">
+  <w:abstractNum w:abstractNumId="19095776">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85021787">
+    <w:lvl w:ilvl="0" w:tplc="99547150">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8506,55 +8538,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61890858">
-    <w:abstractNumId w:val="61890858"/>
+  <w:num w:numId="19095776">
+    <w:abstractNumId w:val="19095776"/>
   </w:num>
-  <w:num w:numId="61890859">
-    <w:abstractNumId w:val="61890859"/>
+  <w:num w:numId="19095777">
+    <w:abstractNumId w:val="19095777"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20104,51 +20136,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId368561152" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705132078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4434698923c24ab1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId7292698923c24ab88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId1146698923c24b35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId4506698923c24d4a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId7078698923c24d974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId7998698923c24d9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5578698923c24daa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId4578698923c24db21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId4131698923c24dee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId7710698923c24e394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId3442698923c24e4b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId3384698923c24e529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId9523698923c24e55c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId1107698923c24e5b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId3518698923c24e5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId3451698923c24e650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId4074698923c24e80a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6541698923c24e8e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId4911698923c24b24e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4911698923c24b24e.jpg"/><Relationship Id="rId3103698923c24e942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3103698923c24e942.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257151387" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId488535339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304169a51c1fe4aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId404469a51c1fe4b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId245569a51c1fe52ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId831969a51c1fe821a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId121669a51c1fe8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId941869a51c1fe8565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId313669a51c1fe8601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId643069a51c1fe8673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId607869a51c1fe8a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId223869a51c1fe8e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId970469a51c1fe8f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId155469a51c1fe8fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId340769a51c1fe8fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId293369a51c1fe9006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId713669a51c1fe9038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId962969a51c1fe909e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId451869a51c1fe91b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823169a51c1fe9285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId831469a51c1fe5190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId831469a51c1fe5190.jpg"/><Relationship Id="rId799669a51c1fe72c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799669a51c1fe72c8.jpg"/><Relationship Id="rId896769a51c1fe9474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896769a51c1fe9474.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>