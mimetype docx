--- v6 (2026-03-02)
+++ v7 (2026-03-04)
@@ -259,51 +259,51 @@
               <w:t xml:space="preserve">Palm lethal yellowing disease</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Awka wilt disease, Bogia coconut syndrome, Cape St Paul wilt of coconut, Palm lethal yellowing disease, bronze leaf wilt of coconut (JM), kaincope disease of coconut, kribi disease of coconut, lethal yellowing of coconut, lethal yellowing syndromes of coconut, lethal yellowing type syndromes</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304169a51c1fe4aed" w:history="1">
+            <w:hyperlink r:id="rId696869a7f27e5dee5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -319,51 +319,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404469a51c1fe4b59" w:history="1">
+            <w:hyperlink r:id="rId589169a7f27e5df55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -377,86 +377,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PHYP56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9632730" name="name126569a51c1fe5191" descr="17163.jpg"/>
+                  <wp:docPr id="81721677" name="name273269a7f27e5f8d2" descr="17163.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17163.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId831469a51c1fe5190" cstate="print"/>
+                          <a:blip r:embed="rId754569a7f27e5f8cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId245569a51c1fe52ac" w:history="1">
+            <w:hyperlink r:id="rId330169a7f27e5fa4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2836,63 +2836,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution maps for each phytoplasma species is available in EPPO Global Database. The global distribution of lethal yellowing type syndromes of palms is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51905499" name="name297069a51c1fe72cb" descr="PHYP56_distribution_map.jpg"/>
+            <wp:docPr id="2750167" name="name277269a7f27e61966" descr="PHYP56_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP56_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId799669a51c1fe72c8" cstate="print"/>
+                    <a:blip r:embed="rId147969a7f27e61962" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4953,51 +4953,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">183</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 262-270. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831969a51c1fe821a" w:history="1">
+      <w:hyperlink r:id="rId690869a7f27e6296b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/aab.12854</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5422,101 +5422,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 5028, 27 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121669a51c1fe8512" w:history="1">
+      <w:hyperlink r:id="rId215869a7f27e62caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haplaxius crudus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941869a51c1fe8565" w:history="1">
+      <w:hyperlink r:id="rId811469a7f27e62cfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 2024-02-06).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5562,51 +5562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brazilian Journal of Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Article e257470. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313669a51c1fe8601" w:history="1">
+      <w:hyperlink r:id="rId437569a7f27e62db4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/1519-6984.25</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5632,51 +5632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1521. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643069a51c1fe8673" w:history="1">
+      <w:hyperlink r:id="rId347069a7f27e62e2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2016.01521</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6170,51 +6170,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607869a51c1fe8a02" w:history="1">
+      <w:hyperlink r:id="rId120169a7f27e63243" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.004818</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6793,51 +6793,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agro Productividad.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId223869a51c1fe8e0c" w:history="1">
+      <w:hyperlink r:id="rId442769a7f27e63bb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.32854/agrop.v16i4.2488</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6968,51 +6968,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e7065. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970469a51c1fe8f2e" w:history="1">
+      <w:hyperlink r:id="rId884669a7f27e63d89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.25100/socolen.v46i2.7065</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7038,141 +7038,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 2203-2212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155469a51c1fe8fa0" w:history="1">
+      <w:hyperlink r:id="rId192569a7f27e63e05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-04-21-0130-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021a) Rapid infield detection of coconut phytoplasma in Africa. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340769a51c1fe8fd3" w:history="1">
+      <w:hyperlink r:id="rId242169a7f27e63e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021b) Coconut sector: market analysis and socioeconomic aspects -A general framework of the coconut sector in Jamaica, Ghana, and Mexico. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293369a51c1fe9006" w:history="1">
+      <w:hyperlink r:id="rId995369a7f27e63e9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tropicsafe (2021c) Coconut lethal yellowing resistance screening and disease management - The use of lethal yellowing resistant germplasm. Final Handbook with innovation Factsheets. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713669a51c1fe9038" w:history="1">
+      <w:hyperlink r:id="rId583169a7f27e63ee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7189,51 +7189,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1855-1867. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId962969a51c1fe909e" w:history="1">
+      <w:hyperlink r:id="rId891269a7f27e63f54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65000-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7357,51 +7357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Palm lethal yellowing type syndromes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451869a51c1fe91b1" w:history="1">
+      <w:hyperlink r:id="rId878669a7f27e640f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7484,81 +7484,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 61-66. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823169a51c1fe9285" w:history="1">
+      <w:hyperlink r:id="rId592469a7f27e64211" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81575304" name="name859369a51c1fe9476" descr="eu_funding_250.png"/>
+            <wp:docPr id="36614480" name="name954369a7f27e64281" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId896769a51c1fe9474" cstate="print"/>
+                    <a:blip r:embed="rId821469a7f27e64280" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7656,137 +7656,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19095777">
+  <w:abstractNum w:abstractNumId="75941857">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78703819">
+    <w:lvl w:ilvl="0" w:tplc="77431114">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78703819" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77431114" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19095776">
+  <w:abstractNum w:abstractNumId="75941856">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99547150">
+    <w:lvl w:ilvl="0" w:tplc="96565128">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8538,55 +8538,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19095776">
-    <w:abstractNumId w:val="19095776"/>
+  <w:num w:numId="75941856">
+    <w:abstractNumId w:val="75941856"/>
   </w:num>
-  <w:num w:numId="19095777">
-    <w:abstractNumId w:val="19095777"/>
+  <w:num w:numId="75941857">
+    <w:abstractNumId w:val="75941857"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20136,51 +20136,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId257151387" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId488535339" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304169a51c1fe4aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId404469a51c1fe4b59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId245569a51c1fe52ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId831969a51c1fe821a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId121669a51c1fe8512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId941869a51c1fe8565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId313669a51c1fe8601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId643069a51c1fe8673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId607869a51c1fe8a02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId223869a51c1fe8e0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId970469a51c1fe8f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId155469a51c1fe8fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId340769a51c1fe8fd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId293369a51c1fe9006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId713669a51c1fe9038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId962969a51c1fe909e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId451869a51c1fe91b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823169a51c1fe9285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId831469a51c1fe5190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId831469a51c1fe5190.jpg"/><Relationship Id="rId799669a51c1fe72c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId799669a51c1fe72c8.jpg"/><Relationship Id="rId896769a51c1fe9474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId896769a51c1fe9474.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId432917630" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId355894679" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId696869a7f27e5dee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/" TargetMode="External"/><Relationship Id="rId589169a7f27e5df55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/categorization" TargetMode="External"/><Relationship Id="rId330169a7f27e5fa4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP56/photos" TargetMode="External"/><Relationship Id="rId690869a7f27e6296b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/aab.12854" TargetMode="External"/><Relationship Id="rId215869a7f27e62caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5028" TargetMode="External"/><Relationship Id="rId811469a7f27e62cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId437569a7f27e62db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/1519-6984.25" TargetMode="External"/><Relationship Id="rId347069a7f27e62e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2016.01521" TargetMode="External"/><Relationship Id="rId120169a7f27e63243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.004818" TargetMode="External"/><Relationship Id="rId442769a7f27e63bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.32854/agrop.v16i4.2488" TargetMode="External"/><Relationship Id="rId884669a7f27e63d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25100/socolen.v46i2.7065" TargetMode="External"/><Relationship Id="rId192569a7f27e63e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-04-21-0130-R" TargetMode="External"/><Relationship Id="rId242169a7f27e63e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/RAPID-IN-FIELD-DETECTION-OF-COCO-PHYTO-AF.pdf" TargetMode="External"/><Relationship Id="rId995369a7f27e63e9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-SECTOR-MARKET.pdf" TargetMode="External"/><Relationship Id="rId583169a7f27e63ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tropicsafe.eu/wp-content/uploads/2022/02/COCONUT-LETHAL-YELLOWING-RESISTANCE.pdf" TargetMode="External"/><Relationship Id="rId891269a7f27e63f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65000-0" TargetMode="External"/><Relationship Id="rId878669a7f27e640f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId592469a7f27e64211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01138.x" TargetMode="External"/><Relationship Id="rId754569a7f27e5f8cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId754569a7f27e5f8cf.jpg"/><Relationship Id="rId147969a7f27e61962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId147969a7f27e61962.jpg"/><Relationship Id="rId821469a7f27e64280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId821469a7f27e64280.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>