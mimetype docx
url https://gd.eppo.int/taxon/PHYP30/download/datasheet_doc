--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bacteria: Tenericutes: Mollicutes: Acholeplasmatales: Acholeplasmataceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361768ed7b70e1326" w:history="1">
+            <w:hyperlink r:id="rId4572693393b50b7f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId977668ed7b70e1369" w:history="1">
+            <w:hyperlink r:id="rId6639693393b50b83e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1086,63 +1086,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37393561" name="name558268ed7b70e2586" descr="PHYP30_distribution_map.jpg"/>
+            <wp:docPr id="39960745" name="name4542693393b50ccf3" descr="PHYP30_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP30_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId489668ed7b70e2583" cstate="print"/>
+                    <a:blip r:embed="rId4070693393b50ccf0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2924,51 +2924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach rosette phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875368ed7b70e32fb" w:history="1">
+      <w:hyperlink r:id="rId5539693393b50dac1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3139,81 +3139,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926568ed7b70e3450" w:history="1">
+      <w:hyperlink r:id="rId7755693393b50dc1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63369023" name="name420268ed7b70e349f" descr="eu_funding_250.png"/>
+            <wp:docPr id="21059670" name="name9571693393b50dca0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId984868ed7b70e349e" cstate="print"/>
+                    <a:blip r:embed="rId7000693393b50dc9f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3311,137 +3311,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36364685">
+  <w:abstractNum w:abstractNumId="80741502">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43445287">
+    <w:lvl w:ilvl="0" w:tplc="66172201">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43445287" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66172201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36364684">
+  <w:abstractNum w:abstractNumId="80741501">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76963960">
+    <w:lvl w:ilvl="0" w:tplc="30580724">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4193,55 +4193,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36364684">
-    <w:abstractNumId w:val="36364684"/>
+  <w:num w:numId="80741501">
+    <w:abstractNumId w:val="80741501"/>
   </w:num>
-  <w:num w:numId="36364685">
-    <w:abstractNumId w:val="36364685"/>
+  <w:num w:numId="80741502">
+    <w:abstractNumId w:val="80741502"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15791,51 +15791,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId743169950" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976224108" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId361768ed7b70e1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId977668ed7b70e1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId875368ed7b70e32fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId926568ed7b70e3450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId489668ed7b70e2583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489668ed7b70e2583.jpg"/><Relationship Id="rId984868ed7b70e349e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId984868ed7b70e349e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId959122947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340858662" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4572693393b50b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId6639693393b50b83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId5539693393b50dac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7755693393b50dc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId4070693393b50ccf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4070693393b50ccf0.jpg"/><Relationship Id="rId7000693393b50dc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7000693393b50dc9f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>