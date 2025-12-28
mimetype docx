--- v1 (2025-12-06)
+++ v2 (2025-12-28)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bacteria: Tenericutes: Mollicutes: Acholeplasmatales: Acholeplasmataceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4572693393b50b7f9" w:history="1">
+            <w:hyperlink r:id="rId55396950f67761eea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6639693393b50b83e" w:history="1">
+            <w:hyperlink r:id="rId22716950f67761f2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1086,63 +1086,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39960745" name="name4542693393b50ccf3" descr="PHYP30_distribution_map.jpg"/>
+            <wp:docPr id="89026762" name="name13376950f6776255a" descr="PHYP30_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP30_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4070693393b50ccf0" cstate="print"/>
+                    <a:blip r:embed="rId21896950f67762559" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2924,51 +2924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach rosette phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5539693393b50dac1" w:history="1">
+      <w:hyperlink r:id="rId49886950f67763363" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3139,81 +3139,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7755693393b50dc1c" w:history="1">
+      <w:hyperlink r:id="rId35046950f677634b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21059670" name="name9571693393b50dca0" descr="eu_funding_250.png"/>
+            <wp:docPr id="96517726" name="name43526950f67763511" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7000693393b50dc9f" cstate="print"/>
+                    <a:blip r:embed="rId45146950f67763510" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3311,137 +3311,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80741502">
+  <w:abstractNum w:abstractNumId="68906940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66172201">
+    <w:lvl w:ilvl="0" w:tplc="54711076">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66172201" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54711076" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80741501">
+  <w:abstractNum w:abstractNumId="68906939">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30580724">
+    <w:lvl w:ilvl="0" w:tplc="19268089">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4193,55 +4193,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80741501">
-    <w:abstractNumId w:val="80741501"/>
+  <w:num w:numId="68906939">
+    <w:abstractNumId w:val="68906939"/>
   </w:num>
-  <w:num w:numId="80741502">
-    <w:abstractNumId w:val="80741502"/>
+  <w:num w:numId="68906940">
+    <w:abstractNumId w:val="68906940"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15791,51 +15791,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId959122947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340858662" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4572693393b50b7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId6639693393b50b83e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId5539693393b50dac1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7755693393b50dc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId4070693393b50ccf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4070693393b50ccf0.jpg"/><Relationship Id="rId7000693393b50dc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7000693393b50dc9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId855696641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713576275" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId55396950f67761eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId22716950f67761f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId49886950f67763363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35046950f677634b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId21896950f67762559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21896950f67762559.jpg"/><Relationship Id="rId45146950f67763510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45146950f67763510.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>