--- v2 (2025-12-28)
+++ v3 (2026-01-21)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bacteria: Tenericutes: Mollicutes: Acholeplasmatales: Acholeplasmataceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55396950f67761eea" w:history="1">
+            <w:hyperlink r:id="rId97416970a4ba3528d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22716950f67761f2e" w:history="1">
+            <w:hyperlink r:id="rId68936970a4ba352d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1086,63 +1086,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89026762" name="name13376950f6776255a" descr="PHYP30_distribution_map.jpg"/>
+            <wp:docPr id="72331932" name="name85456970a4ba36472" descr="PHYP30_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP30_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21896950f67762559" cstate="print"/>
+                    <a:blip r:embed="rId13926970a4ba3646f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2902,73 +2902,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach rosette phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49886950f67763363" w:history="1">
+      <w:hyperlink r:id="rId83466970a4ba3725b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3139,81 +3139,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35046950f677634b8" w:history="1">
+      <w:hyperlink r:id="rId58896970a4ba373b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96517726" name="name43526950f67763511" descr="eu_funding_250.png"/>
+            <wp:docPr id="73464550" name="name43266970a4ba37413" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45146950f67763510" cstate="print"/>
+                    <a:blip r:embed="rId63626970a4ba37412" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3311,137 +3311,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68906940">
+  <w:abstractNum w:abstractNumId="94971183">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54711076">
+    <w:lvl w:ilvl="0" w:tplc="19470593">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54711076" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19470593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68906939">
+  <w:abstractNum w:abstractNumId="94971182">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19268089">
+    <w:lvl w:ilvl="0" w:tplc="23099872">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4193,55 +4193,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68906939">
-    <w:abstractNumId w:val="68906939"/>
+  <w:num w:numId="94971182">
+    <w:abstractNumId w:val="94971182"/>
   </w:num>
-  <w:num w:numId="68906940">
-    <w:abstractNumId w:val="68906940"/>
+  <w:num w:numId="94971183">
+    <w:abstractNumId w:val="94971183"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15791,51 +15791,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId855696641" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId713576275" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId55396950f67761eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId22716950f67761f2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId49886950f67763363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35046950f677634b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId21896950f67762559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21896950f67762559.jpg"/><Relationship Id="rId45146950f67763510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45146950f67763510.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId302927228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId779503569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97416970a4ba3528d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId68936970a4ba352d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId83466970a4ba3725b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58896970a4ba373b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId13926970a4ba3646f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13926970a4ba3646f.jpg"/><Relationship Id="rId63626970a4ba37412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63626970a4ba37412.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>