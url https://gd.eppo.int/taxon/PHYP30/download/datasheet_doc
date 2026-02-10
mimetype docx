--- v3 (2026-01-21)
+++ v4 (2026-02-10)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bacteria: Tenericutes: Mollicutes: Acholeplasmatales: Acholeplasmataceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97416970a4ba3528d" w:history="1">
+            <w:hyperlink r:id="rId9217698b8166a643c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68936970a4ba352d1" w:history="1">
+            <w:hyperlink r:id="rId7686698b8166a6481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1086,63 +1086,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72331932" name="name85456970a4ba36472" descr="PHYP30_distribution_map.jpg"/>
+            <wp:docPr id="97837641" name="name3987698b8166a81fe" descr="PHYP30_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP30_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13926970a4ba3646f" cstate="print"/>
+                    <a:blip r:embed="rId8904698b8166a81fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2924,51 +2924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach rosette phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83466970a4ba3725b" w:history="1">
+      <w:hyperlink r:id="rId3991698b8166a92d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3139,81 +3139,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58896970a4ba373b7" w:history="1">
+      <w:hyperlink r:id="rId1830698b8166a9520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73464550" name="name43266970a4ba37413" descr="eu_funding_250.png"/>
+            <wp:docPr id="85356304" name="name9983698b8166a95b8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63626970a4ba37412" cstate="print"/>
+                    <a:blip r:embed="rId9593698b8166a95b7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3311,137 +3311,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94971183">
+  <w:abstractNum w:abstractNumId="43074959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19470593">
+    <w:lvl w:ilvl="0" w:tplc="59360960">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19470593" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59360960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94971182">
+  <w:abstractNum w:abstractNumId="43074958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23099872">
+    <w:lvl w:ilvl="0" w:tplc="85881127">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4193,55 +4193,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94971182">
-    <w:abstractNumId w:val="94971182"/>
+  <w:num w:numId="43074958">
+    <w:abstractNumId w:val="43074958"/>
   </w:num>
-  <w:num w:numId="94971183">
-    <w:abstractNumId w:val="94971183"/>
+  <w:num w:numId="43074959">
+    <w:abstractNumId w:val="43074959"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15791,51 +15791,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId302927228" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId779503569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97416970a4ba3528d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId68936970a4ba352d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId83466970a4ba3725b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58896970a4ba373b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId13926970a4ba3646f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13926970a4ba3646f.jpg"/><Relationship Id="rId63626970a4ba37412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63626970a4ba37412.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId474002346" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId269256536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9217698b8166a643c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId7686698b8166a6481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId3991698b8166a92d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1830698b8166a9520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId8904698b8166a81fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8904698b8166a81fa.jpg"/><Relationship Id="rId9593698b8166a95b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9593698b8166a95b7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>