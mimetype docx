--- v4 (2026-02-10)
+++ v5 (2026-03-02)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bacteria: Tenericutes: Mollicutes: Acholeplasmatales: Acholeplasmataceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9217698b8166a643c" w:history="1">
+            <w:hyperlink r:id="rId220769a5fbd7eb7e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7686698b8166a6481" w:history="1">
+            <w:hyperlink r:id="rId505569a5fbd7eb82a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1086,63 +1086,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97837641" name="name3987698b8166a81fe" descr="PHYP30_distribution_map.jpg"/>
+            <wp:docPr id="478230" name="name876769a5fbd7ecad2" descr="PHYP30_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP30_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8904698b8166a81fa" cstate="print"/>
+                    <a:blip r:embed="rId838069a5fbd7ecad0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2924,51 +2924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach rosette phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3991698b8166a92d5" w:history="1">
+      <w:hyperlink r:id="rId757369a5fbd7ed8d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3139,81 +3139,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1830698b8166a9520" w:history="1">
+      <w:hyperlink r:id="rId420669a5fbd7eda2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85356304" name="name9983698b8166a95b8" descr="eu_funding_250.png"/>
+            <wp:docPr id="82773553" name="name466069a5fbd7eda87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9593698b8166a95b7" cstate="print"/>
+                    <a:blip r:embed="rId399369a5fbd7eda86" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3311,137 +3311,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43074959">
+  <w:abstractNum w:abstractNumId="12252836">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59360960">
+    <w:lvl w:ilvl="0" w:tplc="34308913">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59360960" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34308913" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43074958">
+  <w:abstractNum w:abstractNumId="12252835">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85881127">
+    <w:lvl w:ilvl="0" w:tplc="65685680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4193,55 +4193,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43074958">
-    <w:abstractNumId w:val="43074958"/>
+  <w:num w:numId="12252835">
+    <w:abstractNumId w:val="12252835"/>
   </w:num>
-  <w:num w:numId="43074959">
-    <w:abstractNumId w:val="43074959"/>
+  <w:num w:numId="12252836">
+    <w:abstractNumId w:val="12252836"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15791,51 +15791,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId474002346" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId269256536" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9217698b8166a643c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId7686698b8166a6481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId3991698b8166a92d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1830698b8166a9520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId8904698b8166a81fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8904698b8166a81fa.jpg"/><Relationship Id="rId9593698b8166a95b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9593698b8166a95b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId263070295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107408018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId220769a5fbd7eb7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId505569a5fbd7eb82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId757369a5fbd7ed8d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420669a5fbd7eda2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId838069a5fbd7ecad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838069a5fbd7ecad0.jpg"/><Relationship Id="rId399369a5fbd7eda86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399369a5fbd7eda86.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>