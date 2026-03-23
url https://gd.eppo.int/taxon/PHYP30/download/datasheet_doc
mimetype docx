--- v5 (2026-03-02)
+++ v6 (2026-03-23)
@@ -202,88 +202,88 @@
               <w:t xml:space="preserve"> Bacteria: Tenericutes: Mollicutes: Acholeplasmatales: Acholeplasmataceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rosette of peach</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220769a5fbd7eb7e5" w:history="1">
+            <w:hyperlink r:id="rId654869c0a2e8c5ee8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505569a5fbd7eb82a" w:history="1">
+            <w:hyperlink r:id="rId291869c0a2e8c5f2c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1086,63 +1086,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="478230" name="name876769a5fbd7ecad2" descr="PHYP30_distribution_map.jpg"/>
+            <wp:docPr id="92010592" name="name634069c0a2e8c7620" descr="PHYP30_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP30_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId838069a5fbd7ecad0" cstate="print"/>
+                    <a:blip r:embed="rId598169c0a2e8c761c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2924,51 +2924,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach rosette phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757369a5fbd7ed8d0" w:history="1">
+      <w:hyperlink r:id="rId200269c0a2e8c8ba9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3139,81 +3139,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 29-30. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420669a5fbd7eda2c" w:history="1">
+      <w:hyperlink r:id="rId815969c0a2e8c8d08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82773553" name="name466069a5fbd7eda87" descr="eu_funding_250.png"/>
+            <wp:docPr id="68448436" name="name965269c0a2e8c8f97" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId399369a5fbd7eda86" cstate="print"/>
+                    <a:blip r:embed="rId512069c0a2e8c8f95" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3311,137 +3311,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12252836">
+  <w:abstractNum w:abstractNumId="12613201">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34308913">
+    <w:lvl w:ilvl="0" w:tplc="38032313">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34308913" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38032313" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12252835">
+  <w:abstractNum w:abstractNumId="12613200">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65685680">
+    <w:lvl w:ilvl="0" w:tplc="35233976">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4193,55 +4193,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12252835">
-    <w:abstractNumId w:val="12252835"/>
+  <w:num w:numId="12613200">
+    <w:abstractNumId w:val="12613200"/>
   </w:num>
-  <w:num w:numId="12252836">
-    <w:abstractNumId w:val="12252836"/>
+  <w:num w:numId="12613201">
+    <w:abstractNumId w:val="12613201"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15791,51 +15791,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId263070295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId107408018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId220769a5fbd7eb7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId505569a5fbd7eb82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId757369a5fbd7ed8d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId420669a5fbd7eda2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId838069a5fbd7ecad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838069a5fbd7ecad0.jpg"/><Relationship Id="rId399369a5fbd7eda86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399369a5fbd7eda86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId739721155" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId189833472" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId654869c0a2e8c5ee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/" TargetMode="External"/><Relationship Id="rId291869c0a2e8c5f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP30/categorization" TargetMode="External"/><Relationship Id="rId200269c0a2e8c8ba9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId815969c0a2e8c8d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1986.tb01131.x" TargetMode="External"/><Relationship Id="rId598169c0a2e8c761c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId598169c0a2e8c761c.jpg"/><Relationship Id="rId512069c0a2e8c8f95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId512069c0a2e8c8f95.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>