--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -820,51 +820,51 @@
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15">
         <v>2016</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17">
         <v>1981</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>