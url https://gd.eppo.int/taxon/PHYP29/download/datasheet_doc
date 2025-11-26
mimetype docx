--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Peach red suture phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> little peach, peach red suture, peach yellows</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125068efd2ebdfd4f" w:history="1">
+            <w:hyperlink r:id="rId563569277e20d27b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId592568efd2ebdfd93" w:history="1">
+            <w:hyperlink r:id="rId453369277e20d27fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -830,63 +830,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18654892" name="name844868efd2ebe0e38" descr="PHYP29_distribution_map.jpg"/>
+            <wp:docPr id="55490080" name="name472569277e20d3b9e" descr="PHYP29_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP29_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId930268efd2ebe0e35" cstate="print"/>
+                    <a:blip r:embed="rId652769277e20d3b9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2652,51 +2652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach yellows phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453668efd2ebe1c46" w:history="1">
+      <w:hyperlink r:id="rId536269277e20d4beb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2867,81 +2867,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId474868efd2ebe1da6" w:history="1">
+      <w:hyperlink r:id="rId599969277e20d4daf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01132.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64326363" name="name411268efd2ebe1e21" descr="eu_funding_250.png"/>
+            <wp:docPr id="59072398" name="name129669277e20d4e27" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId985768efd2ebe1e1f" cstate="print"/>
+                    <a:blip r:embed="rId306769277e20d4e26" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3039,137 +3039,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81225261">
+  <w:abstractNum w:abstractNumId="38586439">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56078518">
+    <w:lvl w:ilvl="0" w:tplc="28344152">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56078518" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28344152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81225260">
+  <w:abstractNum w:abstractNumId="38586438">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88925254">
+    <w:lvl w:ilvl="0" w:tplc="32558426">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3921,55 +3921,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81225260">
-    <w:abstractNumId w:val="81225260"/>
+  <w:num w:numId="38586438">
+    <w:abstractNumId w:val="38586438"/>
   </w:num>
-  <w:num w:numId="81225261">
-    <w:abstractNumId w:val="81225261"/>
+  <w:num w:numId="38586439">
+    <w:abstractNumId w:val="38586439"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15519,51 +15519,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId404578407" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId497743963" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId125068efd2ebdfd4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId592568efd2ebdfd93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId453668efd2ebe1c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId474868efd2ebe1da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId930268efd2ebe0e35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId930268efd2ebe0e35.jpg"/><Relationship Id="rId985768efd2ebe1e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985768efd2ebe1e1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId715003207" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157503694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId563569277e20d27b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId453369277e20d27fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId536269277e20d4beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId599969277e20d4daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId652769277e20d3b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652769277e20d3b9b.jpg"/><Relationship Id="rId306769277e20d4e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306769277e20d4e26.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>