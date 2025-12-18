--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Peach red suture phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> little peach, peach red suture, peach yellows</w:t>
             </w:r>
-            <w:hyperlink r:id="rId563569277e20d27b5" w:history="1">
+            <w:hyperlink r:id="rId65306943864621b9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453369277e20d27fa" w:history="1">
+            <w:hyperlink r:id="rId74326943864621be3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -830,63 +830,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55490080" name="name472569277e20d3b9e" descr="PHYP29_distribution_map.jpg"/>
+            <wp:docPr id="47895263" name="name39246943864623e11" descr="PHYP29_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP29_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId652769277e20d3b9b" cstate="print"/>
+                    <a:blip r:embed="rId54876943864623e0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2652,51 +2652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach yellows phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536269277e20d4beb" w:history="1">
+      <w:hyperlink r:id="rId76396943864624fb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2867,81 +2867,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId599969277e20d4daf" w:history="1">
+      <w:hyperlink r:id="rId2491694386462511b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01132.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59072398" name="name129669277e20d4e27" descr="eu_funding_250.png"/>
+            <wp:docPr id="73243865" name="name71646943864626181" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId306769277e20d4e26" cstate="print"/>
+                    <a:blip r:embed="rId4080694386462617d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3039,137 +3039,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38586439">
+  <w:abstractNum w:abstractNumId="33312131">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28344152">
+    <w:lvl w:ilvl="0" w:tplc="45409475">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28344152" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45409475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38586438">
+  <w:abstractNum w:abstractNumId="33312130">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32558426">
+    <w:lvl w:ilvl="0" w:tplc="95180674">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3921,55 +3921,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38586438">
-    <w:abstractNumId w:val="38586438"/>
+  <w:num w:numId="33312130">
+    <w:abstractNumId w:val="33312130"/>
   </w:num>
-  <w:num w:numId="38586439">
-    <w:abstractNumId w:val="38586439"/>
+  <w:num w:numId="33312131">
+    <w:abstractNumId w:val="33312131"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15519,51 +15519,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId715003207" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157503694" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId563569277e20d27b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId453369277e20d27fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId536269277e20d4beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId599969277e20d4daf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId652769277e20d3b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId652769277e20d3b9b.jpg"/><Relationship Id="rId306769277e20d4e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306769277e20d4e26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId935162122" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId810818266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65306943864621b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId74326943864621be3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId76396943864624fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2491694386462511b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId54876943864623e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54876943864623e0e.jpg"/><Relationship Id="rId4080694386462617d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4080694386462617d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>