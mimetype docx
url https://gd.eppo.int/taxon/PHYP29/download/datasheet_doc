--- v2 (2025-12-18)
+++ v3 (2026-02-04)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Peach red suture phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> little peach, peach red suture, peach yellows</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65306943864621b9a" w:history="1">
+            <w:hyperlink r:id="rId57986983b06834767" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74326943864621be3" w:history="1">
+            <w:hyperlink r:id="rId89796983b068347ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -830,63 +830,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47895263" name="name39246943864623e11" descr="PHYP29_distribution_map.jpg"/>
+            <wp:docPr id="38118700" name="name40876983b068359b0" descr="PHYP29_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP29_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54876943864623e0e" cstate="print"/>
+                    <a:blip r:embed="rId80706983b068359ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2630,73 +2630,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach yellows phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76396943864624fb7" w:history="1">
+      <w:hyperlink r:id="rId69786983b06836787" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2867,81 +2867,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2491694386462511b" w:history="1">
+      <w:hyperlink r:id="rId46686983b068368e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01132.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73243865" name="name71646943864626181" descr="eu_funding_250.png"/>
+            <wp:docPr id="71396445" name="name90136983b06836b21" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4080694386462617d" cstate="print"/>
+                    <a:blip r:embed="rId59816983b06836b20" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3039,137 +3039,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33312131">
+  <w:abstractNum w:abstractNumId="67960172">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45409475">
+    <w:lvl w:ilvl="0" w:tplc="32192018">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45409475" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32192018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33312130">
+  <w:abstractNum w:abstractNumId="67960171">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95180674">
+    <w:lvl w:ilvl="0" w:tplc="94046287">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3921,55 +3921,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33312130">
-    <w:abstractNumId w:val="33312130"/>
+  <w:num w:numId="67960171">
+    <w:abstractNumId w:val="67960171"/>
   </w:num>
-  <w:num w:numId="33312131">
-    <w:abstractNumId w:val="33312131"/>
+  <w:num w:numId="67960172">
+    <w:abstractNumId w:val="67960172"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15519,51 +15519,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId935162122" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId810818266" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId65306943864621b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId74326943864621be3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId76396943864624fb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2491694386462511b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId54876943864623e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54876943864623e0e.jpg"/><Relationship Id="rId4080694386462617d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4080694386462617d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId736670753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251795229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57986983b06834767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId89796983b068347ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId69786983b06836787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46686983b068368e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId80706983b068359ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80706983b068359ad.jpg"/><Relationship Id="rId59816983b06836b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59816983b06836b20.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>