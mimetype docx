--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Peach red suture phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> little peach, peach red suture, peach yellows</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57986983b06834767" w:history="1">
+            <w:hyperlink r:id="rId6549699e28df59be9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89796983b068347ab" w:history="1">
+            <w:hyperlink r:id="rId8411699e28df59c2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -830,63 +830,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38118700" name="name40876983b068359b0" descr="PHYP29_distribution_map.jpg"/>
+            <wp:docPr id="11115506" name="name1442699e28df5af5d" descr="PHYP29_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP29_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80706983b068359ad" cstate="print"/>
+                    <a:blip r:embed="rId4573699e28df5af5a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2652,51 +2652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach yellows phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69786983b06836787" w:history="1">
+      <w:hyperlink r:id="rId3669699e28df5bd6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2867,81 +2867,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46686983b068368e1" w:history="1">
+      <w:hyperlink r:id="rId5843699e28df5becd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01132.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71396445" name="name90136983b06836b21" descr="eu_funding_250.png"/>
+            <wp:docPr id="81915861" name="name2757699e28df5bf2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59816983b06836b20" cstate="print"/>
+                    <a:blip r:embed="rId2345699e28df5bf2a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3039,137 +3039,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67960172">
+  <w:abstractNum w:abstractNumId="77996214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32192018">
+    <w:lvl w:ilvl="0" w:tplc="19337153">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32192018" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19337153" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67960171">
+  <w:abstractNum w:abstractNumId="77996213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94046287">
+    <w:lvl w:ilvl="0" w:tplc="78262997">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3921,55 +3921,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67960171">
-    <w:abstractNumId w:val="67960171"/>
+  <w:num w:numId="77996213">
+    <w:abstractNumId w:val="77996213"/>
   </w:num>
-  <w:num w:numId="67960172">
-    <w:abstractNumId w:val="67960172"/>
+  <w:num w:numId="77996214">
+    <w:abstractNumId w:val="77996214"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15519,51 +15519,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId736670753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251795229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57986983b06834767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId89796983b068347ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId69786983b06836787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId46686983b068368e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId80706983b068359ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80706983b068359ad.jpg"/><Relationship Id="rId59816983b06836b20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59816983b06836b20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId851545095" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId430327782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6549699e28df59be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId8411699e28df59c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId3669699e28df5bd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5843699e28df5becd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId4573699e28df5af5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4573699e28df5af5a.jpg"/><Relationship Id="rId2345699e28df5bf2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2345699e28df5bf2a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>