--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Peach red suture phytoplasma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> little peach, peach red suture, peach yellows</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6549699e28df59be9" w:history="1">
+            <w:hyperlink r:id="rId645569b8e4b63771b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8411699e28df59c2e" w:history="1">
+            <w:hyperlink r:id="rId950469b8e4b63779d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -830,63 +830,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2011).</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11115506" name="name1442699e28df5af5d" descr="PHYP29_distribution_map.jpg"/>
+            <wp:docPr id="71980250" name="name852469b8e4b6389bf" descr="PHYP29_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYP29_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4573699e28df5af5a" cstate="print"/>
+                    <a:blip r:embed="rId843769b8e4b6389bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2652,51 +2652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Peach yellows phytoplasma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3669699e28df5bd6c" w:history="1">
+      <w:hyperlink r:id="rId269469b8e4b63995e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2867,81 +2867,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 31-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5843699e28df5becd" w:history="1">
+      <w:hyperlink r:id="rId693369b8e4b639af4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01132.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81915861" name="name2757699e28df5bf2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="40176086" name="name110169b8e4b639d84" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2345699e28df5bf2a" cstate="print"/>
+                    <a:blip r:embed="rId261569b8e4b639d82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3039,137 +3039,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77996214">
+  <w:abstractNum w:abstractNumId="93456577">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19337153">
+    <w:lvl w:ilvl="0" w:tplc="57626966">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19337153" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57626966" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77996213">
+  <w:abstractNum w:abstractNumId="93456576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78262997">
+    <w:lvl w:ilvl="0" w:tplc="14060882">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3921,55 +3921,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77996213">
-    <w:abstractNumId w:val="77996213"/>
+  <w:num w:numId="93456576">
+    <w:abstractNumId w:val="93456576"/>
   </w:num>
-  <w:num w:numId="77996214">
-    <w:abstractNumId w:val="77996214"/>
+  <w:num w:numId="93456577">
+    <w:abstractNumId w:val="93456577"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15519,51 +15519,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId851545095" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId430327782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6549699e28df59be9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId8411699e28df59c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId3669699e28df5bd6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5843699e28df5becd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId4573699e28df5af5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4573699e28df5af5a.jpg"/><Relationship Id="rId2345699e28df5bf2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2345699e28df5bf2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId967361186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251416807" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId645569b8e4b63771b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/" TargetMode="External"/><Relationship Id="rId950469b8e4b63779d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYP29/categorization" TargetMode="External"/><Relationship Id="rId269469b8e4b63995e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId693369b8e4b639af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01132.x" TargetMode="External"/><Relationship Id="rId843769b8e4b6389bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843769b8e4b6389bc.jpg"/><Relationship Id="rId261569b8e4b639d82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId261569b8e4b639d82.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>