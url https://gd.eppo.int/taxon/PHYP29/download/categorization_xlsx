--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -901,51 +901,51 @@
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18">
         <v>2016</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>48</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>50</v>
       </c>
       <c r="E19">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20">
         <v>1981</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">