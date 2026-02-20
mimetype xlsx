--- v0 (2025-10-04)
+++ v1 (2026-02-20)
@@ -122,51 +122,51 @@
   <si>
     <t>Absent, no pest record</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>vi</t>
   </si>
 </sst>
 </file>
 