--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Nose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blister canker of pome fruits, physalospora canker of pome fruits, ring rot of apple, wart bark of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231668e56e3a04159" w:history="1">
+            <w:hyperlink r:id="rId3958690bba968c48b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId872468e56e3a0419f" w:history="1">
+            <w:hyperlink r:id="rId2410690bba968c4d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1622,63 +1622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. dothidea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23436269" name="name881268e56e3a055f6" descr="PHYOPI_distribution_map.jpg"/>
+            <wp:docPr id="94045323" name="name7556690bba968dbb6" descr="PHYOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId235568e56e3a055f4" cstate="print"/>
+                    <a:blip r:embed="rId9199690bba968dbb2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3842,51 +3842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 708-718. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413268e56e3a06637" w:history="1">
+      <w:hyperlink r:id="rId8684690bba968ec12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12972/kjhst.20160074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4106,51 +4106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1551-1559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951568e56e3a067e4" w:history="1">
+      <w:hyperlink r:id="rId4753690bba968edbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-20-0551-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4196,51 +4196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576168e56e3a0687a" w:history="1">
+      <w:hyperlink r:id="rId9273690bba968ee4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4304,51 +4304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497768e56e3a06937" w:history="1">
+      <w:hyperlink r:id="rId5296690bba968ef02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-015-0351-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271–276. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658068e56e3a06aa3" w:history="1">
+      <w:hyperlink r:id="rId3095690bba968f06a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2002.00754.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 175-184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134868e56e3a06d07" w:history="1">
+      <w:hyperlink r:id="rId5567690bba968f2c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(09)60304-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 331–337. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607768e56e3a06e29" w:history="1">
+      <w:hyperlink r:id="rId8526690bba968f3de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02463946</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5273,51 +5273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307–321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702468e56e3a06f62" w:history="1">
+      <w:hyperlink r:id="rId7419690bba968f517" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2017.02.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564468e56e3a07010" w:history="1">
+      <w:hyperlink r:id="rId6392690bba968f5c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5598/imafungus.2018.09.02.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5473,51 +5473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5320–5333. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId136568e56e3a0709e" w:history="1">
+      <w:hyperlink r:id="rId7313690bba968f654" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.15608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827368e56e3a07220" w:history="1">
+      <w:hyperlink r:id="rId3368690bba968f7d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0935-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -5829,51 +5829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707368e56e3a072d1" w:history="1">
+      <w:hyperlink r:id="rId8884690bba968f888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Botryosphaeria kuwatsukai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170068e56e3a07393" w:history="1">
+      <w:hyperlink r:id="rId2116690bba968f953" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6054,63 +6054,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="33742985" name="name716568e56e3a07492" descr="eu_funding_250.png"/>
+            <wp:docPr id="45689539" name="name9004690bba968fa80" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId463068e56e3a07491" cstate="print"/>
+                    <a:blip r:embed="rId8959690bba968fa7f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6208,137 +6208,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10748877">
+  <w:abstractNum w:abstractNumId="47684532">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81103813">
+    <w:lvl w:ilvl="0" w:tplc="92084958">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81103813" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92084958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10748876">
+  <w:abstractNum w:abstractNumId="47684531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75115897">
+    <w:lvl w:ilvl="0" w:tplc="96880693">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7090,55 +7090,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10748876">
-    <w:abstractNumId w:val="10748876"/>
+  <w:num w:numId="47684531">
+    <w:abstractNumId w:val="47684531"/>
   </w:num>
-  <w:num w:numId="10748877">
-    <w:abstractNumId w:val="10748877"/>
+  <w:num w:numId="47684532">
+    <w:abstractNumId w:val="47684532"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18688,51 +18688,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195323581" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId844169562" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId231668e56e3a04159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId872468e56e3a0419f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId413268e56e3a06637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId951568e56e3a067e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId576168e56e3a0687a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId497768e56e3a06937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId658068e56e3a06aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId134868e56e3a06d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId607768e56e3a06e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId702468e56e3a06f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId564468e56e3a07010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId136568e56e3a0709e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId827368e56e3a07220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId707368e56e3a072d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId170068e56e3a07393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId235568e56e3a055f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId235568e56e3a055f4.jpg"/><Relationship Id="rId463068e56e3a07491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463068e56e3a07491.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232248561" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId949209495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3958690bba968c48b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId2410690bba968c4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId8684690bba968ec12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId4753690bba968edbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId9273690bba968ee4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId5296690bba968ef02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId3095690bba968f06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId5567690bba968f2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId8526690bba968f3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId7419690bba968f517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId6392690bba968f5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId7313690bba968f654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId3368690bba968f7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId8884690bba968f888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId2116690bba968f953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9199690bba968dbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9199690bba968dbb2.jpg"/><Relationship Id="rId8959690bba968fa7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8959690bba968fa7f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>