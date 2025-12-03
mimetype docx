--- v1 (2025-11-05)
+++ v2 (2025-12-03)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Nose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blister canker of pome fruits, physalospora canker of pome fruits, ring rot of apple, wart bark of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3958690bba968c48b" w:history="1">
+            <w:hyperlink r:id="rId6573693048ce4a8c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2410690bba968c4d0" w:history="1">
+            <w:hyperlink r:id="rId3620693048ce4a910" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1622,63 +1622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. dothidea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94045323" name="name7556690bba968dbb6" descr="PHYOPI_distribution_map.jpg"/>
+            <wp:docPr id="86842700" name="name8369693048ce4b859" descr="PHYOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9199690bba968dbb2" cstate="print"/>
+                    <a:blip r:embed="rId4349693048ce4b857" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3842,51 +3842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 708-718. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8684690bba968ec12" w:history="1">
+      <w:hyperlink r:id="rId7900693048ce4cae4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12972/kjhst.20160074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4106,51 +4106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1551-1559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4753690bba968edbc" w:history="1">
+      <w:hyperlink r:id="rId4531693048ce4cc99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-20-0551-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4196,51 +4196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9273690bba968ee4d" w:history="1">
+      <w:hyperlink r:id="rId4753693048ce4cd2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4304,51 +4304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5296690bba968ef02" w:history="1">
+      <w:hyperlink r:id="rId9599693048ce4cde2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-015-0351-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271–276. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3095690bba968f06a" w:history="1">
+      <w:hyperlink r:id="rId2306693048ce4cf52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2002.00754.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 175-184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5567690bba968f2c3" w:history="1">
+      <w:hyperlink r:id="rId2288693048ce4d1d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(09)60304-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 331–337. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8526690bba968f3de" w:history="1">
+      <w:hyperlink r:id="rId5803693048ce4d2f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02463946</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5273,51 +5273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307–321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7419690bba968f517" w:history="1">
+      <w:hyperlink r:id="rId1547693048ce4d437" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2017.02.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6392690bba968f5c5" w:history="1">
+      <w:hyperlink r:id="rId4060693048ce4d4ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5598/imafungus.2018.09.02.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5473,51 +5473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5320–5333. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7313690bba968f654" w:history="1">
+      <w:hyperlink r:id="rId6254693048ce4d57e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.15608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3368690bba968f7d7" w:history="1">
+      <w:hyperlink r:id="rId4659693048ce4d70a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0935-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -5829,51 +5829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8884690bba968f888" w:history="1">
+      <w:hyperlink r:id="rId9624693048ce4d7c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Botryosphaeria kuwatsukai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2116690bba968f953" w:history="1">
+      <w:hyperlink r:id="rId4201693048ce4d877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6054,63 +6054,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45689539" name="name9004690bba968fa80" descr="eu_funding_250.png"/>
+            <wp:docPr id="62004451" name="name6965693048ce4d983" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8959690bba968fa7f" cstate="print"/>
+                    <a:blip r:embed="rId4245693048ce4d981" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6208,137 +6208,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47684532">
+  <w:abstractNum w:abstractNumId="37891690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92084958">
+    <w:lvl w:ilvl="0" w:tplc="88496617">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92084958" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88496617" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47684531">
+  <w:abstractNum w:abstractNumId="37891689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96880693">
+    <w:lvl w:ilvl="0" w:tplc="86616029">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7090,55 +7090,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47684531">
-    <w:abstractNumId w:val="47684531"/>
+  <w:num w:numId="37891689">
+    <w:abstractNumId w:val="37891689"/>
   </w:num>
-  <w:num w:numId="47684532">
-    <w:abstractNumId w:val="47684532"/>
+  <w:num w:numId="37891690">
+    <w:abstractNumId w:val="37891690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18688,51 +18688,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232248561" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId949209495" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3958690bba968c48b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId2410690bba968c4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId8684690bba968ec12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId4753690bba968edbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId9273690bba968ee4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId5296690bba968ef02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId3095690bba968f06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId5567690bba968f2c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId8526690bba968f3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId7419690bba968f517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId6392690bba968f5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId7313690bba968f654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId3368690bba968f7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId8884690bba968f888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId2116690bba968f953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9199690bba968dbb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9199690bba968dbb2.jpg"/><Relationship Id="rId8959690bba968fa7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8959690bba968fa7f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId898641195" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId984514647" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6573693048ce4a8c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId3620693048ce4a910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId7900693048ce4cae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId4531693048ce4cc99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId4753693048ce4cd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId9599693048ce4cde2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId2306693048ce4cf52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId2288693048ce4d1d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId5803693048ce4d2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId1547693048ce4d437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId4060693048ce4d4ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId6254693048ce4d57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId4659693048ce4d70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId9624693048ce4d7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId4201693048ce4d877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4349693048ce4b857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4349693048ce4b857.jpg"/><Relationship Id="rId4245693048ce4d981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4245693048ce4d981.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>