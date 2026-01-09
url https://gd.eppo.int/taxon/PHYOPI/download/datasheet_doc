--- v2 (2025-12-03)
+++ v3 (2026-01-09)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Nose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blister canker of pome fruits, physalospora canker of pome fruits, ring rot of apple, wart bark of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6573693048ce4a8c5" w:history="1">
+            <w:hyperlink r:id="rId24806960d0e5ee25c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3620693048ce4a910" w:history="1">
+            <w:hyperlink r:id="rId22136960d0e5ee29f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1622,63 +1622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. dothidea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86842700" name="name8369693048ce4b859" descr="PHYOPI_distribution_map.jpg"/>
+            <wp:docPr id="91261553" name="name46396960d0e5ef88c" descr="PHYOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4349693048ce4b857" cstate="print"/>
+                    <a:blip r:embed="rId55646960d0e5ef888" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3842,51 +3842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 708-718. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7900693048ce4cae4" w:history="1">
+      <w:hyperlink r:id="rId73086960d0e5f09e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12972/kjhst.20160074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4106,51 +4106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1551-1559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4531693048ce4cc99" w:history="1">
+      <w:hyperlink r:id="rId97386960d0e5f0bae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-20-0551-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4196,51 +4196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4753693048ce4cd2b" w:history="1">
+      <w:hyperlink r:id="rId13646960d0e5f0c4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4304,51 +4304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9599693048ce4cde2" w:history="1">
+      <w:hyperlink r:id="rId32316960d0e5f0d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-015-0351-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271–276. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2306693048ce4cf52" w:history="1">
+      <w:hyperlink r:id="rId35036960d0e5f0e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2002.00754.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 175-184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2288693048ce4d1d2" w:history="1">
+      <w:hyperlink r:id="rId53986960d0e5f10f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(09)60304-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 331–337. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5803693048ce4d2f7" w:history="1">
+      <w:hyperlink r:id="rId43926960d0e5f121a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02463946</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5273,51 +5273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307–321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1547693048ce4d437" w:history="1">
+      <w:hyperlink r:id="rId72666960d0e5f1372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2017.02.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4060693048ce4d4ea" w:history="1">
+      <w:hyperlink r:id="rId90266960d0e5f1435" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5598/imafungus.2018.09.02.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5473,51 +5473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5320–5333. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6254693048ce4d57e" w:history="1">
+      <w:hyperlink r:id="rId89366960d0e5f14c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.15608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4659693048ce4d70a" w:history="1">
+      <w:hyperlink r:id="rId71696960d0e5f166f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0935-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -5829,51 +5829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9624693048ce4d7c0" w:history="1">
+      <w:hyperlink r:id="rId88706960d0e5f1732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5917,73 +5917,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Botryosphaeria kuwatsukai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4201693048ce4d877" w:history="1">
+      <w:hyperlink r:id="rId59966960d0e5f17e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6054,63 +6054,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62004451" name="name6965693048ce4d983" descr="eu_funding_250.png"/>
+            <wp:docPr id="76673885" name="name71716960d0e5f192b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4245693048ce4d981" cstate="print"/>
+                    <a:blip r:embed="rId18556960d0e5f192a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6208,137 +6208,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37891690">
+  <w:abstractNum w:abstractNumId="29256421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88496617">
+    <w:lvl w:ilvl="0" w:tplc="51435300">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88496617" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51435300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37891689">
+  <w:abstractNum w:abstractNumId="29256420">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86616029">
+    <w:lvl w:ilvl="0" w:tplc="85393768">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7090,55 +7090,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37891689">
-    <w:abstractNumId w:val="37891689"/>
+  <w:num w:numId="29256420">
+    <w:abstractNumId w:val="29256420"/>
   </w:num>
-  <w:num w:numId="37891690">
-    <w:abstractNumId w:val="37891690"/>
+  <w:num w:numId="29256421">
+    <w:abstractNumId w:val="29256421"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18688,51 +18688,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId898641195" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId984514647" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6573693048ce4a8c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId3620693048ce4a910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId7900693048ce4cae4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId4531693048ce4cc99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId4753693048ce4cd2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId9599693048ce4cde2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId2306693048ce4cf52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId2288693048ce4d1d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId5803693048ce4d2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId1547693048ce4d437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId4060693048ce4d4ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId6254693048ce4d57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId4659693048ce4d70a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId9624693048ce4d7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId4201693048ce4d877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4349693048ce4b857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4349693048ce4b857.jpg"/><Relationship Id="rId4245693048ce4d981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4245693048ce4d981.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515603873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId459658738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24806960d0e5ee25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId22136960d0e5ee29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId73086960d0e5f09e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId97386960d0e5f0bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId13646960d0e5f0c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId32316960d0e5f0d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId35036960d0e5f0e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId53986960d0e5f10f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId43926960d0e5f121a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId72666960d0e5f1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId90266960d0e5f1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId89366960d0e5f14c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId71696960d0e5f166f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId88706960d0e5f1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId59966960d0e5f17e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55646960d0e5ef888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55646960d0e5ef888.jpg"/><Relationship Id="rId18556960d0e5f192a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18556960d0e5f192a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>