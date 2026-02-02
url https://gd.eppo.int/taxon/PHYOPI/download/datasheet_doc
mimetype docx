--- v3 (2026-01-09)
+++ v4 (2026-02-02)
@@ -358,88 +358,88 @@
               <w:t xml:space="preserve"> Nose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blister canker of pome fruits, physalospora canker of pome fruits, ring rot of apple, wart bark of apple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24806960d0e5ee25c" w:history="1">
+            <w:hyperlink r:id="rId17296980d063c32fe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22136960d0e5ee29f" w:history="1">
+            <w:hyperlink r:id="rId66646980d063c3341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1622,63 +1622,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. dothidea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91261553" name="name46396960d0e5ef88c" descr="PHYOPI_distribution_map.jpg"/>
+            <wp:docPr id="23044175" name="name46926980d063c486e" descr="PHYOPI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="PHYOPI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55646960d0e5ef888" cstate="print"/>
+                    <a:blip r:embed="rId34246980d063c486a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3842,51 +3842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 708-718. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73086960d0e5f09e8" w:history="1">
+      <w:hyperlink r:id="rId65176980d063c58ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.12972/kjhst.20160074</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4106,51 +4106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 1551-1559. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97386960d0e5f0bae" w:history="1">
+      <w:hyperlink r:id="rId87766980d063c5a5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-12-20-0551-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4196,51 +4196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13646960d0e5f0c4d" w:history="1">
+      <w:hyperlink r:id="rId78506980d063c5aec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4304,51 +4304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 3–18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32316960d0e5f0d09" w:history="1">
+      <w:hyperlink r:id="rId93156980d063c5ba1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13225-015-0351-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4530,51 +4530,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 271–276. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35036960d0e5f0e7c" w:history="1">
+      <w:hyperlink r:id="rId21186980d063c5d07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2002.00754.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4910,51 +4910,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 175-184. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53986960d0e5f10f2" w:history="1">
+      <w:hyperlink r:id="rId51216980d063c608b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/S1671-2927(09)60304-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5078,51 +5078,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 331–337. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43926960d0e5f121a" w:history="1">
+      <w:hyperlink r:id="rId14396980d063c61a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02463946</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5273,51 +5273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 307–321. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72666960d0e5f1372" w:history="1">
+      <w:hyperlink r:id="rId99646980d063c62e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.funbio.2017.02.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5383,51 +5383,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243–257. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90266960d0e5f1435" w:history="1">
+      <w:hyperlink r:id="rId32626980d063c6394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5598/imafungus.2018.09.02.02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5473,51 +5473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 5320–5333. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89366960d0e5f14c8" w:history="1">
+      <w:hyperlink r:id="rId60636980d063c643f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.15608</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5719,51 +5719,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71696960d0e5f166f" w:history="1">
+      <w:hyperlink r:id="rId63876980d063c65f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0935-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -5829,51 +5829,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15(11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05035. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88706960d0e5f1732" w:history="1">
+      <w:hyperlink r:id="rId90826980d063c66ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5035</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5939,51 +5939,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Botryosphaeria kuwatsukai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59966960d0e5f17e9" w:history="1">
+      <w:hyperlink r:id="rId28406980d063c6786" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6054,63 +6054,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1992/1997) Quarantine Pests for Europe (1st and 2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76673885" name="name71716960d0e5f192b" descr="eu_funding_250.png"/>
+            <wp:docPr id="36038808" name="name40476980d063c68b9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18556960d0e5f192a" cstate="print"/>
+                    <a:blip r:embed="rId56406980d063c68b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6208,137 +6208,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29256421">
+  <w:abstractNum w:abstractNumId="64128531">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51435300">
+    <w:lvl w:ilvl="0" w:tplc="53826697">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51435300" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53826697" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29256420">
+  <w:abstractNum w:abstractNumId="64128530">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85393768">
+    <w:lvl w:ilvl="0" w:tplc="89875475">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7090,55 +7090,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29256420">
-    <w:abstractNumId w:val="29256420"/>
+  <w:num w:numId="64128530">
+    <w:abstractNumId w:val="64128530"/>
   </w:num>
-  <w:num w:numId="29256421">
-    <w:abstractNumId w:val="29256421"/>
+  <w:num w:numId="64128531">
+    <w:abstractNumId w:val="64128531"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18688,51 +18688,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515603873" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId459658738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId24806960d0e5ee25c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId22136960d0e5ee29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId73086960d0e5f09e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId97386960d0e5f0bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId13646960d0e5f0c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId32316960d0e5f0d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId35036960d0e5f0e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId53986960d0e5f10f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId43926960d0e5f121a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId72666960d0e5f1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId90266960d0e5f1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId89366960d0e5f14c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId71696960d0e5f166f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId88706960d0e5f1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId59966960d0e5f17e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId55646960d0e5ef888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55646960d0e5ef888.jpg"/><Relationship Id="rId18556960d0e5f192a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18556960d0e5f192a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId126786757" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId889046644" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId17296980d063c32fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/" TargetMode="External"/><Relationship Id="rId66646980d063c3341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PHYOPI/categorization" TargetMode="External"/><Relationship Id="rId65176980d063c58ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.12972/kjhst.20160074" TargetMode="External"/><Relationship Id="rId87766980d063c5a5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-12-20-0551-R" TargetMode="External"/><Relationship Id="rId78506980d063c5aec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId93156980d063c5ba1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13225-015-0351-8" TargetMode="External"/><Relationship Id="rId21186980d063c5d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2002.00754.x" TargetMode="External"/><Relationship Id="rId51216980d063c608b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/S1671-2927(09)60304-7" TargetMode="External"/><Relationship Id="rId14396980d063c61a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02463946" TargetMode="External"/><Relationship Id="rId99646980d063c62e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.funbio.2017.02.002" TargetMode="External"/><Relationship Id="rId32626980d063c6394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5598/imafungus.2018.09.02.02" TargetMode="External"/><Relationship Id="rId60636980d063c643f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.15608" TargetMode="External"/><Relationship Id="rId63876980d063c65f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0935-5" TargetMode="External"/><Relationship Id="rId90826980d063c66ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5035" TargetMode="External"/><Relationship Id="rId28406980d063c6786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId34246980d063c486a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34246980d063c486a.jpg"/><Relationship Id="rId56406980d063c68b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56406980d063c68b8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>